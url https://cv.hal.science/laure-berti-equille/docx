--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.79790940767px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laure Berti-Equille </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laure-berti-equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8046-0570</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">130675725</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laure Berti-Equille is a Research Director (DR1) at IRD, the French Research Institute for Sustainable Development. Before, she was a Full Professor in Computer Science at Aix-Marseille University (France), a senior scientist at Qatar Computing Research Institute (Qatar), an associate professor at University of Rennes 1 (France), and a 2-year visiting researcher at AT&T Labs Research in New Jersey (USA), as a recipient of the prestigious European Marie Curie Outgoing Fellowship. In 2022, she was a visiting scientist at Massachusetts Institute of Technology LIDS (Laboratory for Information & Decision Systems).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Her current research interests are on the inter-play of data management, data analytics, and machine learning with a focus on anomaly detection, data cleaning and preparation, and multimodal data fusion and learning with main applications in medical and environmental domains in-line with SGDs.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">She is co-leading the international joint lab IDEAL with the Federal Univ. of Paraíba (Brazil) dedicated to AI for Agroecology. She has more than 180 publications in major conferences or journals along with 3 books, 10 chapters, and 13 co-edited proceedings.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">She has co-organized numerous workshops on data quality in conjunction with top conferences such as SIGMOD, VLDB and AAAI (2025). She has given many tutorials and keynote talks on data analytics and engineering for applied machine learning (KDD'22 & '21, ICDE'18 & '16, CIKM'15, KDD'09, ICDM'09). She served in numerous program committees of international conferences and was an Associate Editor of the VLDB Journal and the ACM Information and Data Quality Journal. She has been leading projects funded by the French National Agency of Research (ANR), the French National Research Council (CNRS), Belmont Forum, and the European Union. She is a IEEE and ACM senior member.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating a computer assisted ICD coding system : performance metric choice and use of the ICD hierarchy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Marcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Novelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 152, 104617 [10 p.]. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbi.2024.104617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating HPC, AI, and workflows for scientific data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.M. Badia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferreira da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Leser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dagstuhl Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (8), pp.129-164. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/DagRep.13.8.129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Word Change is All You Need: Designing Attacks and Defenses for Text Classifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Cuesta-Infante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d'un système d'aide informatisée au codage Classification internationale des maladies (CIM) : choix de métrique de performance et utilisation de la hiérarchie CIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Marcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Novelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Epidemiology and Population Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 72, pp.202352. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining ecological and socio-environmental data and networks to achieve sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.L.G. Raimundo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7, e112703 [4 p.]. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.7.112703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04269388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et correction des problèmes de qualité de données par apprentissage automatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologies logicielles Architectures des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-h3701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The need for interpretable features : motivation and taxonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zytek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Arnaldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGKDD explorations : newsletter of the Special Interest Group (SIG) on Knowledge Discovery &amp; Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (1), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3544903.3544905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigation Strategies to Improve Reproducibility of Poverty Estimations From Remote Sensing Images Using Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeaneth Machicao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Riadh Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Meneguzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrêa Pedro Luiz Pizzigatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Specht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (8), pp.e2022EA002379. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022ea002379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote sensing image analysis by aggregation of segmentation-classification collaborative agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73, pp.259 - 274. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.patcog.2017.08.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologies logicielles Architectures des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-h3700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des interactions segmentation-classification dans un cadre multi-paradigme pour l’analyse d’images de télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gançarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions segmentation-classification dans un cadre multi-paradigme pour l’analyse d’images de télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (1-2), pp.133 - 152. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ria.31.133-152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veracity of Big Data: Challenges of Cross-Modal Truth Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of data and information quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7 (3), pp.1 - 3. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2935753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential application of macroinvertebrates indices in bioassessment of Mexican streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Carmina Serrano Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Aurora Armienta Hernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 61 (2), pp.558-567. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised quantification of under- and over-segmentation for object-based remote sensing image analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gançarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Passat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (5), pp.1936-1945. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTARS.2015.2424457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quality-aware spatial data warehouse for querying hydroecological data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumia Lilia Berrahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lalande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Molla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 85 (part A), pp.126 - 135. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cageo.2015.09.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01223918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A masking index for quantifying hidden glitches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Meng Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamraparni Dasu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Information Systems (KAIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (2), pp.253 - 277. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10115-014-0760-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web Data Quality: Current State and New Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amrapali Zaveri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Maurino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Semantic Web and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (2), pp.1 - 6. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/ijswis.2014040101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of September–December Fire in New Caledonia (Southwestern Pacific) Using July Niño-4 Sea Surface Temperature Index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Moron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Mangeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Borgniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Curt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Meteorology and Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 52 (3), pp.623 - 633. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1175/JAMC-D-12-03.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytolith signal of aquatic plants and soils in Chad, Central Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Novello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Barboni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Mazur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Poilecot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 178, pp.43-58. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.revpalbo.2012.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00720714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Scale Data Integration Challenges in the Observational Science Data Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 54 (3), pp.123 - 129. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1524/itit.2012.0672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment and Analysis of Information Quality: a Multidimensional Model and Case Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubida Kedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Peralta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International Journal of Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (4), pp.300-323. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJIQ.2011.043780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing top-k join queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minji Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Marian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Procopiuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment (PVLDB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3 (1-2), pp.860 - 870. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/1920841.1920951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité des systèmes d'information ? Vers une vision plus intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 15 (6), pp.9-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01126078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truth discovery and copying detection in a dynamic world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment (PVLDB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2 (1), pp.562 - 573. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/1687627.1687691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-to-end quality of service provisioning through an integrated management system for multimedia content delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufik Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abolghasem (hamid) Asgari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mehaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugen Borcoci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Tíquille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (Issue 3), pp.638-651, ISSN:0140-3664. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2006.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00349887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data quality awareness: a case study for cost optimal association rule mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Information Systems (KAIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 11 (2), pp.191 - 215. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10115-006-0006-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report from the First and Second International Workshops on Information Quality in Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Scannapieco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD record</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 35 (2), </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1147376.1147384⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions to Quality-Aware Online Query Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the Technical Committee on Data Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29 (2), pp.32-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855685v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurer la qualité des données: un défi permanent pour les systèmes d'information, bases et entrepôts de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génie logiciel: le magazine de l'ingénierie du logiciel et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 74, pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indexation et recherche par le contenu dans une base d'images fixes : l'intérêt des règles d'association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Numéro spécial “Fouille de Données Complexes”, pp.1-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un état de l'art sur la qualité des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Numéro Spécial Qualité des Systèmes d’Information, VOL 9 (5-6), pp.117-144. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.9.5-6.117-143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité des données comme condition à la qualité des connaissances : un état de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Numéro spécial “Mesures de qualité pour la fouille de données”</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche dans de grandes bases d'images fixes : une nouvelle approche guidée par les règles d'association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Actes de la conférence Extraction et Gestion des Connaissances (EGC’2004), pp.65-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renseigner la qualité des connaissances par la fusion d’indicateurs sur la qualité des données.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, RSTI-RIA-ECA (Actes de la conférence Extraction et Gestion des Connaissances (EGC’2003), 17 (1-2-3), pp.263-270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Based Recommendation of XML Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Digital Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1 (3), pp.117-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation et recommandation collaboratives de documents selon leur qualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 7 (1-2), pp.125 - 155. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.7.1-2.125-155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Biological Data on Transcriptome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Moussouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Arcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Numéro Spécial “Interopérabilité et Intégration des Systèmes d’Information”, 6 (3/2001), pp.61-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (99)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EM-SEC: Efficient Multi-head Set-valued Evidential Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases - ECML PKDD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Porto, Portugal. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-05981-9_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LUMA: A Benchmark Dataset for Learning from Uncertain and Multimodal Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGIR '25: The 48th International ACM SIGIR Conference on Research and Development in Information Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Jul 2025, Padua, Italy. pp.3782-3791, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3726302.3730302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MixMAS: A Framework for Sampling-Based Mixer Architecture Search for Multimodal Fusion and Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Big Data (BigData)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Washington, United States. pp.3254-3257, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData62323.2024.10825593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparer le paradigme spatial au spatio-temporel pour estimer l’évolution d’indicateurs socio-économiques à partir d’images satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Subsol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNIA 2024 - 8e Conférence Nationale en Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plate-Forme Intelligence Artificielle, Jul 2024, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Socio-economic Indicator Variations with Satellite Image Time Series and Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Subsol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MVEO 2024 - Workshop on Machine Vision for Earth Observation and Environment Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-04895134v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faithful vision-language interpretation via concept bottleneck models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Learning Representations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Vienne, Austria. 24 p. multigr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making the End-User a Priority in Benchmarking: OrionBench for Unsupervised Time Series Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. of the 2024 IEEE International Conference on BigData 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Dec 2024, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ augmentation for defending against adversarial attacks on text classifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cuesta-Infante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICONIP : International Conference on Neural Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, [En ligne], France. pp.485-496, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-30111-7_41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering Transition Pathways Towards Coviability with Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael L. G. Raimundo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AAAI 2022 Fall Symposium series on the Role of AI in Responding to Climate Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Arlington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M2-Mixer: A Multimodal Mixer with Multi-head Loss for Classification from Multimodal Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Big Data (BigData)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Sorrento, Italy. pp.1052-1058, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData59044.2023.10386252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04460113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing spatial and spatio-temporal paradigms to estimate the evolution of socio-economical indicators from satellite images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Subsol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGARSS 2023 - IEEE International Geoscience and Remote Sensing Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidharth Misra; Shannon Brown, Jul 2023, Pasadena, CA, United States. pp.5790-5793, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS52108.2023.10282306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Pairing for Contrastive Anomaly Detection on Time Series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chambaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pattern Recognition and Artificial Intelligence. ICPRAI 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France. pp.306-317, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-09282-4_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Provenance-aware Discovery of Functional Dependencies on Integrated Views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Comignani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bonifati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDE 2022 - 38th IEEE International Conference on Data Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Kuala Lumpur, Malaysia. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R and R : metric-guided adversarial sentence generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Cuesta-Infante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Asia-Pacific Chapter of the Association for Computational Linguistics-International Joint Conference on Natural Language Processing : AACL-IJCNLP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, [en ligne], France. pp.438-452, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2104.08453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04269294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AER: Auto-Encoder with Regression for Time Series Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Wong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Big Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Osaka, Japan. pp.1152-1161, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData55660.2022.10020857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic pairing for contrastive anomaly detection on time series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chambaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bouchara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Pattern Recognition and Artificial Intelligence (ICPRAI 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France. pp.306-317, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-09282-4_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in Exploratory Data Analysis, Visualisation and Quality for Data Centric AI Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hima Patel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanmukha Guttula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruhi Sharma Mittal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naresh Manwani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KDD '22: The 28th ACM SIGKDD Conference on Knowledge Discovery and Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Washington DC, United States. pp.4814-4815, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3534678.3542604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sintel: A Machine Learning Framework to Extract Insights from Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carles Sala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD/PODS '22: International Conference on Management of Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Philadelphia (Pennsylvania), United States. pp.1855-1865, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3514221.3517910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of CNN-based Methods for Poverty Estimation from Satellite Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Subsol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRRS 2021 - 11th IAPR International Workshop on Pattern Recognition in Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Milan, Italy. pp.550-565, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-68787-8_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03066937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of Long-Term Historical Demand Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reshmi Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Craig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Scott Matthews</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine Samaras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tackling Climate Change with Machine Learning Workshop, ICML 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2209.04693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QeNoBi : a system for QuErying and miNing BehavIoral patterns [demonstration paper]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chibah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Amer-Yahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Data Engineering (ICDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Apr 2021, Chania Crete, Greece. pp.2673-2676</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges in KDD and ML for sustainable development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Goswami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KDD '21: Proceedings of the 27th ACM SIGKDD Conference on Knowledge Discovery &amp; Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Aug 2021, Singapore, Singapore. pp.4031-4032, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3447548.3470798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QeNoBi: A System for QuErying and miNing BehavIoral Patterns Authors' Copy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelouahab Chibah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE 37th International Conference on Data Engineering (ICDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Chania, France. pp.2673-2676, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDE51399.2021.00301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing familiarity and curiosity in data exploration with deep reinforcement learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Personnaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fabricius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Subramanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">aiDM '21: Proceedings of the Fourth International Workshop on Exploiting Artificial Intelligence Techniques for Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Jun 2021, Xi'an, Shaanxi / Virtual Event China, China. pp.16-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration du pronostic par apprentissage profond pour des applications de maintenance prédictive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chambaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for statistically-sound customer segment search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelouahab Chibah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th IEEE International Conference on Data Science and Advanced Analytics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Porto (virtual), Portugal. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DSAA53316.2021.9564199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora the explorer: Exploring Very Large Data with Interactive Deep Reinforcement Learning Authors' Copy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Personnaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilian Fabricius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srividya Subramanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th ACM International Conference on Information and Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Queensland (on line), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explaining Automated Data Cleaning with CLeanEX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Comignani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCAI-PRICAI 2020 Workshop on Explainable Artificial Intelligence (XAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Online, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03066026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing Familiarity and Curiosity in Data Exploration with Deep Reinforcement Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Personnaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilian Fabricius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srividya Subramanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD/PODS '21: International Conference on Management of Data Fourth International Workshop on Exploiting Artificial Intelligence Techniques for Data Management (aiDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtual Event China, France. pp.16-23, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3464509.3464884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Reinforcement Learning for Data Preparation: Learn2Clean with Human-In-The-Loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Innovative Data Systems Research (CIDR 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Amsterdam (NETHERLANDS), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Quality Checking for Machine Learning with MeSQuaL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Comignani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Database Technology - EDBT 2020, 23rd International Conference on Extending Database Technology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02865824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinforcement Learning for Data Preparation with Active Reward Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Internet Science INSCI 2019: Internet Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Perpignan, France. pp.121-132, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-34770-3_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02865911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ML-Based Knowledge Graph Curation: Current Solutions and Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Companion The 2019 World Wide Web Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, San Francisco, United States. pp.938-939</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learn2Clean: Optimizing the Sequence of Tasks for Web Data Preparation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Web Conf 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, May 2019, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3308558.3313602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-02092548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of Genuine Functional Dependencies from Relational Data with Missing Values [Abstract for INFORSID 2019]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hazar Harmouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Naumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thirumuruganathan Saravanan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-02092569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinforcement Learning for Data Cleaning and Data Preparation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HILDA workshop in conjunction with SIGMOD 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Amsterdam (Hollande), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning to Data Management: A Round Trip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bonifati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tova Milo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 34th IEEE International Conference on Data Engineering (ICDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Paris, France. pp.1735-1738, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDE.2018.00226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of Genuine Functional Dependencies from Relational Data with Missing Values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hazar Harmouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Naumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thirumuruganathan Saravanan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 44th International Conference on Very Large Data Bases (VLDB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Rio de Janeiro, Brazil. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/3204028.3204032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Heavy Metals, Pesticides and Emergent pollutants content in the Tula river Mexico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Carmina Serrano Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Aurora Armienta Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Desconnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the the 10th European Symposium for Freshwater Sciences (SEFS10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Olomouc, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Role of Political Affiliation in Human Perception The Case of Delhi OddEven Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahar Zanouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Abbar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kushal Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Baggag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Social Informatics (SocInfo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profiling DRDoS Attacks with Data Analytics Pipeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yury Zhauniarovich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 2017 ACM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3132847.3133155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UGuide – User-Guided Discovery of FD-Detectable Errors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saravanan Thirumuruganathan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Ouzzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge-Arnulfo Quiané-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nan Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 2017 ACM International Conference on Management of Data (SIGMOD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Chicago, United States. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3035918.3064024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur l'évaluation et l'élaboration d'un jeu de données de référence de bonne qualité en télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gançarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et Gestion des Connaissances EGC, Grenoble, France, janvier 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Grenoble, France. pp.393-398</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur l’évaluation et l’élaboration d’un jeu de données de référence de bonne qualité en télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 17ème Journées Francophones Extraction et Gestion des Connaissances (EGC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Grenoble, France. pp.393-398</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principled Data Preprocessing: Application to Biological Aquatic Indicators of Water Pollution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Aurora Armienta Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 28th International Workshop on Database and Expert Systems Applications (DEXA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DEXA.2017.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VERA: A Platform for Veracity Estimation over Web Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kushal Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossam Hammady</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 25th International Conference Companion on World Wide Web (WWW '16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Montréal, Canada. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2872518.2890536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaling up truth discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 2016 IEEE 32nd International Conference on Data Engineering (ICDE) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative segmentation and classification for remote sensing image analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 23rd International Conference on Pattern Recognition (ICPR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Cancun, France. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR.2016.7899738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Use of Ontology as a priori Knowledge into Constrained Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nistor Grozavu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younès Bennani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Data Science and Advanced Analytics (DSAA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cadre collaboratif pour la segmentation et la classification d'images de télédétection.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 16ème Journées Francophones Extraction et Gestion des Connaissances (EGC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Reims, France. pp.297-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Twitter to Understand Public Interest in Climate Change: The case of Qatar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Abbar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahar Zanouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Borge-Holthoefer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on the Social Web for Environmental and Ecological Monitoring (SWEEM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Koln, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de contraintes pour le clustering à partir d'une ontologie - Application à la classification d'images satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nistor Grozavu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younès Bennani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et Gestion des Connaissances (EGC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic Data Profiling for Diabetes Research in Qatar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raghvendra Mall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halima Bensmail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 27th International Workshop on Database and Expert Systems Applications (DEXA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Porto, France. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DEXA.2016.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche hybride à base d'ontologie pour le clustering par contraintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nistor Grozavu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younès Bennani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La conférence internationale francophone AAFD &amp; SFC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheem: Enabling Multi-Platform Task Execution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divy Agrawal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamine Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Chawla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Elmagarmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD 2016 - International Conference on Management of Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, San Francisco, United States. pp.2069-2072, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2882903.2899414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Ontology Reasoning for Topological Cluster Labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nistor Grozavu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younès Bennani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Neural Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Kyoto, Japan. pp.156 - 164, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-46675-0_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01438892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data veracity estimation with ensembling truth discovery methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE International Conference on Big Data (Big Data)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Santa Clara, United States. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData.2015.7364062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AllegatorTrack: Combining and reporting results of truth discovery from multi-source data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalia Attia Waguih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naman Goel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossam Hammady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2015 IEEE 31st International Conference on Data Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Principled Data Science Assessment - The Personal Data Science Process (PdsP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismael Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Piattini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Barcelona, France. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005463703740378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data processing for controlling data quality on surface water quality assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Carmina Serrano Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Aurora Armienta Hernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inforsid - Atelier SI et Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Masking Index for Quantifying Hidden Glitches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Meng Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamraparni Dasu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE International Conference on Data Mining (ICDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dallas, United States. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDM.2013.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don't be SCAREd : use SCalable Automatic REpairing with maximal likelihood and bounded changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yakout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Elmagarmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2013 ACM SIGMOD International Conference on Management of Data (SIGMOD'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, New York, United States. pp.553-564 </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2463676.2463706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADVISU : interactive visualization of anomalies and dependencies from massive scientific datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hurter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2012, 12ème Conférence Internationale Francophone sur l'Extraction et la Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DAQ_UWE : a framework for designing data quality aware web applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Guerra-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismael Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Piattini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 16th International Conference on Information Quality (ICIQ’11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Adelaide, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of complex glitch patterns: A novel approach to Quantitative Data Cleaning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamraparni Dasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE International Conference on Data Engineering (ICDE 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Hannover, Germany. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDE.2011.5767864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOLOMON: seeking the truth via copying detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yifan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Singapore (SG), Singapore. pp.1617 - 1620, </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/1920841.1921054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges of Quality-Driven Resource Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Amann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Esther Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshop on REsource Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.181-189, </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-27392-6_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating conflicting data: the role of source dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment, 35th conference on Very Large Databases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Lyon, France. pp.550 - 561, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/1687627.1687690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidimensional Management and Analysis of Quality Measures for CRM Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Peralta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgine Thion-Goasdoué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubida Kedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Postdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sailing the Information Ocean with Awareness of Currents: Discovery and Application of Source Dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anish Das Sarma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Marian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Biennial Conference on Innovative Data Systems Research (CIDR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Asilomar, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidimensional Management and Analysis of Quality Measures for CRM Applications in an Electricity Company</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Peralta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Thion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubida Kedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the International Conference on Information Quality (ICIQ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Potsdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01196493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la qualité des systèmes multisources : une approche par les patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokrane Bouzeghoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quatrième Atelier Qualité des Données et des Connaissances, EGC 2008 : 8èmes Journées Francophones Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01125615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and Constraining Data Quality with Analytic Workflows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 6th International Workshop on Quality in Databases in conjunction with the International Conference on Very Large Databases (VLDB 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Data Pollution in Large Business Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th International Conference on Information Quality (IQ’08), </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Cambridge, MA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QDex: A Database Profiler for Generic Bio-data Exploration and Quality Aware Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Moussouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Rosé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Loréal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Intl. Workshop on Approaches and Architectures for Web Data Integration and Mining in Life Sciences (WebDIM4LS) in Web Information Systems Engineering, WISE 2007 International Workshops,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Nacy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for quality evaluation in data integration systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokrane Bouzeghoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEIS 2007 : 9th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Funchal, Madeira, Portugal. pp.170-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle décisionnel basé sur la qualité des données pour sélectionner les règles d'associations légitimement intéressantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la conférence Extraction et Gestion des Connaissances (EGC’2006), (RNTI-E-6, volume II)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Villeneuve d'Ascq, France. pp.593-598</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons Learned from Ontology Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-André Benvenuti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Protégé Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Stanford, CA, United States. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Aware Association Rule Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Advances in Knowledge Discovery and Data Mining. PAKDD 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Singapore, Singapore. pp.440-449</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommendation of XML Documents exploiting Quality Metadata and Views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Intl. Workshop on Data and Information Quality (DIQ 2005) in conjunction with the 17th Conference on Advanced Information Systems Engineering (CAiSE’05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Porto, Portugal. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching Multimedia Content Description for Broadcast Environments : From A Unified Metadata Model to A New Generation of Authoring Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Jouve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISM'05 - Seventh IEEE International Symposium on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Irvine, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing progressive query-by-example over pre-clustered large image databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd international workshop on "Computer vision meets databases" (CVDB 2005) in conjunction with ACM SIGMOD/PODS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Baltimore, MD, United States. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1160939.1160946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Progressive Query-By-Example over Pre-Clustered Large Image Databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou-Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BDA 2005 - Actes des Journées Bases de Données Avancées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Saint Malo, France. pp.215-226, </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1160939.1160946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost of Low-Quality Data over Association Rules Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMSDA 2005 - International Symposium on Applied Stochastic Models and Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Brest, France. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating and Warehousing Liver Gene Expression Data and Related Biomedical Resources in GEDAW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Marquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Loréal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DILS 2005 - 2nd International Workshop on Data Integration in the Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, San Diego, United States. pp.158-174, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/11530084_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nettoyage des données XML : combien ça coûte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Atelier Qualités des Données et des Connaissances (QDC 2005) en conjonction avec la conférence Extraction et Gestion des Connaissances (EGC’2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Paris, France. pp.11-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Aware Integration and Warehousing of Genomic Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Moussouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIQ’05 - 10th International Conference on Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Massachusetts Institute of Technology, Cambridge, MA, United States. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Adaptive Query Processing over Distributed Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIQ’04 - 9th International Conference on Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Cambridge, MA, United States. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Indexing and Retrieval with Features Association Rules Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou-Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICME 2004 - IEEE Intl. Conference on Multimedia and Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Taipei, Taiwan. pp.1299-1302, </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICME.2004.1394464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet SABRE : de l’ontologie à l’inférence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean André Benvenuti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ièmes Journées Francophones d'Ingénieire des Connaissances (IC 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Feature Mining for Adapting Query-by-Example over Large Image Databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORIMEDIA 2004 - International workshop on multidisciplinary image, video and audio retrieval and mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Sherbrooke, Canada. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Source Model and Architecture for Quality Negotiation and Integration of Biological Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Proceedings of the 20th International Conference on Conceptual Modeling: Conceptual Modeling (ER'01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Yokohama, Japan. pp.256-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documents, données et méta-données : une approche mixte pour un système de veille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graveleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Colloque Veille Stratégique, Scientifique et Technologique (VSST’01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Barcelone, Espagne. pp.115-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality and Recommendation of Multi-Source Data for Assisting Technological Intelligence Applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the International Conference on Database and Expert Systems Applications. DEXA 1999. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Florence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité des données multi-sources et recommandation multi-critère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du congrès francophone INFormatique des ORganisations et Systèmes d’INformation Décisionnels (INFORSID’99)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Toulon, France. pp.185-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining the Power of Query Languages and Search Engines for On-line Document and Information Retrieval : The QIRi@D Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Damoiseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Murisasco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Proceedings of the International Workshop on Principles of Digital Document Processing (PODDP 1998)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Saint Malo, France. pp.116-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Data Source Quality to Information Quality: the Relative Dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd Conference on Information Quality (ICIQ’98)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1998, Cambridge, MA, United States. pp.247-264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la définition d'un vigiciel : quelle modélisation de l'information factuelle, événementielle et référentielle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graveleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque français Veille Stratégique Scientifique et Technologique (VSST’98)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1998, Ile Rousse, France. pp.227-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out of Overinformation by Information Filtering and Information Weighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd Conference on Information Quality (ICIQ’97)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Cambridge, MA, United States. pp.187-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P089 - Création d'un système d'aide informatisée au codage CIM : choix de métrique et utilisation de la hiérarchie CIM [résumé]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Marcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Novelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPICLIN 202317e Conférence francophone d’Épidémiologie Clinique 30e Journées des statisticiens des Centres de Lutte contre le Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Nancy, France. 71 (suppl.2), p. 7, 2023, </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respe.2023.101733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Checklist Strategies to Improve the Reproducibility of Deep Learning Experiments with an Illustration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ben Abbess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Meneguzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Pizzigatti Corrêa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDA 19th Plenary Meeting, Part Of International Data Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Seoul, South Korea. , 2022, </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.6587702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03738323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproducing Deep Learning experiments: common challenges and recommendations for improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeaneth Machicao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ben Abbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Meneguzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Corrêa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Specht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDA 19th Plenary Meeting, Part Of International Data Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Seoul, South Korea. , 2022, </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.6587694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Features Mining for Multimedia Indexing And Retrieval (Poster)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou-Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 5th International Workshop on Image Analysis for Multimedia Interactive Services (WIAMIS 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AAAI 2025 Workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shiqiang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramya Raghavendra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vazquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GoodData 2025: Preparing Good Data for Generative AI: Challenges and Approaches (https://openreview.net/group?id=AAAI.org/2025/Workshop/GoodData#tab-accept)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Philadelphia (PA), United States. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LUMA: A Benchmark Dataset for Learning from Uncertain and Multimodal Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48th international ACM SIGIR conference on research and development in information retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Padua, Italy. Association for Computing Machinery, pp.3782-3791, 2025, 979-8-4007-1592-1. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3726302.3730302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 48th International conference on Very Large Data Bases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Özcan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Freire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abouzied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48th International Conference on Very Large Databases Sydney, Australia (and hybrid) - September 05-09, 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Sydney, Australia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment (PVLDB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15 (12), 563 p., 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2nd international workshop on data quality assessment for machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Patel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mehta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd international workshop on data quality assessment for machine learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, pp.4147-4148, 2021, 978-1-4503-8332-5. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3447548.3469468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IndexMEED cases studies using &amp;quot;Omics&amp;quot; data with graph theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Féral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Archambeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Auber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDWG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Ottawa, Canada. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.340-361, 2017, </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/tdwgproceedings.1.20740⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 11th International Workshop on Quality in DataBases in conjunction with VLDB 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Quix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verikat Gudivada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rihan Hai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongzhi Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Quality in Databases workshop (QDB 2016) in conjunction with VLDB 2016,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Delhi, India. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of The 21st International Conference on Information Quality (ICIQ 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismael Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Angel Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 21st International Conference on Information Quality (ICIQ 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Cuidad Real, Spain. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 17th International Conference on Information Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Scannapieco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01126549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de l'Atelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Azé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Béchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesurer et évaluer la Qualité des Données et des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Hermann, 200 p., 2012, 9782705682866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00816287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier Qualité des Données et des Connaissances, QDC 2010 en conjonction avec la conférence française Extraction et Gestion des Connaissances - EGC 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Azé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Guillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hammamet, Tunisie, Janvier 2010.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Hammamet, Tunisia. , 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Herschel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th International Workshop on Quality in Databases (QDB 2009) in conjunction with VLDB 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd Workshop on Data and Knowledge Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Workshop on Data and Knowledge Quality (DKQ 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Lille, France. Université de Lille, pp.56, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd ACM International Workshop on Information Quality in Information Systems (IQIS 2005)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Batini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 2nd ACM International Workshop on Information Quality in Information Systems (IQIS 2005). Workshop in conjunction with ACM SIGMOD/PODS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Baltimore (MD), United States. pp.1-121, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st Workshop on Data and Knowledge Quality (DKQ 2005)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Workshop on Data and Knowledge Quality (DKQ 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Paris, France. Université Paris 5, pp.85, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité des systèmes d'information : analyse et évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15 (6), pp.124, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01126079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI for SDGs – A technical and illustrated tour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EDP Sciences, 2025, 978-7598-3884-4. </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/978-2-7598-3883-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veracity of Data: From Truth Discovery Computation Algorithms to Models of Misinformation Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Borge-Holthoefer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">7 (3), pp.1 - 155, 2015, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2200/S00676ED1V01Y201509DTM042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité et la gouvernance des données au service de la performance des entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavoisier; Hermes Science, 2012, 978-2-7462-2510-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial intelligence for sustainability science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Zucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dangles, Olivier (coord.); Fréour, Claire (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability science : understand, co-construct, transform (volume 1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD, pp.154-157, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intelligence artificielle pour la science de la durabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Zucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dangles, Olivier (coord.); Fréour, Claire (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science de la durabilité : comprendre, co-construire, transformer (volume 1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD, pp.154-157, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03717429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truth Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sherif Sakr and Albert Zomaya (Eds), Springer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Big Data Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer; Springer International Publishing, pp.1-8, 2018, Big Data Integration, </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-63962-8_23-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Collaborative Framework for Joint Segmentation and Classification of Remote Sensing Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrès Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gançarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Knowledge Discovery and Management. Studies in Computational Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 732, , 2017, 978-3-319-65405-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality of Web Data and Quality of Big Data: Open Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Scannapieco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Quality: Concepts, Methodologies and Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-3-319-24104-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Fusion: Resolving Conflicts from Multiple Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Data Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 978-3-642-36256-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cleaning, Integrating, and Warehousing Genomic Data From Biomedical Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Moussouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mourad Elloumi &amp; Albert Y. Zomaya (ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Knowledge Discovery Handbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons, pp.35--58, 2013, 978-1-118-61715-1. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118617151.ch02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01228254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application de mesures de distance pour la détection de problèmes de qualité de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Herschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laure Berti-Equille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La qualité et la gouvernance de données au service de la performance des entreprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes Science Publications, pp.145-175, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00757559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and Measuring Data Quality for Quality-Awareness in Association Rule Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Guillet and Howard Hamilton (Eds.), Springer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality Measures in Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 43, pp.101-126, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Extended Query Processing for Mediation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Latif Al-Hakim (Ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Quality Management: Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.23-50, 2006, 9781599040240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Automatic Repair for minimal change and maximal likelihood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yakout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed K Elmagarmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : United States Patent: 9619494 - 13/115.253. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Automatic Repair for minimal change and maximal likelihood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yakout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed K Elmagarmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Qatar, Patent n° : European Patent 12724324.4. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting dependence between sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : United States Patent 8190546. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QUADRIS : Qualité des données dans les systèmes d'informations multi-sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokrane Bouzeghoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00332672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R&amp;R: Metric-guided Adversarial Sentence Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Cuesta-Infante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OrionBench: Benchmarking Time Series Generative Models in the Service of the End-User</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large language models can be zero-shot anomaly detectors for time series?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyreal: A Framework for Interpretable ML Explanations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zytek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-En Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering Multi-Table Functional Dependencies Without Full Join Computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Comignani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Outlier Detection Methods Resilient to Sampling?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Meng Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saravanan Thirumuruganathan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truth discovery and copying detection from source update history. Technical Report ATT Labs-Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality Awareness for Managing and Mining Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Web. Universté de Rennes 1, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01855925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId498"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.79790940767px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laure Berti-Equille </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laure-berti-equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8046-0570</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">130675725</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laure Berti-Equille is a Research Director (DR1) at IRD, the French Research Institute for Sustainable Development. Before, she was a Full Professor in Computer Science at Aix-Marseille University (France), a senior scientist at Qatar Computing Research Institute (Qatar), an associate professor at University of Rennes 1 (France), and a 2-year visiting researcher at AT&T Labs Research in New Jersey (USA), as a recipient of the prestigious European Marie Curie Outgoing Fellowship. In 2022, she was a visiting scientist at Massachusetts Institute of Technology LIDS (Laboratory for Information & Decision Systems).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Her current research interests are on the inter-play of data management, data analytics, and machine learning with a focus on anomaly detection, data cleaning and preparation, and multimodal data fusion and learning with main applications in medical and environmental domains in-line with SGDs.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">She is co-leading the international joint lab IDEAL with the Federal Univ. of Paraíba (Brazil) dedicated to AI for Agroecology. She has more than 180 publications in major conferences or journals along with 3 books, 10 chapters, and 13 co-edited proceedings.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">She has co-organized numerous workshops on data quality in conjunction with top conferences such as SIGMOD, VLDB and AAAI (2025). She has given many tutorials and keynote talks on data analytics and engineering for applied machine learning (KDD'22 & '21, ICDE'18 & '16, CIKM'15, KDD'09, ICDM'09). She served in numerous program committees of international conferences and was an Associate Editor of the VLDB Journal and the ACM Information and Data Quality Journal. She has been leading projects funded by the French National Agency of Research (ANR), the French National Research Council (CNRS), Belmont Forum, and the European Union. She is a IEEE and ACM senior member.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating a computer assisted ICD coding system : performance metric choice and use of the ICD hierarchy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Marcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Novelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 152, 104617 [10 p.]. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbi.2024.104617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating HPC, AI, and workflows for scientific data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.M. Badia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferreira da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Leser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dagstuhl Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (8), pp.129-164. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/DagRep.13.8.129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Word Change is All You Need: Designing Attacks and Defenses for Text Classifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Cuesta-Infante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d'un système d'aide informatisée au codage Classification internationale des maladies (CIM) : choix de métrique de performance et utilisation de la hiérarchie CIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Marcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Novelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Epidemiology and Population Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 72, pp.202352. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining ecological and socio-environmental data and networks to achieve sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.L.G. Raimundo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7, e112703 [4 p.]. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.7.112703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04269388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et correction des problèmes de qualité de données par apprentissage automatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologies logicielles Architectures des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-h3701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The need for interpretable features : motivation and taxonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zytek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Arnaldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGKDD explorations : newsletter of the Special Interest Group (SIG) on Knowledge Discovery &amp; Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (1), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3544903.3544905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigation Strategies to Improve Reproducibility of Poverty Estimations From Remote Sensing Images Using Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeaneth Machicao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Riadh Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Meneguzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrêa Pedro Luiz Pizzigatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Specht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (8), pp.e2022EA002379. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022ea002379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote sensing image analysis by aggregation of segmentation-classification collaborative agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73, pp.259 - 274. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.patcog.2017.08.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologies logicielles Architectures des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-h3700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des interactions segmentation-classification dans un cadre multi-paradigme pour l’analyse d’images de télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gançarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions segmentation-classification dans un cadre multi-paradigme pour l’analyse d’images de télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (1-2), pp.133 - 152. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ria.31.133-152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veracity of Big Data: Challenges of Cross-Modal Truth Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of data and information quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7 (3), pp.1 - 3. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2935753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential application of macroinvertebrates indices in bioassessment of Mexican streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Carmina Serrano Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Aurora Armienta Hernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 61 (2), pp.558-567. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised quantification of under- and over-segmentation for object-based remote sensing image analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gançarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Passat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (5), pp.1936-1945. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTARS.2015.2424457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quality-aware spatial data warehouse for querying hydroecological data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumia Lilia Berrahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lalande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Molla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 85 (part A), pp.126 - 135. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cageo.2015.09.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01223918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A masking index for quantifying hidden glitches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Meng Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamraparni Dasu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Information Systems (KAIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (2), pp.253 - 277. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10115-014-0760-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web Data Quality: Current State and New Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amrapali Zaveri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Maurino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Semantic Web and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (2), pp.1 - 6. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/ijswis.2014040101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of September–December Fire in New Caledonia (Southwestern Pacific) Using July Niño-4 Sea Surface Temperature Index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Moron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Mangeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Borgniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Curt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Meteorology and Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 52 (3), pp.623 - 633. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1175/JAMC-D-12-03.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Scale Data Integration Challenges in the Observational Science Data Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 54 (3), pp.123 - 129. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1524/itit.2012.0672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytolith signal of aquatic plants and soils in Chad, Central Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Novello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Barboni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Mazur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Poilecot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 178, pp.43-58. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.revpalbo.2012.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00720714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment and Analysis of Information Quality: a Multidimensional Model and Case Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubida Kedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Peralta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International Journal of Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (4), pp.300-323. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJIQ.2011.043780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing top-k join queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minji Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Marian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Procopiuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment (PVLDB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3 (1-2), pp.860 - 870. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/1920841.1920951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité des systèmes d'information ? Vers une vision plus intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 15 (6), pp.9-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01126078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truth discovery and copying detection in a dynamic world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment (PVLDB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2 (1), pp.562 - 573. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/1687627.1687691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-to-end quality of service provisioning through an integrated management system for multimedia content delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufik Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abolghasem (hamid) Asgari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mehaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugen Borcoci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Tíquille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (Issue 3), pp.638-651, ISSN:0140-3664. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2006.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00349887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data quality awareness: a case study for cost optimal association rule mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Information Systems (KAIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 11 (2), pp.191 - 215. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10115-006-0006-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions to Quality-Aware Online Query Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the Technical Committee on Data Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29 (2), pp.32-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855685v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report from the First and Second International Workshops on Information Quality in Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Scannapieco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD record</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 35 (2), </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1147376.1147384⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurer la qualité des données: un défi permanent pour les systèmes d'information, bases et entrepôts de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génie logiciel: le magazine de l'ingénierie du logiciel et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 74, pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indexation et recherche par le contenu dans une base d'images fixes : l'intérêt des règles d'association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Numéro spécial “Fouille de Données Complexes”, pp.1-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un état de l'art sur la qualité des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Numéro Spécial Qualité des Systèmes d’Information, VOL 9 (5-6), pp.117-144. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.9.5-6.117-143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité des données comme condition à la qualité des connaissances : un état de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Numéro spécial “Mesures de qualité pour la fouille de données”</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche dans de grandes bases d'images fixes : une nouvelle approche guidée par les règles d'association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Actes de la conférence Extraction et Gestion des Connaissances (EGC’2004), pp.65-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renseigner la qualité des connaissances par la fusion d’indicateurs sur la qualité des données.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, RSTI-RIA-ECA (Actes de la conférence Extraction et Gestion des Connaissances (EGC’2003), 17 (1-2-3), pp.263-270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Based Recommendation of XML Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Digital Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1 (3), pp.117-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation et recommandation collaboratives de documents selon leur qualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 7 (1-2), pp.125 - 155. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.7.1-2.125-155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Biological Data on Transcriptome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Moussouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Arcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Numéro Spécial “Interopérabilité et Intégration des Systèmes d’Information”, 6 (3/2001), pp.61-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (99)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EM-SEC: Efficient Multi-head Set-valued Evidential Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases - ECML PKDD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Porto, Portugal. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-05981-9_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LUMA: A Benchmark Dataset for Learning from Uncertain and Multimodal Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGIR '25: The 48th International ACM SIGIR Conference on Research and Development in Information Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Jul 2025, Padua, Italy. pp.3782-3791, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3726302.3730302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparer le paradigme spatial au spatio-temporel pour estimer l’évolution d’indicateurs socio-économiques à partir d’images satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Subsol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNIA 2024 - 8e Conférence Nationale en Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plate-Forme Intelligence Artificielle, Jul 2024, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MixMAS: A Framework for Sampling-Based Mixer Architecture Search for Multimodal Fusion and Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Big Data (BigData)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Washington, United States. pp.3254-3257, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData62323.2024.10825593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Socio-economic Indicator Variations with Satellite Image Time Series and Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Subsol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MVEO 2024 - Workshop on Machine Vision for Earth Observation and Environment Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-04895134v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faithful vision-language interpretation via concept bottleneck models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Learning Representations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Vienne, Austria. 24 p. multigr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering Transition Pathways Towards Coviability with Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael L. G. Raimundo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AAAI 2022 Fall Symposium series on the Role of AI in Responding to Climate Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Arlington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ augmentation for defending against adversarial attacks on text classifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cuesta-Infante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICONIP : International Conference on Neural Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, [En ligne], France. pp.485-496, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-30111-7_41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making the End-User a Priority in Benchmarking: OrionBench for Unsupervised Time Series Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. of the 2024 IEEE International Conference on BigData 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Dec 2024, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M2-Mixer: A Multimodal Mixer with Multi-head Loss for Classification from Multimodal Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Big Data (BigData)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Sorrento, Italy. pp.1052-1058, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData59044.2023.10386252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04460113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing spatial and spatio-temporal paradigms to estimate the evolution of socio-economical indicators from satellite images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Subsol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGARSS 2023 - IEEE International Geoscience and Remote Sensing Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidharth Misra; Shannon Brown, Jul 2023, Pasadena, CA, United States. pp.5790-5793, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS52108.2023.10282306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Pairing for Contrastive Anomaly Detection on Time Series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chambaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pattern Recognition and Artificial Intelligence. ICPRAI 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France. pp.306-317, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-09282-4_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Provenance-aware Discovery of Functional Dependencies on Integrated Views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Comignani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bonifati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDE 2022 - 38th IEEE International Conference on Data Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Kuala Lumpur, Malaysia. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R and R : metric-guided adversarial sentence generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Cuesta-Infante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Asia-Pacific Chapter of the Association for Computational Linguistics-International Joint Conference on Natural Language Processing : AACL-IJCNLP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, [en ligne], France. pp.438-452, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2104.08453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04269294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AER: Auto-Encoder with Regression for Time Series Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Wong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Big Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Osaka, Japan. pp.1152-1161, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData55660.2022.10020857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic pairing for contrastive anomaly detection on time series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chambaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bouchara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Pattern Recognition and Artificial Intelligence (ICPRAI 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France. pp.306-317, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-09282-4_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in Exploratory Data Analysis, Visualisation and Quality for Data Centric AI Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hima Patel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanmukha Guttula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruhi Sharma Mittal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naresh Manwani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KDD '22: The 28th ACM SIGKDD Conference on Knowledge Discovery and Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Washington DC, United States. pp.4814-4815, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3534678.3542604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sintel: A Machine Learning Framework to Extract Insights from Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carles Sala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD/PODS '22: International Conference on Management of Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Philadelphia (Pennsylvania), United States. pp.1855-1865, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3514221.3517910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QeNoBi : a system for QuErying and miNing BehavIoral patterns [demonstration paper]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chibah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Amer-Yahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Data Engineering (ICDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Apr 2021, Chania Crete, Greece. pp.2673-2676</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of CNN-based Methods for Poverty Estimation from Satellite Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Subsol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRRS 2021 - 11th IAPR International Workshop on Pattern Recognition in Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Milan, Italy. pp.550-565, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-68787-8_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03066937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of Long-Term Historical Demand Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reshmi Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Craig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Scott Matthews</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine Samaras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tackling Climate Change with Machine Learning Workshop, ICML 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2209.04693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges in KDD and ML for sustainable development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Goswami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KDD '21: Proceedings of the 27th ACM SIGKDD Conference on Knowledge Discovery &amp; Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Aug 2021, Singapore, Singapore. pp.4031-4032, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3447548.3470798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QeNoBi: A System for QuErying and miNing BehavIoral Patterns Authors' Copy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelouahab Chibah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE 37th International Conference on Data Engineering (ICDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Chania, France. pp.2673-2676, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDE51399.2021.00301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing familiarity and curiosity in data exploration with deep reinforcement learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Personnaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fabricius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Subramanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">aiDM '21: Proceedings of the Fourth International Workshop on Exploiting Artificial Intelligence Techniques for Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Jun 2021, Xi'an, Shaanxi / Virtual Event China, China. pp.16-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration du pronostic par apprentissage profond pour des applications de maintenance prédictive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chambaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for statistically-sound customer segment search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelouahab Chibah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th IEEE International Conference on Data Science and Advanced Analytics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Porto (virtual), Portugal. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DSAA53316.2021.9564199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora the explorer: Exploring Very Large Data with Interactive Deep Reinforcement Learning Authors' Copy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Personnaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilian Fabricius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srividya Subramanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th ACM International Conference on Information and Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Queensland (on line), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explaining Automated Data Cleaning with CLeanEX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Comignani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCAI-PRICAI 2020 Workshop on Explainable Artificial Intelligence (XAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Online, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03066026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing Familiarity and Curiosity in Data Exploration with Deep Reinforcement Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Personnaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Amer-Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilian Fabricius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srividya Subramanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD/PODS '21: International Conference on Management of Data Fourth International Workshop on Exploiting Artificial Intelligence Techniques for Data Management (aiDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtual Event China, France. pp.16-23, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3464509.3464884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Reinforcement Learning for Data Preparation: Learn2Clean with Human-In-The-Loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Innovative Data Systems Research (CIDR 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Amsterdam (NETHERLANDS), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Quality Checking for Machine Learning with MeSQuaL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Comignani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Database Technology - EDBT 2020, 23rd International Conference on Extending Database Technology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02865824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ML-Based Knowledge Graph Curation: Current Solutions and Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Companion The 2019 World Wide Web Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, San Francisco, United States. pp.938-939</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinforcement Learning for Data Preparation with Active Reward Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Internet Science INSCI 2019: Internet Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Perpignan, France. pp.121-132, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-34770-3_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02865911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learn2Clean: Optimizing the Sequence of Tasks for Web Data Preparation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Web Conf 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, May 2019, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3308558.3313602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-02092548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of Genuine Functional Dependencies from Relational Data with Missing Values [Abstract for INFORSID 2019]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hazar Harmouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Naumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thirumuruganathan Saravanan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-02092569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinforcement Learning for Data Cleaning and Data Preparation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HILDA workshop in conjunction with SIGMOD 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Amsterdam (Hollande), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning to Data Management: A Round Trip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bonifati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tova Milo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 34th IEEE International Conference on Data Engineering (ICDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Paris, France. pp.1735-1738, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDE.2018.00226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of Genuine Functional Dependencies from Relational Data with Missing Values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hazar Harmouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Naumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thirumuruganathan Saravanan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 44th International Conference on Very Large Data Bases (VLDB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Rio de Janeiro, Brazil. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/3204028.3204032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Role of Political Affiliation in Human Perception The Case of Delhi OddEven Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahar Zanouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Abbar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kushal Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Baggag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Social Informatics (SocInfo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Heavy Metals, Pesticides and Emergent pollutants content in the Tula river Mexico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Carmina Serrano Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Aurora Armienta Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Desconnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the the 10th European Symposium for Freshwater Sciences (SEFS10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Olomouc, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profiling DRDoS Attacks with Data Analytics Pipeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yury Zhauniarovich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 2017 ACM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3132847.3133155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UGuide – User-Guided Discovery of FD-Detectable Errors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saravanan Thirumuruganathan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Ouzzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge-Arnulfo Quiané-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nan Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 2017 ACM International Conference on Management of Data (SIGMOD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Chicago, United States. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3035918.3064024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur l'évaluation et l'élaboration d'un jeu de données de référence de bonne qualité en télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gançarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et Gestion des Connaissances EGC, Grenoble, France, janvier 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Grenoble, France. pp.393-398</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur l’évaluation et l’élaboration d’un jeu de données de référence de bonne qualité en télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 17ème Journées Francophones Extraction et Gestion des Connaissances (EGC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Grenoble, France. pp.393-398</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principled Data Preprocessing: Application to Biological Aquatic Indicators of Water Pollution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Aurora Armienta Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 28th International Workshop on Database and Expert Systems Applications (DEXA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DEXA.2017.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Use of Ontology as a priori Knowledge into Constrained Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nistor Grozavu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younès Bennani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Data Science and Advanced Analytics (DSAA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative segmentation and classification for remote sensing image analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 23rd International Conference on Pattern Recognition (ICPR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Cancun, France. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR.2016.7899738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VERA: A Platform for Veracity Estimation over Web Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kushal Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossam Hammady</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 25th International Conference Companion on World Wide Web (WWW '16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Montréal, Canada. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2872518.2890536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaling up truth discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 2016 IEEE 32nd International Conference on Data Engineering (ICDE) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cadre collaboratif pour la segmentation et la classification d'images de télédétection.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gancarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 16ème Journées Francophones Extraction et Gestion des Connaissances (EGC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Reims, France. pp.297-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Twitter to Understand Public Interest in Climate Change: The case of Qatar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Abbar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahar Zanouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Borge-Holthoefer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on the Social Web for Environmental and Ecological Monitoring (SWEEM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Koln, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de contraintes pour le clustering à partir d'une ontologie - Application à la classification d'images satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nistor Grozavu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younès Bennani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et Gestion des Connaissances (EGC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche hybride à base d'ontologie pour le clustering par contraintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nistor Grozavu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younès Bennani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La conférence internationale francophone AAFD &amp; SFC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomic Data Profiling for Diabetes Research in Qatar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raghvendra Mall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halima Bensmail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 27th International Workshop on Database and Expert Systems Applications (DEXA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Porto, France. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DEXA.2016.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheem: Enabling Multi-Platform Task Execution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divy Agrawal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamine Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Chawla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Elmagarmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGMOD 2016 - International Conference on Management of Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, San Francisco, United States. pp.2069-2072, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2882903.2899414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Ontology Reasoning for Topological Cluster Labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nistor Grozavu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younès Bennani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Neural Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Kyoto, Japan. pp.156 - 164, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-46675-0_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01438892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data veracity estimation with ensembling truth discovery methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE International Conference on Big Data (Big Data)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Santa Clara, United States. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BigData.2015.7364062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AllegatorTrack: Combining and reporting results of truth discovery from multi-source data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalia Attia Waguih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naman Goel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossam Hammady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2015 IEEE 31st International Conference on Data Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Principled Data Science Assessment - The Personal Data Science Process (PdsP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismael Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Piattini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Barcelona, France. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005463703740378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data processing for controlling data quality on surface water quality assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Carmina Serrano Balderas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Aurora Armienta Hernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inforsid - Atelier SI et Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Masking Index for Quantifying Hidden Glitches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Meng Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamraparni Dasu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE International Conference on Data Mining (ICDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dallas, United States. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDM.2013.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don't be SCAREd : use SCalable Automatic REpairing with maximal likelihood and bounded changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yakout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Elmagarmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2013 ACM SIGMOD International Conference on Management of Data (SIGMOD'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, New York, United States. pp.553-564 </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2463676.2463706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADVISU : interactive visualization of anomalies and dependencies from massive scientific datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hurter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2012, 12ème Conférence Internationale Francophone sur l'Extraction et la Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DAQ_UWE : a framework for designing data quality aware web applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Guerra-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismael Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Piattini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 16th International Conference on Information Quality (ICIQ’11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Adelaide, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of complex glitch patterns: A novel approach to Quantitative Data Cleaning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamraparni Dasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE International Conference on Data Engineering (ICDE 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Hannover, Germany. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDE.2011.5767864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOLOMON: seeking the truth via copying detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yifan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Singapore (SG), Singapore. pp.1617 - 1620, </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/1920841.1921054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges of Quality-Driven Resource Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Amann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Esther Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshop on REsource Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.181-189, </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-27392-6_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating conflicting data: the role of source dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment, 35th conference on Very Large Databases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Lyon, France. pp.550 - 561, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14778/1687627.1687690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidimensional Management and Analysis of Quality Measures for CRM Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Peralta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgine Thion-Goasdoué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubida Kedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Postdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sailing the Information Ocean with Awareness of Currents: Discovery and Application of Source Dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anish Das Sarma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Marian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Biennial Conference on Innovative Data Systems Research (CIDR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Asilomar, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidimensional Management and Analysis of Quality Measures for CRM Applications in an Electricity Company</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Peralta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Thion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubida Kedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the International Conference on Information Quality (ICIQ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Potsdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01196493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la qualité des systèmes multisources : une approche par les patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokrane Bouzeghoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quatrième Atelier Qualité des Données et des Connaissances, EGC 2008 : 8èmes Journées Francophones Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01125615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and Constraining Data Quality with Analytic Workflows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 6th International Workshop on Quality in Databases in conjunction with the International Conference on Very Large Databases (VLDB 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Data Pollution in Large Business Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th International Conference on Information Quality (IQ’08), </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Cambridge, MA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QDex: A Database Profiler for Generic Bio-data Exploration and Quality Aware Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Moussouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Rosé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Loréal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Intl. Workshop on Approaches and Architectures for Web Data Integration and Mining in Life Sciences (WebDIM4LS) in Web Information Systems Engineering, WISE 2007 International Workshops,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Nacy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for quality evaluation in data integration systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokrane Bouzeghoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEIS 2007 : 9th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Funchal, Madeira, Portugal. pp.170-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle décisionnel basé sur la qualité des données pour sélectionner les règles d'associations légitimement intéressantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la conférence Extraction et Gestion des Connaissances (EGC’2006), (RNTI-E-6, volume II)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Villeneuve d'Ascq, France. pp.593-598</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons Learned from Ontology Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-André Benvenuti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Protégé Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Stanford, CA, United States. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Aware Association Rule Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Advances in Knowledge Discovery and Data Mining. PAKDD 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Singapore, Singapore. pp.440-449</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommendation of XML Documents exploiting Quality Metadata and Views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Intl. Workshop on Data and Information Quality (DIQ 2005) in conjunction with the 17th Conference on Advanced Information Systems Engineering (CAiSE’05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Porto, Portugal. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching Multimedia Content Description for Broadcast Environments : From A Unified Metadata Model to A New Generation of Authoring Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Jouve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISM'05 - Seventh IEEE International Symposium on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Irvine, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing progressive query-by-example over pre-clustered large image databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd international workshop on "Computer vision meets databases" (CVDB 2005) in conjunction with ACM SIGMOD/PODS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Baltimore, MD, United States. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1160939.1160946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Progressive Query-By-Example over Pre-Clustered Large Image Databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou-Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BDA 2005 - Actes des Journées Bases de Données Avancées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Saint Malo, France. pp.215-226, </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1160939.1160946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost of Low-Quality Data over Association Rules Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMSDA 2005 - International Symposium on Applied Stochastic Models and Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Brest, France. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating and Warehousing Liver Gene Expression Data and Related Biomedical Resources in GEDAW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Marquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Loréal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DILS 2005 - 2nd International Workshop on Data Integration in the Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, San Diego, United States. pp.158-174, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/11530084_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nettoyage des données XML : combien ça coûte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Atelier Qualités des Données et des Connaissances (QDC 2005) en conjonction avec la conférence Extraction et Gestion des Connaissances (EGC’2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Paris, France. pp.11-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Aware Integration and Warehousing of Genomic Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Moussouni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIQ’05 - 10th International Conference on Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Massachusetts Institute of Technology, Cambridge, MA, United States. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Indexing and Retrieval with Features Association Rules Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou-Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICME 2004 - IEEE Intl. Conference on Multimedia and Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Taipei, Taiwan. pp.1299-1302, </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICME.2004.1394464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Adaptive Query Processing over Distributed Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIQ’04 - 9th International Conference on Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Cambridge, MA, United States. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet SABRE : de l’ontologie à l’inférence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean André Benvenuti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ièmes Journées Francophones d'Ingénieire des Connaissances (IC 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Feature Mining for Adapting Query-by-Example over Large Image Databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORIMEDIA 2004 - International workshop on multidisciplinary image, video and audio retrieval and mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Sherbrooke, Canada. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Source Model and Architecture for Quality Negotiation and Integration of Biological Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Proceedings of the 20th International Conference on Conceptual Modeling: Conceptual Modeling (ER'01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Yokohama, Japan. pp.256-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documents, données et méta-données : une approche mixte pour un système de veille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graveleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Colloque Veille Stratégique, Scientifique et Technologique (VSST’01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Barcelone, Espagne. pp.115-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality and Recommendation of Multi-Source Data for Assisting Technological Intelligence Applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the International Conference on Database and Expert Systems Applications. DEXA 1999. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Florence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité des données multi-sources et recommandation multi-critère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du congrès francophone INFormatique des ORganisations et Systèmes d’INformation Décisionnels (INFORSID’99)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Toulon, France. pp.185-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining the Power of Query Languages and Search Engines for On-line Document and Information Retrieval : The QIRi@D Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Damoiseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Murisasco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Proceedings of the International Workshop on Principles of Digital Document Processing (PODDP 1998)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Saint Malo, France. pp.116-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Data Source Quality to Information Quality: the Relative Dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd Conference on Information Quality (ICIQ’98)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1998, Cambridge, MA, United States. pp.247-264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la définition d'un vigiciel : quelle modélisation de l'information factuelle, événementielle et référentielle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graveleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque français Veille Stratégique Scientifique et Technologique (VSST’98)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1998, Ile Rousse, France. pp.227-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out of Overinformation by Information Filtering and Information Weighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd Conference on Information Quality (ICIQ’97)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Cambridge, MA, United States. pp.187-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P089 - Création d'un système d'aide informatisée au codage CIM : choix de métrique et utilisation de la hiérarchie CIM [résumé]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Marcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Novelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPICLIN 202317e Conférence francophone d’Épidémiologie Clinique 30e Journées des statisticiens des Centres de Lutte contre le Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Nancy, France. 71 (suppl.2), p. 7, 2023, </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.respe.2023.101733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Checklist Strategies to Improve the Reproducibility of Deep Learning Experiments with an Illustration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ben Abbess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Meneguzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Pizzigatti Corrêa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDA 19th Plenary Meeting, Part Of International Data Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Seoul, South Korea. , 2022, </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.6587702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03738323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproducing Deep Learning experiments: common challenges and recommendations for improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeaneth Machicao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ben Abbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Meneguzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Corrêa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Specht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDA 19th Plenary Meeting, Part Of International Data Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Seoul, South Korea. , 2022, </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.6587694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Features Mining for Multimedia Indexing And Retrieval (Poster)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Kouomou-Choupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 5th International Workshop on Image Analysis for Multimedia Interactive Services (WIAMIS 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AAAI 2025 Workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shiqiang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramya Raghavendra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vazquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GoodData 2025: Preparing Good Data for Generative AI: Challenges and Approaches (https://openreview.net/group?id=AAAI.org/2025/Workshop/GoodData#tab-accept)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Philadelphia (PA), United States. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LUMA: A Benchmark Dataset for Learning from Uncertain and Multimodal Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48th international ACM SIGIR conference on research and development in information retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Padua, Italy. Association for Computing Machinery, pp.3782-3791, 2025, 979-8-4007-1592-1. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3726302.3730302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 48th International conference on Very Large Data Bases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Özcan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Freire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abouzied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48th International Conference on Very Large Databases Sydney, Australia (and hybrid) - September 05-09, 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Sydney, Australia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the VLDB Endowment (PVLDB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15 (12), 563 p., 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2nd international workshop on data quality assessment for machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Patel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mehta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd international workshop on data quality assessment for machine learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, pp.4147-4148, 2021, 978-1-4503-8332-5. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3447548.3469468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IndexMEED cases studies using &amp;quot;Omics&amp;quot; data with graph theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Féral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Archambeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Auber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDWG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Ottawa, Canada. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.340-361, 2017, </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/tdwgproceedings.1.20740⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 11th International Workshop on Quality in DataBases in conjunction with VLDB 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Quix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verikat Gudivada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rihan Hai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongzhi Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Quality in Databases workshop (QDB 2016) in conjunction with VLDB 2016,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Delhi, India. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of The 21st International Conference on Information Quality (ICIQ 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismael Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Angel Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 21st International Conference on Information Quality (ICIQ 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Cuidad Real, Spain. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 17th International Conference on Information Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Scannapieco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Information Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01126549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de l'Atelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Azé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Béchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesurer et évaluer la Qualité des Données et des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Hermann, 200 p., 2012, 9782705682866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00816287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier Qualité des Données et des Connaissances, QDC 2010 en conjonction avec la conférence française Extraction et Gestion des Connaissances - EGC 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Azé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Guillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hammamet, Tunisie, Janvier 2010.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Hammamet, Tunisia. , 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Herschel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th International Workshop on Quality in Databases (QDB 2009) in conjunction with VLDB 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd Workshop on Data and Knowledge Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Workshop on Data and Knowledge Quality (DKQ 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Lille, France. Université de Lille, pp.56, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd ACM International Workshop on Information Quality in Information Systems (IQIS 2005)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Batini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 2nd ACM International Workshop on Information Quality in Information Systems (IQIS 2005). Workshop in conjunction with ACM SIGMOD/PODS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Baltimore (MD), United States. pp.1-121, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st Workshop on Data and Knowledge Quality (DKQ 2005)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Workshop on Data and Knowledge Quality (DKQ 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Paris, France. Université Paris 5, pp.85, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité des systèmes d'information : analyse et évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Comyn-Wattiau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15 (6), pp.124, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01126079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI for SDGs – A technical and illustrated tour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EDP Sciences, 2025, 978-7598-3884-4. </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/978-2-7598-3883-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05282130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veracity of Data: From Truth Discovery Computation Algorithms to Models of Misinformation Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Borge-Holthoefer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">7 (3), pp.1 - 155, 2015, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2200/S00676ED1V01Y201509DTM042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La qualité et la gouvernance des données au service de la performance des entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavoisier; Hermes Science, 2012, 978-2-7462-2510-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial intelligence for sustainability science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Zucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dangles, Olivier (coord.); Fréour, Claire (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability science : understand, co-construct, transform (volume 1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD, pp.154-157, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intelligence artificielle pour la science de la durabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Zucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dangles, Olivier (coord.); Fréour, Claire (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science de la durabilité : comprendre, co-construire, transformer (volume 1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD, pp.154-157, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03717429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truth Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sherif Sakr and Albert Zomaya (Eds), Springer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Big Data Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer; Springer International Publishing, pp.1-8, 2018, Big Data Integration, </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-63962-8_23-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Collaborative Framework for Joint Segmentation and Classification of Remote Sensing Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrès Troya-Galvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gançarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Knowledge Discovery and Management. Studies in Computational Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 732, , 2017, 978-3-319-65405-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality of Web Data and Quality of Big Data: Open Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Scannapieco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Quality: Concepts, Methodologies and Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-3-319-24104-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Fusion: Resolving Conflicts from Multiple Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Data Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 978-3-642-36256-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cleaning, Integrating, and Warehousing Genomic Data From Biomedical Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Moussouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mourad Elloumi &amp; Albert Y. Zomaya (ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Knowledge Discovery Handbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons, pp.35--58, 2013, 978-1-118-61715-1. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118617151.ch02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01228254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application de mesures de distance pour la détection de problèmes de qualité de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Herschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laure Berti-Equille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La qualité et la gouvernance de données au service de la performance des entreprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes Science Publications, pp.145-175, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00757559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and Measuring Data Quality for Quality-Awareness in Association Rule Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Guillet and Howard Hamilton (Eds.), Springer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality Measures in Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 43, pp.101-126, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality-Extended Query Processing for Mediation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Latif Al-Hakim (Ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Quality Management: Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.23-50, 2006, 9781599040240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Automatic Repair for minimal change and maximal likelihood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yakout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed K Elmagarmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : United States Patent: 9619494 - 13/115.253. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Automatic Repair for minimal change and maximal likelihood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yakout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed K Elmagarmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Qatar, Patent n° : European Patent 12724324.4. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting dependence between sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : United States Patent 8190546. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QUADRIS : Qualité des données dans les systèmes d'informations multi-sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Akoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokrane Bouzeghoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00332672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R&amp;R: Metric-guided Adversarial Sentence Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Cuesta-Infante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OrionBench: Benchmarking Time Series Generative Models in the Service of the End-User</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large language models can be zero-shot anomaly detectors for time series?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Alnegheimish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyreal: A Framework for Interpretable ML Explanations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zytek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-En Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalyan Veeramachaneni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04382081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering Multi-Table Functional Dependencies Without Full Join Computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Comignani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Équille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Novelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Outlier Detection Methods Resilient to Sampling?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Meng Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saravanan Thirumuruganathan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truth discovery and copying detection from source update history. Technical Report ATT Labs-Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Luna Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divesh Srivastava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality Awareness for Managing and Mining Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Berti-Equille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Web. Universté de Rennes 1, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01855925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId498"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7739F62C"/>
+    <w:nsid w:val="6169A07A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-berti-equille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8046-0570" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/130675725" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531816v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Marcou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-Equille" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Novelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbi.2024.104617" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794083v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Badia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferreira da Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Leser" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/DagRep.13.8.129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110905v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Xu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Alnegheimish" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Cuesta-Infante" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyan Veeramachaneni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823370v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berti-Equille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202352" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269388v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.L.G. Raimundo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.7.112703" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282405v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-h3701" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970339v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zytek" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Arnaldo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Liu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Veeramachaneni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3544903.3544905" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761874v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeaneth Machicao" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Riadh Farah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Meneguzzi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corr&#234;a Pedro Luiz Pizzigatti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Specht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022ea002379" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829027v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Troya-Galvis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gancarski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2017.08.030" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCWKL2TS-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282415v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-h3700" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195917v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Troya-Galvis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gan&#231;arski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829031v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.31.133-152" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829067v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Lamine Ba" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2935753" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410032v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Carmina Serrano Balderas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Aurora Armienta Hernandez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.10.007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BCX746D-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01694375v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2015.2424457" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223918v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumia Lilia Berrahou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lalande" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Serrano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Molla" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2015.09.012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855545v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Meng Loh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamraparni Dasu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10115-014-0760-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855546v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrapali Zaveri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Maurino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijswis.2014040101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855547v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Barbero" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Mangeas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Borgniet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Curt" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAMC-D-12-03.1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720714v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Novello" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Barboni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mazur" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poilecot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2012.03.010" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X79JBVPG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855686v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/itit.2012.0672" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666237v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Comyn-Wattiau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Kedad" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Peralta" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cosquer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJIQ.2011.043780" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855801v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minji Wu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Marian" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Procopiuc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divesh Srivastava" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/1920841.1920951" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126078v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Akoka" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855862v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Luna Dong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/1687627.1687691" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349887v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Ahmed" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolghasem (hamid) Asgari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mehaoua" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Borcoci" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-T&#237;quille" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2006.10.009" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4BFZRX36-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855687v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10115-006-0006-x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1WGK6PMN-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856041v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Scannapieco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1147376.1147384" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855685v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281658v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855692v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Kouomou Choupo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Morin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856200v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.9.5-6.117-143" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F67C5777C55E5D1EADC540D9B882DE4A9785A9E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856198v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856332v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856334v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856348v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855853v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.7.1-2.125-155" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C5587C55BFC437C4C3C36D1707B591DF1E81E28F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856201v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Moussouni" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Arcade" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282209v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor Bezirganyan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Sellami" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05981-9_16" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282191v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3726302.3730302" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109135v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Chergui" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData62323.2024.10825593" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637143v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Jarry" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaumont" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Subsol" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04895134v2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632985v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lai" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382072v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224582v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cuesta-Infante" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30111-7_41" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382108v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael L. G. Raimundo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460113v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData59044.2023.10386252" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268542v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS52108.2023.10282306" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382172v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chambaret" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouchara" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bruno" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-09282-4_26" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474955v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Comignani" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Novelli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269294v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2104.08453" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382119v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Wong" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongyu Liu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData55660.2022.10020857" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970171v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chambaret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouchara" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bruno" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Martin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382149v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hima Patel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanmukha Guttula" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi Sharma Mittal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Manwani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3534678.3542604" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382214v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Sala" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3514221.3517910" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066937v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-68787-8_40" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382137v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reshmi Ghosh" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Craig" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Scott Matthews" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantine Samaras" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2209.04693" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278948v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chibah" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amer-Yahi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970049v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dao" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ermon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Goswami" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3447548.3470798" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379587v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelouahab Chibah" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Amer-Yahia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE51399.2021.00301" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278966v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Personnaz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amer-Yahia" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fabricius" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Subramanian" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-03520426v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379740v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSAA53316.2021.9564199" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379727v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Personnaz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Fabricius" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srividya Subramanian" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066026v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600277v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3464509.3464884" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822531v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865824v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865911v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34770-3_10" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150652v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02092548v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308558.3313602" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02092569v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Harmouch" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Naumann" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thirumuruganathan Saravanan" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822513v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795315v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tova Milo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE.2018.00226" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795311v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/3204028.3204032" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856032v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Desconnets" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855753v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Zanouda" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Abbar" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kushal Shah" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Baggag" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829013v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Zhauniarovich" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132847.3133155" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829061v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravanan Thirumuruganathan" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Ouzzani" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge-Arnulfo Quian&#233;-Ruiz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Tang" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3035918.3064024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401802v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mougenot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856149v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855746v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Balderas" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEXA.2017.27" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855773v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossam Hammady" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2872518.2890536" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855857v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855740v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899738" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400122v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatim Chahdi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nistor Grozavu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Bennani" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856150v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855761v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Borge-Holthoefer" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372021v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855765v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghvendra Mall" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Bensmail" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEXA.2016.023" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402428v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829075v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divy Agrawal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Ba" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Chawla" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elmagarmid" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2882903.2899414" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438892v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46675-0_18" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855783v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData.2015.7364062" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855831v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Attia Waguih" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naman Goel" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855792v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Caballero" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Piattini" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005463703740378" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266265v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855782v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDM.2013.16" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855779v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yakout" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2463676.2463706" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00879080v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hurter" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855797v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Guerra-Garc&#237;a" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855785v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE.2011.5767864" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855913v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Hu" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/1920841.1921054" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288870v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Amann" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Lacroix" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Esther Vidal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27392-6_13" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KDMW77CW-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855870v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/1687627.1687690" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024112v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Thion-Goasdou&#233;" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856029v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anish Das Sarma" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196493v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thion" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125615v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boucelma" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrane Bouzeghoub" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856351v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856123v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855923v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Ros&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lor&#233;al" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323032v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857337v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856027v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Andr&#233; Benvenuti" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacopin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855836v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856346v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856026v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Jouve" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Rousseau" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856127v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1160939.1160946" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855850v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Kouomou-Choupo" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856344v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856023v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Guerin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marquet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Burgun" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11530084_14" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857338v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855920v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857339v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856141v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICME.2004.1394464" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855845v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Andr&#233; Benvenuti" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856208v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856142v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856342v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Graveleau" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855834v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berti" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856327v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856147v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Damoiseaux" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Murisasco" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857341v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856340v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857340v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224629v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101733" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738323v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ben Abbess" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Pizzigatti Corr&#234;a" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillot" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6587702" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719090v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ben Abbes" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Meneguzzi" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Corr&#234;a" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6587694" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857335v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282496v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiqiang Wang" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramya Raghavendra" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vazquez" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823375v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494224v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. &#214;zcan" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Freire" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Lin" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kumar" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abouzied" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970077v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Patel" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ishikawa" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gupta" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mehta" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3447548.3469468" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761535v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Archambeau" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Auber" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/tdwgproceedings.1.20740" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856096v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Quix" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verikat Gudivada" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihan Hai" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongzhi Wang" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856101v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Angel Serrano" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126549v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00816287v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Az&#233;" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;chet" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guillaume" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856120v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856112v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Herschel" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462375v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guillet" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855841v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Batini" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462373v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126079v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282130v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-3883-7" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855695v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2200/S00676ED1V01Y201509DTM042" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272800v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112901v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti Equille" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Drogoul" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Zucker" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717429v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856040v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-63962-8_23-1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855540v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Troya-Galvis" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856038v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856036v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228254v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118617151.ch02" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00757559v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856044v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856042v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823602v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed K Elmagarmid" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823614v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823594v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332672v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boucelma" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cosquer" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291725v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823413v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823384v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Nguyen" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382081v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zytek" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-En Wang" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822789v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821773v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284612v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01855925v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-berti-equille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8046-0570" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/130675725" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531816v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Marcou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-Equille" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Novelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbi.2024.104617" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794083v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Badia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferreira da Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Leser" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/DagRep.13.8.129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110905v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Xu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Alnegheimish" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Cuesta-Infante" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyan Veeramachaneni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823370v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berti-Equille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202352" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269388v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.L.G. Raimundo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.7.112703" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282405v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-h3701" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970339v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zytek" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Arnaldo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Liu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Veeramachaneni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3544903.3544905" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761874v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeaneth Machicao" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Riadh Farah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Meneguzzi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corr&#234;a Pedro Luiz Pizzigatti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Specht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022ea002379" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829027v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Troya-Galvis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gancarski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2017.08.030" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCWKL2TS-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282415v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-h3700" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195917v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Troya-Galvis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gan&#231;arski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829031v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.31.133-152" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829067v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Lamine Ba" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2935753" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410032v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Carmina Serrano Balderas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Aurora Armienta Hernandez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.10.007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BCX746D-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01694375v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2015.2424457" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223918v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumia Lilia Berrahou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lalande" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Serrano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Molla" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2015.09.012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855545v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Meng Loh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamraparni Dasu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10115-014-0760-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855546v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrapali Zaveri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Maurino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijswis.2014040101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855547v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Barbero" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Mangeas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Borgniet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Curt" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAMC-D-12-03.1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855686v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/itit.2012.0672" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720714v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Novello" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Barboni" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mazur" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poilecot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2012.03.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X79JBVPG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666237v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Comyn-Wattiau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Kedad" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Peralta" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cosquer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJIQ.2011.043780" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855801v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minji Wu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Marian" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Procopiuc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divesh Srivastava" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/1920841.1920951" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126078v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Akoka" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855862v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Luna Dong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/1687627.1687691" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349887v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Ahmed" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolghasem (hamid) Asgari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mehaoua" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Borcoci" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-T&#237;quille" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2006.10.009" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4BFZRX36-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855687v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10115-006-0006-x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1WGK6PMN-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855685v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856041v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Scannapieco" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1147376.1147384" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281658v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855692v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Kouomou Choupo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Morin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856200v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.9.5-6.117-143" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F67C5777C55E5D1EADC540D9B882DE4A9785A9E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856198v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856332v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856334v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856348v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855853v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.7.1-2.125-155" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C5587C55BFC437C4C3C36D1707B591DF1E81E28F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856201v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Moussouni" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Arcade" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282209v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor Bezirganyan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Sellami" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05981-9_16" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282191v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3726302.3730302" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637143v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Jarry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaumont" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Subsol" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109135v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Chergui" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData62323.2024.10825593" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04895134v2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632985v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lai" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382108v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael L. G. Raimundo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224582v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cuesta-Infante" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30111-7_41" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382072v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460113v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData59044.2023.10386252" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268542v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS52108.2023.10282306" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382172v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chambaret" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouchara" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bruno" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-09282-4_26" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474955v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Comignani" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Novelli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269294v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2104.08453" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382119v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Wong" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongyu Liu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData55660.2022.10020857" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970171v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chambaret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouchara" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bruno" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Martin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382149v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hima Patel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanmukha Guttula" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi Sharma Mittal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Manwani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3534678.3542604" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382214v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Sala" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3514221.3517910" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278948v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chibah" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amer-Yahi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066937v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-68787-8_40" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382137v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reshmi Ghosh" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Craig" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Scott Matthews" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantine Samaras" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2209.04693" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970049v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dao" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ermon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Goswami" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3447548.3470798" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379587v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelouahab Chibah" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Amer-Yahia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE51399.2021.00301" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278966v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Personnaz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amer-Yahia" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fabricius" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Subramanian" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-03520426v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379740v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSAA53316.2021.9564199" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379727v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Personnaz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Fabricius" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srividya Subramanian" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066026v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600277v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3464509.3464884" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822531v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865824v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150652v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865911v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34770-3_10" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02092548v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308558.3313602" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02092569v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Harmouch" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Naumann" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thirumuruganathan Saravanan" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822513v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795315v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tova Milo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE.2018.00226" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795311v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/3204028.3204032" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855753v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Zanouda" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Abbar" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kushal Shah" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Baggag" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856032v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Desconnets" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829013v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Zhauniarovich" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132847.3133155" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829061v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravanan Thirumuruganathan" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Ouzzani" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge-Arnulfo Quian&#233;-Ruiz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Tang" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3035918.3064024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401802v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mougenot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856149v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855746v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Balderas" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEXA.2017.27" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400122v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatim Chahdi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nistor Grozavu" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Bennani" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855740v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899738" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855773v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossam Hammady" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2872518.2890536" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855857v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856150v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855761v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Borge-Holthoefer" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372021v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402428v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855765v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghvendra Mall" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Bensmail" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEXA.2016.023" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01829075v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divy Agrawal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Ba" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Chawla" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elmagarmid" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2882903.2899414" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438892v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46675-0_18" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855783v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData.2015.7364062" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855831v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Attia Waguih" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naman Goel" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855792v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Caballero" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Piattini" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005463703740378" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266265v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855782v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDM.2013.16" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855779v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yakout" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2463676.2463706" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00879080v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hurter" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855797v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Guerra-Garc&#237;a" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855785v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE.2011.5767864" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855913v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Hu" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/1920841.1921054" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288870v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Amann" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Lacroix" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Esther Vidal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27392-6_13" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KDMW77CW-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855870v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/1687627.1687690" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024112v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Thion-Goasdou&#233;" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856029v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anish Das Sarma" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196493v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thion" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125615v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boucelma" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrane Bouzeghoub" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856351v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856123v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855923v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Ros&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lor&#233;al" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323032v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857337v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856027v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Andr&#233; Benvenuti" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacopin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855836v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856346v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856026v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Jouve" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Rousseau" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856127v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1160939.1160946" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855850v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Kouomou-Choupo" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856344v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856023v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Guerin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marquet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Burgun" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11530084_14" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857338v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855920v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856141v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICME.2004.1394464" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857339v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855845v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Andr&#233; Benvenuti" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856208v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856142v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856342v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Graveleau" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855834v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berti" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856327v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856147v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Damoiseaux" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Murisasco" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857341v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856340v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857340v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224629v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101733" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738323v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ben Abbess" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Pizzigatti Corr&#234;a" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillot" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6587702" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719090v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ben Abbes" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Meneguzzi" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Corr&#234;a" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6587694" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857335v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282496v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiqiang Wang" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramya Raghavendra" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vazquez" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823375v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494224v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. &#214;zcan" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Freire" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Lin" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kumar" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abouzied" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970077v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Patel" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ishikawa" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gupta" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mehta" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3447548.3469468" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761535v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Archambeau" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Auber" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/tdwgproceedings.1.20740" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856096v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Quix" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verikat Gudivada" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihan Hai" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongzhi Wang" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856101v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Angel Serrano" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126549v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00816287v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Az&#233;" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;chet" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guillaume" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856120v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856112v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Herschel" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462375v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guillet" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855841v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Batini" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462373v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126079v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282130v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-3883-7" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855695v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2200/S00676ED1V01Y201509DTM042" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272800v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112901v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti Equille" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Drogoul" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Zucker" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717429v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856040v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-63962-8_23-1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855540v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Troya-Galvis" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856038v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856036v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228254v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118617151.ch02" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00757559v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856044v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856042v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823602v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed K Elmagarmid" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823614v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823594v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332672v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boucelma" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cosquer" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291725v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823413v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823384v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Nguyen" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04382081v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zytek" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-En Wang" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822789v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821773v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284612v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01855925v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>