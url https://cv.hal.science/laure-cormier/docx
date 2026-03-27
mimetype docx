--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1139,247 +1139,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban residents’ beliefs concerning green space benefits in four cities in France and Portugal</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les urbanistes et l'approche écologique de la nature en ville : une conciliation possible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teresa Madureira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ufug.2014.11.008⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.46226572446435E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01597240v1</w:t>
+                <w:t xml:space="preserve">hal-01597268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les urbanistes et l'approche écologique de la nature en ville : une conciliation possible ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Urban residents’ beliefs concerning green space benefits in four cities in France and Portugal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Madureira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Nunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Vidal Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Madureira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 14 (1), pp.56 - 64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ufug.2014.11.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/1.46226572446435E12⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01597268v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trames Vertes, vers un nouveau paradigme ?</w:t>
               </w:r>
@@ -2035,338 +2035,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05094955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La biodiversité comme nouvel argument dans les arbitrages du développement urbain : coexistence et renouvellement de stratégies locales héritées au Mans et à Strasbourg</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le paysage à l’épreuve des politiques des transitions socio-écologiques, Etude de cas dans l’Eurométropole de Strasbourg et dans le Parc Naturel Régional (PNR) des Monts d’Ardèche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Flegeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Bognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bonthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international de l’APERAU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Colloque international “Paysages incertains : représentations et pratiques de l’espace à l’heure de l’anthropocène”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05094874v1</w:t>
+                <w:t xml:space="preserve">hal-05094915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le paysage à l’épreuve des politiques des transitions socio-écologiques, Etude de cas dans l’Eurométropole de Strasbourg et dans le Parc Naturel Régional (PNR) des Monts d’Ardèche</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morgane Flegeau</w:t>
+                <w:t xml:space="preserve">La caractérisation de trajectoires socio-écologiques en soutien d'une landscape political ecology? Premiers éléments d'une application aux paysages de nature et d'agriculture français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Tissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bonthoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Bognon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Bonthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international “Paysages incertains : représentations et pratiques de l’espace à l’heure de l’anthropocène”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Congrès du centenaire de l'Union Géographique Internationale (UGI 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05094915v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03738465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La caractérisation de trajectoires socio-écologiques en soutien d'une landscape political ecology? Premiers éléments d'une application aux paysages de nature et d'agriculture français</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La biodiversité comme nouvel argument dans les arbitrages du développement urbain : coexistence et renouvellement de stratégies locales héritées au Mans et à Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Bonthoux</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Flegeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Bognon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du centenaire de l'Union Géographique Internationale (UGI 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">colloque international de l’APERAU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03738465v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05094874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interroger la diversité récréative du bassin minier du Nord Pas de Calais.</w:t>
               </w:r>
@@ -2605,217 +2605,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01597534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptions and implementations of urban green infrastructures in France: three cases of studies (Paris, Marseille, Strasbourg)</w:t>
+                <w:t xml:space="preserve">Which local approaches for European green infrastructures concept? Case analysis of Angers and Porto cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Blanc</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Madureira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fábos Conference on Landscape and Greenway Planning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2013, Amherst, United States</w:t>
+              <w:t xml:space="preserve">, Apr 2013, Amherst France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01597546v1</w:t>
+                <w:t xml:space="preserve">hal-01597539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which local approaches for European green infrastructures concept? Case analysis of Angers and Porto cities</w:t>
+                <w:t xml:space="preserve">Perceptions and implementations of urban green infrastructures in France: three cases of studies (Paris, Marseille, Strasbourg)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Helena Madureira</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Glatron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fábos Conference on Landscape and Greenway Planning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2013, Amherst France</w:t>
+              <w:t xml:space="preserve">, Apr 2013, Amherst, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01597539v1</w:t>
+                <w:t xml:space="preserve">hal-01597546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les trames vertes dans les paysages : fonctions sociales et écologiques</w:t>
               </w:r>
@@ -2875,673 +2875,669 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01458540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Friches en partage. Ecologie et politique en littoral breton.</w:t>
+                <w:t xml:space="preserve">La renaturation urbaine ordinaire: une voie pour la transition socio-écologique de l'aménagement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelia Veitch</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hugo Rochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Bognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoria Naturalia. Aménager sans altérer, entre partage et réserve</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Métis Presses, pp.173-186, 2026</w:t>
+              <w:t xml:space="preserve">Territoria naturalia. Aménager sans altérer, entre partage et réserve.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Metis Press, pp.147-156, 2026, 9782940711772</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05511130v1</w:t>
+                <w:t xml:space="preserve">hal-05561135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion des sols pour la nature en ville : un renouvellement des représentations et des pratiques</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Friches en partage. Ecologie et politique en littoral breton.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelia Veitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Libaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birgit Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sawtschuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Levain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Restaurer fonctions du sols ? approches scientifiques et perspectives interdisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">Territoria Naturalia. Aménager sans altérer, entre partage et réserve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Métis Presses, pp.173-186, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05045941v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05511130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trame verte et bleue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gestion des sols pour la nature en ville : un renouvellement des représentations et des pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baysse-Lainé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Restaurer fonctions du sols ? approches scientifiques et perspectives interdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03609425v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05045941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les citadins se mettent au vert !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Clergeau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme et biodiversité : vers un paysage vivant structurant le projet urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Apogée, 2020, 978-2-84398-742-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'impératif de «l'adaptation au changement climatique» se reflète-t-il dans de nouvelles visions sur la nature urbaine?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trame verte et bleue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faire nature en ville</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, 2019, 978-2-343-23326-0</w:t>
+              <w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03609407v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paysage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'impératif de «l'adaptation au changement climatique» se reflète-t-il dans de nouvelles visions sur la nature urbaine?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Madureira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Carcaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire juridique des transitions écologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Institut Universitaire Varenne, pp.570-572, 2018, 978-2-37032-178-7</w:t>
+              <w:t xml:space="preserve">Faire nature en ville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2019, 978-2-343-23326-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973875v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La complexité de l'application du concept d'infrastructure verte à l'échelle locale : exemples de Paris et Porto</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Carcaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urbanités et biodiversité. Entre villes fertiles et campagnes urbaines, quelle place pour la biodiversité ?</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dictionnaire juridique des transitions écologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Institut Universitaire Varenne, pp.570-572, 2018, 978-2-37032-178-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses Universitaires de Saint-Etienne</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01597292v1</w:t>
+                <w:t xml:space="preserve">hal-02973875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceptions and implementations of urban greenway in France. Boxes of three studies (Paris, Marseille, Strasbourg)</w:t>
               </w:r>
@@ -3646,946 +3642,1045 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01806275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transversalité utopique entre aménagement de la ville et conception écologique des trames vertes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Boudes</w:t>
+                <w:t xml:space="preserve">La complexité de l'application du concept d'infrastructure verte à l'échelle locale : exemples de Paris et Porto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Madureira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Nathalie Blanc; Philippe Clergeau. </w:t>
+              <w:t xml:space="preserve">Vincent Bradel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trames vertes urbaines : De la recherche scientifique au projet urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions du Moniteur, pp.22-30, 2013, 978-2-281-12921-2</w:t>
+              <w:t xml:space="preserve">Urbanités et biodiversité. Entre villes fertiles et campagnes urbaines, quelle place pour la biodiversité ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Saint-Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Espace rural &amp; projet spatial (ERPS), 978-2-86272-657-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01240142v1</w:t>
+                <w:t xml:space="preserve">hal-01597292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles modalités de gouvernance ?</w:t>
+                <w:t xml:space="preserve">Une histoire entre aménagement et écologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Arrif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Clergeau; Nathalie Blanc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trames vertes urbaines. De la recherche scientifique au projet urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions du Moniteur, pp.243-253, 2013, Hors collection, 978-2281129212</w:t>
+              <w:t xml:space="preserve">, Éditions du Moniteur, pp.25-35, 2013, Hors collection, 978-2281129212</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00940938v1</w:t>
+                <w:t xml:space="preserve">halshs-00940898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels outils et quel mode opératoire ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Stratégie de mise en œuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bergoënd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Clergeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Noël Consalès</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Philippe Clergeau; Nathalie Blanc. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Provendier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Clergeau ; Nathalie Blanc </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trames vertes urbaines. De la recherche scientifique au projet urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions du Moniteur pp.253-267, 2013</w:t>
+              <w:t xml:space="preserve">, Editions du Moniteur pp.267-333, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01537723v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01537726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'objet trame verte et les questions humaines et sociales</w:t>
+                <w:t xml:space="preserve">Transversalité utopique entre aménagement de la ville et conception écologique des trames vertes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boudes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philippe Clergeau; Nathalie Blanc. </w:t>
+              <w:t xml:space="preserve">Nathalie Blanc; Philippe Clergeau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trames vertes urbaines. De la recherche scientifique au projet urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions du Moniteur, pp.201-211, 2013, Hors collection, 978-2281129212</w:t>
+              <w:t xml:space="preserve">Trames vertes urbaines : De la recherche scientifique au projet urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Moniteur, pp.22-30, 2013, 978-2-281-12921-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00940914v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie de mise en œuvre</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelles modalités de gouvernance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Philippe Clergeau ; Nathalie Blanc </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Clergeau; Nathalie Blanc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trames vertes urbaines. De la recherche scientifique au projet urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions du Moniteur pp.267-333, 2013</w:t>
+              <w:t xml:space="preserve">, Éditions du Moniteur, pp.243-253, 2013, Hors collection, 978-2281129212</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01537726v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00940938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les trames vertes à l’épreuve des droits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'objet trame verte et les questions humaines et sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bernard de Lajartre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Clergeau; Nathalie Blanc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trames vertes urbaines. De la recherche scientifique au projet urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions du Moniteur, pp.35-44, 2013</w:t>
+              <w:t xml:space="preserve">, Éditions du Moniteur, pp.201-211, 2013, Hors collection, 978-2281129212</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01537699v1</w:t>
+                <w:t xml:space="preserve">halshs-00940914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Situations socio-politiques de trois villes françaises</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quels outils et quel mode opératoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Clergeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Consalès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Philippe Clergeau ; Nathalie Blanc. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Clergeau; Nathalie Blanc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trames vertes urbaines. De la recherche scientifique au projet urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions du Moniteur pp.211-220, 2013</w:t>
+              <w:t xml:space="preserve">, Editions du Moniteur pp.253-267, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01537719v1</w:t>
+                <w:t xml:space="preserve">halshs-01537723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une histoire entre aménagement et écologie</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les trames vertes à l’épreuve des droits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bernard de Lajartre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Clergeau; Nathalie Blanc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trames vertes urbaines. De la recherche scientifique au projet urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions du Moniteur, pp.25-35, 2013, Hors collection, 978-2281129212</w:t>
+              <w:t xml:space="preserve">, Editions du Moniteur, pp.35-44, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00940898v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01537699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Situations socio-politiques de trois villes françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Glatron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Clergeau ; Nathalie Blanc. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trames vertes urbaines. De la recherche scientifique au projet urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Moniteur pp.211-220, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01537719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">podcast Les sentinelles du vivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Macé-Le Ficher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Bognon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05045998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4595,51 +4690,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sites exceptionnels comme ressources des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Talandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4661,190 +4756,190 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ruault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Senil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] PUCA. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01673918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouvernance des trames vertes et bleues urbaines. Analyse des modalités initiées lors de la mise en place d'une politique par des collectivités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Kenderesy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Provendier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de l'Écologie, du Développement durable et de l'Énergie. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01011651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4854,114 +4949,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Trames vertes : entre discours et matérialités, quelles réalités?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université d'Angers, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00640049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId114"/>
+      <w:footerReference w:type="default" r:id="rId116"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5108,51 +5203,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094866v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bognon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045976v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Mac&#233; Le Ficher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2158" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045950v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2102" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045962v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019008v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baysse-Lain&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gaulier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.31236" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03181061v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Talandier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Navarre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ruault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Landel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.6448" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03181053v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.6466" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03141907v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.6380" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561103v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Huchette" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vivant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Larrue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609366v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597240v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Madureira" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Nunes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vidal Oliveira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Madureira" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2014.11.008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2TQ079KB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597268v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.46226572446435E12" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597261v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00991960v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Sun" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01548511v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Joliet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Carcaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.9319" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913969v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Choumert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729555v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bernard de Lajartre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.23187" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730006v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094955v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094874v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Flegeau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094915v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonthoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738465v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tissi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01705204v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580368v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Geisler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597534v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marshall" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597539v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458540v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Baudry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511130v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Veitch" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Libaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit M&#252;ller" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sawtschuk" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045941v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609425v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609440v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609407v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02973875v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597292v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806275v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://works.bepress.com/mark_lindhult/1/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240142v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boudes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940938v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537723v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clergeau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940914v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537726v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bergo&#235;nd" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Provendier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537699v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537719v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940898v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Arrif" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045998v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Mac&#233;-Le Ficher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673918v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senil" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01011651v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kenderesy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00640049v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094866v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bognon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045976v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Mac&#233; Le Ficher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2158" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045950v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2102" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045962v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019008v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baysse-Lain&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gaulier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.31236" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03181061v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Talandier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Navarre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ruault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Landel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.6448" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03181053v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.6466" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03141907v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.6380" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561103v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Huchette" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vivant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Larrue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609366v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597268v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.46226572446435E12" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597240v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Madureira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Nunes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vidal Oliveira" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Madureira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2014.11.008" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2TQ079KB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597261v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00991960v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Sun" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01548511v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Joliet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Carcaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.9319" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913969v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Choumert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729555v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bernard de Lajartre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.23187" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730006v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094955v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094915v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Flegeau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonthoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738465v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tissi&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094874v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01705204v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580368v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Geisler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597534v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marshall" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597539v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597546v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458540v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Baudry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561135v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rochard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511130v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Veitch" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Libaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit M&#252;ller" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sawtschuk" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045941v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609440v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609425v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609407v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02973875v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806275v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://works.bepress.com/mark_lindhult/1/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597292v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940898v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Arrif" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boudes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537726v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bergo&#235;nd" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clergeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Provendier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240142v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940938v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940914v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537723v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537699v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537719v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045998v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Mac&#233;-Le Ficher" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673918v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01011651v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kenderesy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00640049v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>