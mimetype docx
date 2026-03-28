--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1189,269 +1189,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01467688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximal power output and associated electromyographic activity depend on affective stimuli during repeated cycling sprints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of Isokinetic Knee Strength in Elite Young Female Basketball Players: Correlation with Vertical Jump</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majdi Rouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Coudrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Jaafar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driss Tarak</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Robert Fillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Vandewalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Physiologica</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02276770v1</w:t>
+                <w:t xml:space="preserve">hal-01467700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Isokinetic Knee Strength in Elite Young Female Basketball Players: Correlation with Vertical Jump</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maximal power output and associated electromyographic activity depend on affective stimuli during repeated cycling sprints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Jaafar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majdi Rouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Coudrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Tarak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Physiologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 214, pp.22-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/apha.12523⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01467700v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Affective Stimuli on Leg Power Output and Associated Neuromuscular Parameters during Repeated High Intensity Cycling Exercises</w:t>
               </w:r>
@@ -3077,51 +3077,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Coudrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni de Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Tarak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès International de l'Association des Chercheurs en Activités Physiques et Sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3198,51 +3198,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Jaafar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gélat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Tarak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Congrès International de l'Association Africaine des Sciences du Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Hammamet, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4320,51 +4320,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7F85DCAB"/>
+    <w:nsid w:val="4D67A3E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4551,51 +4551,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-coudrat" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4206-5350" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169334716" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-04905736v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coutt&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moutardier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ferrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vernazza-Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coudrat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218241310227" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-05038066v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bascou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaireddine Ben Mansour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Jacob" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.112705" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05210990v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dru" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cns0000441" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724659v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bernuz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Laujac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Sirial" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Auffret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Preda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40798-024-00758-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02012232v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;lat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ferrel-Chapus" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci8110195" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02132857v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Heurley" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caharel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2018.10.016" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02281017v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armande Le Pellec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017012" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467688v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Rouis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Jaafar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Attiogb&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Vandewalle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hukin-2015-0184" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276770v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Tarak" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.12523" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467700v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Fillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467708v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy David Noakes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0136330" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344857v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000575" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01344542v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2013.865253" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469462v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armande Le Pellec-Muller" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2011.04.030" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4R8VBLMQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02963366v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c P Heurley" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219575v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;hania Doumbia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Renard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffray Bonnin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3563359.3596982" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03173601v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hantier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365471v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dinet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Nouchi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei Sakaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02476031v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Rivasseau-Jonveaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02304240v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276657v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276550v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276558v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276646v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291491v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni de Marco" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291492v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291494v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291504v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane de Oliveira" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291501v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291497v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469726v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469738v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Termoz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02275484v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510199v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02310359v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-coudrat" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4206-5350" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169334716" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-04905736v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coutt&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moutardier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ferrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vernazza-Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coudrat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218241310227" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-05038066v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bascou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaireddine Ben Mansour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Jacob" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.112705" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05210990v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dru" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cns0000441" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724659v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bernuz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Laujac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Sirial" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Auffret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Preda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40798-024-00758-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02012232v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;lat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ferrel-Chapus" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci8110195" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02132857v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Heurley" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caharel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2018.10.016" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02281017v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armande Le Pellec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017012" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467688v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Rouis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Jaafar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Attiogb&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Vandewalle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hukin-2015-0184" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467700v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Fillard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276770v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Tarak" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.12523" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467708v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy David Noakes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0136330" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344857v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000575" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01344542v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2013.865253" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469462v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armande Le Pellec-Muller" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2011.04.030" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4R8VBLMQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02963366v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c P Heurley" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219575v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;hania Doumbia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Renard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffray Bonnin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3563359.3596982" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03173601v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hantier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365471v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dinet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Nouchi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei Sakaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02476031v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Rivasseau-Jonveaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02304240v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276657v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276550v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276558v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02276646v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291491v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni de Marco" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291492v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291494v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291504v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane de Oliveira" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291501v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02291497v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469726v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469738v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Termoz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02275484v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510199v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02310359v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>