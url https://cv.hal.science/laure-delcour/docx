--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -189,51 +189,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -597,340 +597,344 @@
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.167-189, 2019, 978-2271116949</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02309738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réception des accords d’association en Géorgie, Moldavie et Ukraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Delcour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne de Tinguy (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards sur l’Eurasie - L’année politique 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Etudes du CERI n°228-229, , pp.19-24, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25647/etudesduceri.228-229.03⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03845674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Policy Transfer and Norm Circulation: Towards an Interdisciplinary and Comparative Approach, L. Delcour, E. Tulmets (dir.), Londres: Routledge, 2019, 304 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Delcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tulmets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Routledge. , 284 p., 2019, 978-1138299030</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02309720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regionalism as You Like It? Armenia and the Eurasian Integration Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Delcour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Spectator. Italian Journal of International Affairs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 53 (3), pp.55-69. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/03932729.2018.1483608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02189460v2</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-03845674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réception des accords d’association en Géorgie, Moldavie et Ukraine</w:t>
               </w:r>
@@ -1199,51 +1203,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1EC93CE5"/>
+    <w:nsid w:val="1BE92F79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1430,51 +1434,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-delcour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4753-7027" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067249663" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/81069315" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000071446190" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517255v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Delcour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/etudesduceri.284-285.08" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961308v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/etudesduceri.277-278.07" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459373v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/etudesduceri.273-274.06" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02309755v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02309738v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02309720v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Tulmets" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189460v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03932729.2018.1483608" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845674v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/etudesduceri.228-229.03" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03458914v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03429935v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Tinguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Armandon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-delcour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4753-7027" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067249663" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/81069315" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000071446190" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517255v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Delcour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/etudesduceri.284-285.08" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961308v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/etudesduceri.277-278.07" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459373v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/etudesduceri.273-274.06" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02309755v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02309738v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845674v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/etudesduceri.228-229.03" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02309720v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Tulmets" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189460v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03932729.2018.1483608" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03458914v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03429935v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Tinguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Armandon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>