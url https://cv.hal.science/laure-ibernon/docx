--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -609,261 +609,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05056890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preserved phonological but impaired semantic processing in Williams syndrome: Evidence from a word association judgment task</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christelle Declercq</w:t>
+                <w:t xml:space="preserve">When Language Is Not Enough: How to Explain ToM Abilities of Individuals with Williams Syndrome and Down Syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Touchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Developmental Disabilities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ridd.2025.105134⟩</w:t>
+              <w:t xml:space="preserve">Disabilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/disabilities5010004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05339081v1</w:t>
+                <w:t xml:space="preserve">hal-04904213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When Language Is Not Enough: How to Explain ToM Abilities of Individuals with Williams Syndrome and Down Syndrome</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Pochon</w:t>
+                <w:t xml:space="preserve">Preserved phonological but impaired semantic processing in Williams syndrome: Evidence from a word association judgment task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Hippolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Majerus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marec-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Declercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disabilities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (1), pp.4. </w:t>
+              <w:t xml:space="preserve">Research in Developmental Disabilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 166, pp.105134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/disabilities5010004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ridd.2025.105134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04904213v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05339081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Educational practices for the language development of students with intellectual developmental disorder in the school setting: a systematic review</w:t>
               </w:r>
@@ -953,64 +953,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive Profiles of French Individuals with Williams Syndrome and Down Syndrome: What’s Up? What’s Next?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Touchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1070,64 +1070,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recognition of Basic Emotions with and without the Use of Emotional Vocabulary by Adolescents with Down Syndrome.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Touchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1568,64 +1568,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotion Recognition as a Real Strength in Williams Syndrome: Evidence From a Dynamic Non-verbal Task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Touchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9 (463), </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1763,64 +1763,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotion Recognition in Adolescents with Down Syndrome: A Nonverbal Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Touchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2082,265 +2082,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04348456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Langage et théorie de l’esprit : étude exploratoire auprès d’individus présentant une trisomie 21 ou un syndrome de Williams</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Pochon</w:t>
+                <w:t xml:space="preserve">Troubles morphosyntaxiques chez l’enfant sourd et chez l’enfant dysphasique : similarités et spécificités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Bourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ibernon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Le Driant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis Levrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Vandromme</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de Neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8, pp.161-72</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04348459v1</w:t>
+                <w:t xml:space="preserve">hal-01796576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Troubles morphosyntaxiques chez l’enfant sourd et chez l’enfant dysphasique : similarités et spécificités</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Bourdin</w:t>
+                <w:t xml:space="preserve">Langage et théorie de l’esprit : étude exploratoire auprès d’individus présentant une trisomie 21 ou un syndrome de Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Touchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Pochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Vandromme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luc Vandromme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Neuropsychologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n° 42 (2), pp.171-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdle.042.0171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01796576v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04348459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grammatical gender attribution, input statistics and the default gender in French children: A reply to Kerkhoff</w:t>
               </w:r>
@@ -4474,51 +4474,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linguistic and social abilities in French participants with Williams syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Touchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Vandromme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4906,260 +4906,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04422369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’entrée à l’école à l’entrée dans l’âge adulte des élèves porteurs d’une déficience intellectuelle en France : quel suivi possible ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Semantic and phonological association norms in french-speking children aged 4 to 9 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marec Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Federica Cilia</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Hippolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Declercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Golly Ledoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque International du Réseau Interuniversitaire de PSYchologie du DEVeloppement et de l’Education (RIPSYDEVE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">22nd conference of European Society For Cognitive Psychology (ESCOP 22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04422741v1</w:t>
+                <w:t xml:space="preserve">hal-04957067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic and phonological association norms in french-speking children aged 4 to 9 years</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De l’entrée à l’école à l’entrée dans l’âge adulte des élèves porteurs d’une déficience intellectuelle en France : quel suivi possible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Valérie Golly Ledoux</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Cilia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd conference of European Society For Cognitive Psychology (ESCOP 22)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">14ème Colloque International du Réseau Interuniversitaire de PSYchologie du DEVeloppement et de l’Education (RIPSYDEVE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957067v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04422741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic and phonological association norms in French speaking children from ages 4 to 9 years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Golly Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Hippolyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5236,51 +5236,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normes d’association sémantique et phonologique chez l’enfant au développement typique de 4 à 9 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Golly Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Hippolyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5459,191 +5459,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04422745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capacités communicatives et sociales d’enfants présentant une déficience intellectuelle : comparaison entre syndrome de Williams et syndrome de Down</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Rôle du niveau de vocabulaire général dans la reconnaissance et la compréhension des émotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Pochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Touchet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Vandromme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études « Besoins Particuliers et Pratiques Inclusives »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Amiens, France</w:t>
+              <w:t xml:space="preserve">Colloque Langage et Emotions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04422782v1</w:t>
+                <w:t xml:space="preserve">hal-04422758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconnaissance des émotions chez l’enfant : comparaison de deux méthodes avec et sans recours au lexique émotionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Touchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Degout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5675,122 +5675,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04422768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle du niveau de vocabulaire général dans la reconnaissance et la compréhension des émotions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Capacités communicatives et sociales d’enfants présentant une déficience intellectuelle : comparaison entre syndrome de Williams et syndrome de Down</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Touchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Vandromme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Langage et Emotions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Reims, France</w:t>
+              <w:t xml:space="preserve">Journée d’études « Besoins Particuliers et Pratiques Inclusives »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04422758v1</w:t>
+                <w:t xml:space="preserve">hal-04422782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dyslexie chez les enfants à haut potentiel intellectuel</w:t>
               </w:r>
@@ -6186,51 +6186,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E83AEB71"/>
+    <w:nsid w:val="0C1CACB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6417,51 +6417,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-ibernon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7432-5364" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140207090" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAO-3250-2020" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05093937v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hippolyte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Majerus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ponthot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien N. Fernandez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ibernon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2025.106236" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04920464v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ribeiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marec-Breton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Declercq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01427237251313567" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056890v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Villatte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lacroix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Declerq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bs15050595" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05339081v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2025.105134" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04904213v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Touchet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Pochon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/disabilities5010004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04701650v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Janho Dit Hreich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bourdin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2024.1422139" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04348436v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/disabilities3010008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03711178v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bs12060167" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422784v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Cilia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.16489" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278685v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348477v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Berzin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monchaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.652.0013" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348468v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bourdin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Aubry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ibernon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.09.002" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799630v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.00463" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03601320v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aubry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800473v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci7060055" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930233v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.042.0011" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348456v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Le Driant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Levrez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vandromme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2016.0386" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348459v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.042.0171" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796576v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348448v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boloh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0142723713499851" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348452v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0142723713499848" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062570v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062571v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348450v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Escudier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Royer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0142723711422621" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062574v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2009.09.011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KM2RJ8Q4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04348444v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04348442v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2010.07.013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCD78K1S-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062576v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Danillon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2009.07.019" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8HLJTZH7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04348439v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302339v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Blondelle" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Carra" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Collin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302323v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466839v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Booms" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caillies" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422794v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422788v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422802v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jahno Dit Hreich" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422806v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlay Indoumou-Peppe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmony Duclos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Hainselin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422810v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lacot-Leriche" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422822v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422832v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422836v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422827v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422372v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fernandez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422369v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422741v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957067v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marec Breton" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Golly Ledoux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422382v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422418v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422745v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422782v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422768v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boudet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Degout" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422758v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422747v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436884v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422354v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-ibernon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7432-5364" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140207090" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAO-3250-2020" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05093937v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hippolyte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Majerus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ponthot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien N. Fernandez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ibernon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2025.106236" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04920464v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ribeiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marec-Breton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Declercq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01427237251313567" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056890v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Villatte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lacroix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Declerq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bs15050595" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04904213v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Touchet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Pochon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/disabilities5010004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05339081v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2025.105134" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04701650v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Janho Dit Hreich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bourdin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2024.1422139" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04348436v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/disabilities3010008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03711178v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bs12060167" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422784v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Cilia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.16489" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278685v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348477v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Berzin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monchaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.652.0013" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348468v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bourdin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Aubry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ibernon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.09.002" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799630v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.00463" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03601320v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aubry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800473v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci7060055" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930233v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.042.0011" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348456v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Le Driant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Levrez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vandromme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2016.0386" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796576v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.042.0171" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348448v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boloh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0142723713499851" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348452v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0142723713499848" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062570v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062571v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348450v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Escudier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Royer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0142723711422621" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062574v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2009.09.011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KM2RJ8Q4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04348444v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04348442v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2010.07.013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCD78K1S-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062576v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Danillon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2009.07.019" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8HLJTZH7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04348439v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302339v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Blondelle" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Carra" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Collin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302323v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466839v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Booms" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caillies" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422794v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422788v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422802v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jahno Dit Hreich" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422806v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlay Indoumou-Peppe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmony Duclos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Hainselin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422810v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lacot-Leriche" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422822v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422832v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422836v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422827v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422372v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fernandez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422369v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957067v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marec Breton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Golly Ledoux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422741v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422382v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422418v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422745v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422758v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422768v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boudet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Degout" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422782v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422747v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436884v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422354v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>