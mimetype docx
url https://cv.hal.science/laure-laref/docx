--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -311,286 +311,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04904832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La surveillance dans les procédures alternatives aux poursuites pénales</w:t>
+                <w:t xml:space="preserve">Le recours judiciaire préventif en cas d'indignité des conditions de détention : une solution effective et efficace ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ludwiczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surveillance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Dalloz, pp.213, 2024, thèmes et commentaires, 978-2-247-23077-8</w:t>
+              <w:t xml:space="preserve">Les pratiques d'enfermement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, A paraître, Droit, société et risque</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04424185v1</w:t>
+                <w:t xml:space="preserve">hal-04424118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la vigilance citoyenne au vigilantisme ou les affres de l’état de vigilance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La surveillance dans les procédures alternatives aux poursuites pénales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ludwiczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surveillance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dalloz, 2024, Thèmes et commentaires</w:t>
+              <w:t xml:space="preserve">, Editions Dalloz, pp.213, 2024, thèmes et commentaires, 978-2-247-23077-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04906638v1</w:t>
+                <w:t xml:space="preserve">hal-04424185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le recours judiciaire préventif en cas d'indignité des conditions de détention : une solution effective et efficace ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la vigilance citoyenne au vigilantisme ou les affres de l’état de vigilance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les pratiques d'enfermement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, A paraître, Droit, société et risque</w:t>
+              <w:t xml:space="preserve">Surveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2024, Thèmes et commentaires</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04424118v1</w:t>
+                <w:t xml:space="preserve">hal-04906638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La justice pénale à Kaamelott ou quand les prérogatives du Sanguinaire confrontent les aspirations du Juste</w:t>
               </w:r>
@@ -754,98 +754,447 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fraternité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Universitaire Varenne, 2018, Colloques et Essais</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04356241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La surveillance en droit pénal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Laref</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">mare &amp; martin, 2025, Bibliothèque des Thèses</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05443581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Code pénal de 1994 : 30 ans d'application et d'évolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Beddiar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Laref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Laref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LexisNexis, 2025, 978-2-7110-4211-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05424419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surveillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Laref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Laref</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dalloz, 2024, Thèmes et commentaires</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04906588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pratiques d'enfermement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Laref</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chercheurs invités, avec Laure Laref, à intégrer un groupe de recherche universitaire et interdisciplinaire (ss dir. Y. Bruna et Beatriz Collantes, MCF à l’Université de Paris-Nanterre) ayant pour thématique La surveillance, singulièrement la surveillance des corps. Les résultats produits dans le cadre de ce projet feront l’objet de rapports, d’articles scientifiques, d’un colloque, etc. Projet soutenu (SCORN) dans le cadre de l'Appel à projets interdisciplinaires « Faire à plusieurs, 2024 », Maison des sciences humaines et sociales MSH Mondes/CNRS, 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -854,51 +1203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -908,51 +1257,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la surveillance des évènements sportifs à la surveillance des jeux Olympiques et Paralympiques de Paris 2024 : la sécurité triomphante ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -968,73 +1317,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures &amp; conflits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 138, pp. 65-83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05443241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surveillance et protection des droits fondamentaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1050,73 +1399,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From monitoring sporting events to monitoring the Paris 2024 Olympic and Paralympic Games: safety triumphant?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1132,73 +1481,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Political Anthropological Research on International Social Sciences (PARISS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp. 92-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surveillance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1214,73 +1563,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, (AJ Pénal 2023, p.107)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04345497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surveillance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1296,751 +1645,402 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, (AJ Pénal 2023, p. 6)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04345495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évolution du cadre juridique de la prise en charge des patients faisant l'objet d'une hospitalisation sans consentement pour des soins psychiatriques : une protection en demi-teinte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexbase Droit privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04353996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limites de la surveillance horizontale professionnelle face à la liberté d’expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Nouveau rappel de la primauté de l’interprétation grammaticale de l’article 222-13, 11° du Code pénal : les établissements pénitentiaires ne relèvent pas des locaux de l’administration visés par ce texte »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexbase Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04351146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modalités du droit de communication du détenu avec son avocat : constitutionnalité</w:t>
+                <w:t xml:space="preserve">La surveillance post-pénale : l'inexorable fuite en avant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04351061v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La surveillance post-pénale : l'inexorable fuite en avant</w:t>
+                <w:t xml:space="preserve">Modalités du droit de communication du détenu avec son avocat : constitutionnalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...307 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-04354435v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04351061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2671,51 +2671,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'enfermement des mineurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Beddiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2747,217 +2747,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04464833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexions prospectives autour des pratiques d'enfermement</w:t>
+                <w:t xml:space="preserve">L’enfermement injustifié ou contra legem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Humbert</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Motte Dit Falisse</w:t>
+                <w:t xml:space="preserve">Béatrice Pastre-Belda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les pratiques d'enfermement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laure Laref; C3RD, Dec 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04464855v1</w:t>
+                <w:t xml:space="preserve">hal-04464825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enfermement injustifié ou contra legem</w:t>
+                <w:t xml:space="preserve">Réflexions prospectives autour des pratiques d'enfermement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michaël Laref</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Pastre-Belda</w:t>
+                <w:t xml:space="preserve">Jean Motte Dit Falisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les pratiques d'enfermement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laure Laref; C3RD, Dec 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04464825v1</w:t>
+                <w:t xml:space="preserve">hal-04464855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conditions de vie dans lieux de privation de liberté en France</w:t>
               </w:r>
@@ -3485,51 +3485,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443486v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Laref" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904837v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904832v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04424185v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ludwiczak" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Laref" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906638v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04424118v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354399v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354408v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356241v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889817v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443241v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880714v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055089v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345497v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345495v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353996v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914643v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351146v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351061v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350982v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443581v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05424419v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Beddiar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chabert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Humbert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906588v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354435v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464901v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906660v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351213v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332731v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04424164v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464805v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Pratali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464820v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel David" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Castaing" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464833v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sall&#233;e" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464855v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Motte Dit Falisse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464825v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Pastre-Belda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464811v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pollet Panoussis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353517v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353742v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356031v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tharaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#233;cuyer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Laurent-Boutot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443486v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Laref" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904837v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904832v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04424118v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ludwiczak" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Laref" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04424185v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906638v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354399v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354408v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356241v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443581v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05424419v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Beddiar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chabert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Humbert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906588v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354435v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889817v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443241v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880714v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055089v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345497v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345495v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353996v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914643v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351146v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350982v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351061v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464901v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906660v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351213v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332731v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04424164v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464805v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Pratali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464820v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel David" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Castaing" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464833v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sall&#233;e" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464825v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Pastre-Belda" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464855v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Motte Dit Falisse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464811v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pollet Panoussis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353517v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353742v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356031v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tharaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#233;cuyer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Laurent-Boutot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>