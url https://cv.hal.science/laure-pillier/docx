--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1695,433 +1695,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Study of Oxygen Enrichment Effects on Turbulent Non-premixed Swirling Flames</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of O2 enrichment and CO2 dilution on laminar methane flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimiro Osorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iskender Gökalp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ef400843c⟩</w:t>
+              <w:t xml:space="preserve">Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 55 (15), pp.1055-1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.energy.2013.04.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01858553v1</w:t>
+                <w:t xml:space="preserve">hal-00836638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Lean Premixed Methane Combustion with CO 2 Dilution under Gas Turbine Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Cabot</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelakrim Mourad Boukhalfa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 27 (2), pp.1093-1103. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ef3016365⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02014965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of O2 enrichment and CO2 dilution on laminar methane flames</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental Study of Oxygen Enrichment Effects on Turbulent Non-premixed Swirling Flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazim Merlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Boushaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27 (10), pp.6191 - 6197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ef400843c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.energy.2013.04.041⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00836638v1</w:t>
+                <w:t xml:space="preserve">hal-01858553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of C2 and C3 compounds of natural gas on NO formation: an experimental study based on LIF/CRDS coupling</w:t>
               </w:r>
@@ -2235,371 +2235,371 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02315769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of stable minor species in confined flames by cavity ring-down spectroscopy: application to NO</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">NO reburning study based on species quantification obtained by coupling LIF and cavity ring-down spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Moreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">X. Mercier</w:t>
+                <w:t xml:space="preserve">Xavier Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.F. Pauwels</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s003400200817⟩</w:t>
+              <w:t xml:space="preserve">Faraday Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 119 (1), pp.305-319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b102123k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315761v1</w:t>
+                <w:t xml:space="preserve">hal-02315764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NO reburning study based on species quantification obtained by coupling LIF and cavity ring-down spectroscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
+                <w:t xml:space="preserve">Quantification of stable minor species in confined flames by cavity ring-down spectroscopy: application to NO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Carlier</w:t>
+                <w:t xml:space="preserve">C. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Pauwels</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.F. Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faraday Discussions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 119 (1), pp.305-319. </w:t>
+              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 74 (4-5), pp.427-434. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/b102123k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s003400200817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02315764v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative measurement of CN radical in a low-pressure methane/air flame by cavity ring-down spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2930,326 +2930,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How ozone affects the product distribution inside cool flames of diethyl ether</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yann Fenard</w:t>
+                <w:t xml:space="preserve">Absolute Absorption Cross-Section of C2H5O2 Radicals and Kinetic of Its Self-Reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cuihong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirna Shamas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Assali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaofeng Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weijun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">26th International Symposium on Gas Kinetics and Related Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531419v1</w:t>
+                <w:t xml:space="preserve">hal-04466025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absolute Absorption Cross-Section of C2H5O2 Radicals and Kinetic of its Self-Reaction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Weijun Zhang</w:t>
+                <w:t xml:space="preserve">How ozone affects the product distribution inside cool flames of diethyl ether</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Panaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killyan Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Lahccen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Fenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th QUADMARTS Network meeting, Lille</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04465990v1</w:t>
+                <w:t xml:space="preserve">hal-04531419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absolute Absorption Cross-Section of C2H5O2 Radicals and Kinetic of Its Self-Reaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Absolute Absorption Cross-Section of C2H5O2 Radicals and Kinetic of its Self-Reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirna Shamas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuihong Zhang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mirna Shamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Assali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3259,600 +3259,600 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weijun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Symposium on Gas Kinetics and Related Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">4th QUADMARTS Network meeting, Lille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466025v1</w:t>
+                <w:t xml:space="preserve">hal-04465990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a stagnation plate burner as a new support to study cool flame chemistry</w:t>
+                <w:t xml:space="preserve">Experimental study of premixed ozone-seeded DME/O2 cool flames on a stagnation plate burner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Mokrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Batut</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hecquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vanhove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Chemical Kinetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Orléans, France</w:t>
+              <w:t xml:space="preserve">European Combustion meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04533197v1</w:t>
+                <w:t xml:space="preserve">hal-02380597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and validation of a new experimental set-up to study reactions between peroxy RO2 + HOx radicals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a stagnation plate burner as a new support to study cool flame chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Mokrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Panaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Kravtchenko</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laure Pillier</w:t>
+                <w:t xml:space="preserve">Guillaume Vanhove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXVIIIème édition du colloque annuel du groupe français de cinétique et de photochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Rennes (FR), France</w:t>
+              <w:t xml:space="preserve">International Conference on Chemical Kinetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04465094v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04533197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and validation of a new experimental set-up to study reactions between peroxy RO2 + HOx radicals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kravtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Calimet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christa Fittschen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christa Fittschen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Chemical Kinetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Orléans, France</w:t>
+              <w:t xml:space="preserve">XXXVIIIème édition du colloque annuel du groupe français de cinétique et de photochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rennes (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04465949v1</w:t>
+                <w:t xml:space="preserve">hal-04465094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of premixed ozone-seeded DME/O2 cool flames on a stagnation plate burner</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nabil Mokrani</w:t>
+                <w:t xml:space="preserve">Development and validation of a new experimental set-up to study reactions between peroxy RO2 + HOx radicals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kravtchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Batut</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Vanhove</w:t>
+                <w:t xml:space="preserve">Bénédicte Calimet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christa Fittschen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion meeting 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">11th International Conference on Chemical Kinetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02380597v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04465949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of oxygen enrichment and CO2 dilution on laminar methane flame velocities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianxi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3955,51 +3955,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimiro Osorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque 2011 PIE CNRS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Montpellier, France</w:t>
@@ -4054,51 +4054,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bounaceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4153,51 +4153,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification des HAP, des suies et du radical C2 dans une flamme de diffusion par le couplage des techniques LIF, LII et CRDS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schoemaecker-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4287,64 +4287,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure de la concentration absolue de NO dans une flamme par Cavity Ring-Down Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4470,64 +4470,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hecquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vanhove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Combustion Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4578,77 +4578,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Mokrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Panaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vanhove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Chemical Kinetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4757,51 +4757,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vanhove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4878,51 +4878,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vanhove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4986,64 +4986,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hecquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vanhove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5387,51 +5387,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131050v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Batut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pillier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bourgalais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Panaget" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Demaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP00887E" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376944v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bragan&#231;a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Lahccen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cuvier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.130766" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243829v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killyan Potier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.081" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777730v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirna Shamas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Assali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuihong Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofeng Tang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijun Zhang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.1c00343" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03327801v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics8080296" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375726v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie de Persis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Idir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Molet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lamoureux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2019.116331" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297725v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.07.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909836v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El Merhubi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desgroux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2015.11.007" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BV1FNPZR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858508v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Merlo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Boushaki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauveau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2013.11.019" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858510v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Davidenko" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngbin Yoon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.09.010" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612380v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cabot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calbry" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradip Xavier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. De Persis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2014-25781" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858509v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Djehiche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Linh Le Tan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaithanya Jain" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja510719k" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858553v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef400843c" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014965v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskender G&#246;kalp" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelakrim Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef3016365" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836638v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimiro Osorio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2013.04.041" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0BCWGXWM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315769v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pillier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Bakali" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mercier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rida" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Pauwels" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.057" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315761v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Pauwels" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003400200817" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/12345ADBCB334257E386F8D54FC6CA1E49E831BF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315764v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mercier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El Bakali" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Carlier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pauwels" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b102123k" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9350EE0481F510F9DDF364F070B212E38B2CAF99/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315759v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2147(01)01238-0" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNRJQ49D-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799127v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian M. Hays" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman A. Motiyenko" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Margul&#232;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482674v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghoufrane Abichou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Shamas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Schoemaecker" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Fittschen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531419v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465990v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466025v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533197v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mokrani" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vanhove" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465094v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kravtchenko" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Calimet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465949v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02380597v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Batut" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hecquet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618568v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianxi Zhou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015492v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Favre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Belaissaoui" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017460v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Persis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bounaceur" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330118v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schoemaecker-Moreau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Therssen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330111v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akim Rida" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503631v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02379270v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533117v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gahfif" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533139v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533170v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794711v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Popinet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Itina" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cinquin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cordier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131050v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Batut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pillier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bourgalais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Panaget" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Demaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP00887E" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376944v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bragan&#231;a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Lahccen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cuvier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.130766" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243829v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killyan Potier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.081" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777730v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirna Shamas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Assali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuihong Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofeng Tang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijun Zhang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.1c00343" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03327801v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics8080296" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375726v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie de Persis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Idir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Molet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lamoureux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2019.116331" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297725v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.07.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909836v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El Merhubi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desgroux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2015.11.007" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BV1FNPZR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858508v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Merlo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Boushaki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauveau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2013.11.019" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858510v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Davidenko" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngbin Yoon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.09.010" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612380v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cabot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calbry" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradip Xavier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. De Persis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2014-25781" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858509v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Djehiche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Linh Le Tan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaithanya Jain" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja510719k" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836638v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimiro Osorio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskender G&#246;kalp" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2013.04.041" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0BCWGXWM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014965v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelakrim Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef3016365" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858553v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef400843c" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315769v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pillier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Bakali" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mercier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rida" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Pauwels" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.057" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315764v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mercier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El Bakali" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Carlier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pauwels" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b102123k" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9350EE0481F510F9DDF364F070B212E38B2CAF99/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315761v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Pauwels" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003400200817" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/12345ADBCB334257E386F8D54FC6CA1E49E831BF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315759v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2147(01)01238-0" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNRJQ49D-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799127v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian M. Hays" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman A. Motiyenko" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Margul&#232;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482674v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghoufrane Abichou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Shamas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Schoemaecker" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Fittschen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466025v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531419v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465990v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02380597v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mokrani" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Batut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hecquet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vanhove" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533197v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465094v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kravtchenko" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Calimet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465949v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618568v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianxi Zhou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015492v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Favre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Belaissaoui" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017460v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Persis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bounaceur" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330118v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schoemaecker-Moreau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Therssen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330111v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akim Rida" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503631v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02379270v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533117v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gahfif" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533139v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533170v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794711v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Popinet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Itina" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cinquin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cordier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>