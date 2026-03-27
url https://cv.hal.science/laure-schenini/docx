--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> laure schenini </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral Evolution of the Deep Crustal Structure of the Lesser Antilles Subduction Zone from Wide-Angle Seismic Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tektonika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3 (2), pp.108-126. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.55575/tektonika2025.3.2.77⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">50-year seasonal variability in East African droughts and floods recorded in central Afar lake sediments (Ethiopia) and their connections with the El Niño-Southern Oscillation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Mologni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaumillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Coulombier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (8), pp.1837-1860. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-20-1837-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural evolution of the southern Ecuadorian forearc in the Santa Elena Peninsula region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bulois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Saillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Espurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Reyes Benítez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of South American Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 130, pp.104503. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsames.2023.104503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From long‐ to short‐term inter‐plate coupling at the subducted Carnegie Ridge crest, offshore Central Ecuador</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J‐Y Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J‐n. Proust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J‐m Nocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Martillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 127 (8), pp.e2022JB024192. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022JB024192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03750721v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost islands in the northern Lesser Antilles: possible milestones in the Cenozoic dispersal of terrestrial organisms between South-America and the Greater Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Münch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelle Boudagher-Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Quillévéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth-Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 217, pp.103617. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.earscirev.2021.103617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relations between the Aves Ridge and the Grenada back‐arc Basin, East Caribbean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (2), pp.e2020JB020466. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020JB020466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118193v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleogene V‐Shaped Basins and Neogene Subsidence of the Northern Lesser Antilles Forearc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020tc006524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep structure of the Grenada Basin from wide‐angle seismic, bathymetric and gravity data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020JB020472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pervasive detachment faults within the slow spreading oceanic crust at the poorly coupled Antilles subduction zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Earth &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2, pp.203. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s43247-021-00269-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elongated giant seabed polygons and underlying polygonal faults as indicators of the creep deformation of Pliocene to recent sediments in the Grenada Basin, Caribbean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Beaufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Oliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (12), pp.e2021GC009809. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2021gc009809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03450495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seismic Exploration of the Deep Structure and Seismogenic Faults in the Ligurian Sea by Joint Multi Channel and Ocean Bottom Seismic Acquisitions: Preliminary Results of the SEFASILS Cruise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chamot-Rooke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Corradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (3), pp.108. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/geosciences10030108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bunce Fault and Strain Partitioning in the Northern Lesser Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Graindorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 46 (16), pp.9573-9582. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019GL083490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crustal-scale depth imaging via joint full-waveform inversion of ocean-bottom seismometer data and pre-stack depth migration of multichannel seismic data: a case study from the eastern Nankai Trough</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Górszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Operto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasuhiro Yamada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (3), pp.765-784. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/se-10-765-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep structure of the continental margin and basin off Greater Kabylia, Algeria – New insights from wide-angle seismic data modeling and multichannel seismic interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chafik Aïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Karim Yelles-Chaouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Bracène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 728-729, pp.1 - 22. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tecto.2018.01.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D travel-time tomography of the incoming plate at the Northern Lesser Antilles subduction trench</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Prada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Roest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haibo Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-6526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manta-Ray: a study of the relationship between fluids and seismicity in the Lesser Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-7066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tectonic accommodation of the northern Antilles strike slip to subduction transition along the Porto-Rico – Anegada – Lesser Antilles Margin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Catherine Domoison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Albert Audemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General assembly 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-13411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le lac Abhé en République Djiboutienne : comparaison de la prospection sismique à haute résolution et d'une séquence sédimentaire sur les derniers 6500 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bretonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaumillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillemette Ménot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Colloque Climat et Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour d’expérience de la mission de carottage et de sismique au sein du lac Abhé en République Djiboutienne en 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaumillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Thouveny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bretonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème congrès de sédimentologie de France (Lille, France, Novembre 2024) - session Carottages continentaux : avancées technologiques, retours de mission, idées de mission.. (dir. Fabien Arnaud Edytem, CNRS, U-Alpes Grenoble ; Trevor Popp &amp; Doris Thuillier CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degassing of the Amazon deep-sea fan: new views from the AMAGAS campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Praeg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Migeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Ketzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cleverson Guizan Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Poort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RST 2023 - 28e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France, Oct 2023, Rennes, France. https://rst2023-rennes.sciencesconf.org/486766</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subduction d'une croûte océanique hydratée aux Petites Antilles - Premiers resultats de la campagne oceanographique Manta-Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurhellen de Larocque Latour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28ème réunion des sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Rennes (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulation de fluides à travers l'avant arc externe de la subduction des Petites Antilles du Nord, influence sur la sismicité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kingsley Ezenwaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28ème réunion des sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Rennes (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in seasonal East African droughts and flood magnitudes recorded in Central Afar lakes sediments (Ethiopia and Djibouti) and their connections with ENSO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Mologni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaumillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion des Sciences de la Terre (RST) 2023, 28ème édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seismic imaging across a slow slip event area, along the Ecuadorian subduction zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Skrubej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rietbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2022 (AGU 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Geophysical Union, Dec 2022, Chicago, United States. pp.T53B-02</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04288486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluids Circulation in Subduction Zones: How Fluids Impact Seismic/Aseismic Slip in Ecuador ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rietbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2022 (AGU 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Geophysical Union, Dec 2022, Chicago, United States. pp.T32E-0202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03937480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Evolution of southern Ecuadorian forearc (Santa Elena Peninsula)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bulois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Saillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Espurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Reyes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin American and Caribbean Seismological Commission (LACSC) 4th Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Latin American and Caribbean Seismological Commission, 2022, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04115767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Evolution of the southern Ecuadorian forearc in the Santa Elena Peninsula region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Saillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bulois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Espurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Reyes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Geophysical Union, Dec 2022, Chicago (IL), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04115761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure du bassin Ligure : apport de l’exploitation conjointe des données OBS et MSC de la campagne SEFASILS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Canva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural inversion of the North Ligurian margin: results from the SEFASILS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Canva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, on-line, France. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-9759⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation between Fluid Migration and the Deep Crustal Structure at the Lesser Antilles Island arc.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03588172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of strain partitioning in the Northern Lesser Antilles (Guadeloupe to Virgin Island)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graindorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pervasive compression and deep structure of the Hellenic subduction forearc, west of Crete, revealed by penetrative long offset multichannel seismic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Ghalya Hussni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Becel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, New orleance, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Results from the SEFASILS Experiment: Evidence for Mantle Exhumation in the Ligurian basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Canva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations génétiques entre la Ride d'Aves et le bassin arrière-arc de Grenade, Caraïbe orientale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03588175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multichannel Seismic Imaging of the Northern Andean subduction margin in Ecuador: preliminary seismic processing results from HIPER campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Skrubej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-9551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l'interprétation sismostratigraphique à travers l'arc des Petites Antilles à la compréhension des mouvements verticaux régionaux au cours du Cénozoïque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic Relations Between the Aves Ridge and the Grenada Back-Arc Basin, East Caribbean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Fredeŕic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travel-time tomography imaging the Ecuadorian subduction, north of the Mw 7.8 Pedernales earthquake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Skrubej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rietbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. pp.10959, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change and human lakeside adaptation in the Central Afar Region (Lake Abhe basin, Ethiopia & Djibouti) during the Later Stone Age - Neolithic transition: a multi-scalar and multi-proxy approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Mologni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamya Khalidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessie Cauliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd EGU General Assembly, held online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Online, Austria. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-10806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging the megathrust in subduction zones: lessons from Greece, Ecuador and the Lesser Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Agurto-Detzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bécel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chalumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-14636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The active North Ligurian domain: new geophysical insight from the SEFASILS cruise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sambolian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Canva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-10047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02525588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleogeographic reconstructions of the northern Lesser Antilles during the Neo-gene (24-2 Ma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelle Boudagher-Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Quillévéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caribbean science and Innovation Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Le Gosier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02898861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is “V” shaped Basins and Spurs system in Northern Lesser Antilles Forearc related to transition from Subduction to Collision? - T31D-0270</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melodie Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of strain partitioning in the Northern Lesser Antilles (Guadeloupe to Virgin Island).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graindorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AGU, Dec 2019, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seismic exploration of the deep structure and seismogenic faults in the Ligurian Sea by joint MCS and OBS acquisition: preliminary results of the SEFASILS cruise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chamot-Rooke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Corradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMEKO TC-19 International Workshop on Metrology for the Sea (MetroSea 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Genoa, Italy. p.70-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution seismic imaging in shallow salt environment: preliminary results from the SEFASILS campaign, NS11A-04</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sambolian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bachir Miguil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Operto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-stack depth Migration imaging of the Hellenic Subduction Zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. G. Hussni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Becel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. X. Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, New orleance, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Seismic Imaging of the Hellenic Subduction Zone with New MCS Data of the SISMED Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Becel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Hussni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. X. Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, san francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tectonic inversion along the Algerian and Ligurian margins: on the insight provided by latest seismic processing techniques applied to recent and vintage 2D offshore multichannel seismic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabia Badji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02484241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement sismique sur la grille et sa communauté d'utilisateurs EGEODE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Delescluse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Dubernet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Scientifiques France Grilles 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00658713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping the Basement along the Northern Ecuadorian Margin using Refraction and Reflexion Data from the HIPER Experiment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delsuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rietbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2024 (AGU 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Whashington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seismic Imaging of the Ecuadorian Subduction Zone : From Conventional Seismic Processing to Advanced Imaging Workflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Skrubej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep structure of the Grenada Basin from wide-angle seismic, bathymetric and gravity data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-11712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crustal “V” shape fracturing in Northern Lesser Antilles Forearc: Impact on segmentation of the seismogenic zone.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the genetic relations between the Grenada Basin, the Aves Ridge, and the Lesser Antilles: a structural and stratigraphic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge E. Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is “V” shaped Basins and Spurs system in Northern Lesser Antilles Forearc related to transition from Subduction to Collision?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geodynamic of the Lesser Antilles Back arc Domain; contributions of the GARANTI cruise, in the Grenada Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active normal faulting along the compressional margin of the Santa Elena Peninsula region (Ecuador) : inheritance processes of extensional settings related to active orogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bulois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Saillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lizeth Cisneros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposim on Andean Geodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Northern Lesser Antilles strain evolution during Eocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudagher-Fadel Marcelle K.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Gailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">East Algerian margin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boualem Bouyahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abtout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Déverchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkarim Yelles-Chaouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Messinian Salinity Crisis markers in the Mediterranean Sea - Volume 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.36-37, 2018, 9782917310373. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.10682/2018MESSINV2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giant seabed polygons and underlying polygonal faults in the Caribbean Sea as markers of the sedimentary cover extension in the Grenada Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solene Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Beaufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Oliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de campagne à la mer, Flotte Océanographique Française, Appel d'offre 2018 : Multi-disciplinary investigation of fluid venting from gas hydrate system in the Nile deep-sea fan (SEAGAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Migeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel-Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gueorgui Ratzov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Oregioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02156791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId222"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> laure schenini </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral Evolution of the Deep Crustal Structure of the Lesser Antilles Subduction Zone from Wide-Angle Seismic Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tektonika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3 (2), pp.108-126. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.55575/tektonika2025.3.2.77⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">50-year seasonal variability in East African droughts and floods recorded in central Afar lake sediments (Ethiopia) and their connections with the El Niño-Southern Oscillation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Mologni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaumillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Coulombier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (8), pp.1837-1860. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-20-1837-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural evolution of the southern Ecuadorian forearc in the Santa Elena Peninsula region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bulois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Saillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Espurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Reyes Benítez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of South American Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 130, pp.104503. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsames.2023.104503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From long‐ to short‐term inter‐plate coupling at the subducted Carnegie Ridge crest, offshore Central Ecuador</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J‐Y Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J‐n. Proust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J‐m Nocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Martillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 127 (8), pp.e2022JB024192. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022JB024192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03750721v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep structure of the Grenada Basin from wide‐angle seismic, bathymetric and gravity data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020JB020472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleogene V‐Shaped Basins and Neogene Subsidence of the Northern Lesser Antilles Forearc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020tc006524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic relations between the Aves Ridge and the Grenada back‐arc Basin, East Caribbean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (2), pp.e2020JB020466. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020JB020466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118193v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost islands in the northern Lesser Antilles: possible milestones in the Cenozoic dispersal of terrestrial organisms between South-America and the Greater Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Münch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelle Boudagher-Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Quillévéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth-Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 217, pp.103617. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.earscirev.2021.103617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pervasive detachment faults within the slow spreading oceanic crust at the poorly coupled Antilles subduction zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Earth &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2, pp.203. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s43247-021-00269-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elongated giant seabed polygons and underlying polygonal faults as indicators of the creep deformation of Pliocene to recent sediments in the Grenada Basin, Caribbean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Beaufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Oliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (12), pp.e2021GC009809. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2021gc009809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03450495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seismic Exploration of the Deep Structure and Seismogenic Faults in the Ligurian Sea by Joint Multi Channel and Ocean Bottom Seismic Acquisitions: Preliminary Results of the SEFASILS Cruise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chamot-Rooke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Corradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (3), pp.108. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/geosciences10030108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bunce Fault and Strain Partitioning in the Northern Lesser Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Graindorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 46 (16), pp.9573-9582. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019GL083490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crustal-scale depth imaging via joint full-waveform inversion of ocean-bottom seismometer data and pre-stack depth migration of multichannel seismic data: a case study from the eastern Nankai Trough</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Górszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Operto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasuhiro Yamada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (3), pp.765-784. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/se-10-765-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep structure of the continental margin and basin off Greater Kabylia, Algeria – New insights from wide-angle seismic data modeling and multichannel seismic interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chafik Aïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Karim Yelles-Chaouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Bracène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 728-729, pp.1 - 22. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tecto.2018.01.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D travel-time tomography of the incoming plate at the Northern Lesser Antilles subduction trench</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Prada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Roest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haibo Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-6526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manta-Ray: a study of the relationship between fluids and seismicity in the Lesser Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-7066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tectonic accommodation of the northern Antilles strike slip to subduction transition along the Porto-Rico – Anegada – Lesser Antilles Margin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Catherine Domoison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Albert Audemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General assembly 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-13411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le lac Abhé en République Djiboutienne : comparaison de la prospection sismique à haute résolution et d'une séquence sédimentaire sur les derniers 6500 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bretonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaumillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillemette Ménot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Colloque Climat et Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour d’expérience de la mission de carottage et de sismique au sein du lac Abhé en République Djiboutienne en 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaumillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Thouveny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bretonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème congrès de sédimentologie de France (Lille, France, Novembre 2024) - session Carottages continentaux : avancées technologiques, retours de mission, idées de mission.. (dir. Fabien Arnaud Edytem, CNRS, U-Alpes Grenoble ; Trevor Popp &amp; Doris Thuillier CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degassing of the Amazon deep-sea fan: new views from the AMAGAS campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Praeg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Migeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Ketzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cleverson Guizan Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Poort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RST 2023 - 28e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France, Oct 2023, Rennes, France. https://rst2023-rennes.sciencesconf.org/486766</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subduction d'une croûte océanique hydratée aux Petites Antilles - Premiers resultats de la campagne oceanographique Manta-Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurhellen de Larocque Latour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28ème réunion des sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Rennes (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulation de fluides à travers l'avant arc externe de la subduction des Petites Antilles du Nord, influence sur la sismicité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kingsley Ezenwaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28ème réunion des sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Rennes (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in seasonal East African droughts and flood magnitudes recorded in Central Afar lakes sediments (Ethiopia and Djibouti) and their connections with ENSO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Mologni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaumillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion des Sciences de la Terre (RST) 2023, 28ème édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluids Circulation in Subduction Zones: How Fluids Impact Seismic/Aseismic Slip in Ecuador ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rietbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2022 (AGU 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Geophysical Union, Dec 2022, Chicago, United States. pp.T32E-0202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03937480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seismic imaging across a slow slip event area, along the Ecuadorian subduction zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Skrubej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rietbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2022 (AGU 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Geophysical Union, Dec 2022, Chicago, United States. pp.T53B-02</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04288486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Evolution of southern Ecuadorian forearc (Santa Elena Peninsula)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bulois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Saillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Espurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Reyes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin American and Caribbean Seismological Commission (LACSC) 4th Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Latin American and Caribbean Seismological Commission, 2022, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04115767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Evolution of the southern Ecuadorian forearc in the Santa Elena Peninsula region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Saillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bulois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Espurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Reyes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Geophysical Union, Dec 2022, Chicago (IL), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04115761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure du bassin Ligure : apport de l’exploitation conjointe des données OBS et MSC de la campagne SEFASILS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Canva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of strain partitioning in the Northern Lesser Antilles (Guadeloupe to Virgin Island)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graindorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pervasive compression and deep structure of the Hellenic subduction forearc, west of Crete, revealed by penetrative long offset multichannel seismic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Ghalya Hussni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Becel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, New orleance, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation between Fluid Migration and the Deep Crustal Structure at the Lesser Antilles Island arc.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03588172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural inversion of the North Ligurian margin: results from the SEFASILS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Canva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, on-line, France. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-9759⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Results from the SEFASILS Experiment: Evidence for Mantle Exhumation in the Ligurian basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Canva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multichannel Seismic Imaging of the Northern Andean subduction margin in Ecuador: preliminary seismic processing results from HIPER campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Skrubej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-9551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations génétiques entre la Ride d'Aves et le bassin arrière-arc de Grenade, Caraïbe orientale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03588175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l'interprétation sismostratigraphique à travers l'arc des Petites Antilles à la compréhension des mouvements verticaux régionaux au cours du Cénozoïque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic Relations Between the Aves Ridge and the Grenada Back-Arc Basin, East Caribbean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Fredeŕic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travel-time tomography imaging the Ecuadorian subduction, north of the Mw 7.8 Pedernales earthquake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Skrubej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rietbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. pp.10959, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change and human lakeside adaptation in the Central Afar Region (Lake Abhe basin, Ethiopia & Djibouti) during the Later Stone Age - Neolithic transition: a multi-scalar and multi-proxy approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Mologni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamya Khalidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessie Cauliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd EGU General Assembly, held online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Online, Austria. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-10806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging the megathrust in subduction zones: lessons from Greece, Ecuador and the Lesser Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Agurto-Detzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bécel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chalumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-14636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The active North Ligurian domain: new geophysical insight from the SEFASILS cruise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sambolian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Canva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-10047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02525588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleogeographic reconstructions of the northern Lesser Antilles during the Neo-gene (24-2 Ma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelle Boudagher-Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Quillévéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caribbean science and Innovation Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Le Gosier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02898861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of strain partitioning in the Northern Lesser Antilles (Guadeloupe to Virgin Island).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graindorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AGU, Dec 2019, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is “V” shaped Basins and Spurs system in Northern Lesser Antilles Forearc related to transition from Subduction to Collision? - T31D-0270</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melodie Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seismic exploration of the deep structure and seismogenic faults in the Ligurian Sea by joint MCS and OBS acquisition: preliminary results of the SEFASILS cruise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chamot-Rooke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Corradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMEKO TC-19 International Workshop on Metrology for the Sea (MetroSea 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Genoa, Italy. p.70-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution seismic imaging in shallow salt environment: preliminary results from the SEFASILS campaign, NS11A-04</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Xavier Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sambolian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bachir Miguil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Operto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-stack depth Migration imaging of the Hellenic Subduction Zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. G. Hussni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Becel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. X. Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, New orleance, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Seismic Imaging of the Hellenic Subduction Zone with New MCS Data of the SISMED Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Becel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Hussni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. X. Dessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, san francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tectonic inversion along the Algerian and Ligurian margins: on the insight provided by latest seismic processing techniques applied to recent and vintage 2D offshore multichannel seismic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Beslier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabia Badji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02484241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement sismique sur la grille et sa communauté d'utilisateurs EGEODE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Delescluse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Dubernet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Scientifiques France Grilles 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00658713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping the Basement along the Northern Ecuadorian Margin using Refraction and Reflexion Data from the HIPER Experiment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delsuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rietbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2024 (AGU 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Whashington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seismic Imaging of the Ecuadorian Subduction Zone : From Conventional Seismic Processing to Advanced Imaging Workflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Schenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Ribodetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Skrubej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep structure of the Grenada Basin from wide-angle seismic, bathymetric and gravity data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-11712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crustal “V” shape fracturing in Northern Lesser Antilles Forearc: Impact on segmentation of the seismogenic zone.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the genetic relations between the Grenada Basin, the Aves Ridge, and the Lesser Antilles: a structural and stratigraphic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge E. Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frauke Klingelhoefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is “V” shaped Basins and Spurs system in Northern Lesser Antilles Forearc related to transition from Subduction to Collision?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milton Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Marcaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Laurencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geodynamic of the Lesser Antilles Back arc Domain; contributions of the GARANTI cruise, in the Grenada Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Frederic Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active normal faulting along the compressional margin of the Santa Elena Peninsula region (Ecuador) : inheritance processes of extensional settings related to active orogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bulois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Saillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lizeth Cisneros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposim on Andean Geodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Northern Lesser Antilles strain evolution during Eocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Philippon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Cornee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudagher-Fadel Marcelle K.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Gailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">East Algerian margin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boualem Bouyahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abtout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Déverchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkarim Yelles-Chaouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Messinian Salinity Crisis markers in the Mediterranean Sea - Volume 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.36-37, 2018, 9782917310373. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.10682/2018MESSINV2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giant seabed polygons and underlying polygonal faults in the Caribbean Sea as markers of the sedimentary cover extension in the Grenada Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crelia Padron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solene Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Beaufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Oliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de campagne à la mer, Flotte Océanographique Française, Appel d'offre 2018 : Multi-disciplinary investigation of fluid venting from gas hydrate system in the Nile deep-sea fan (SEAGAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Migeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Revel-Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gueorgui Ratzov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Oregioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02156791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId222"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05328141v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Klingelhoefer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Marcaillou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Laurencin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Laigle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55575/tektonika2025.3.2.77" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683781v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Mologni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Revel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumillon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Coulombier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-20-1837-2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233625v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bulois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Espurt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Reyes Ben&#237;tez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2023.104503" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750721v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#8208;Y Collot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#8208;n. Proust" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#8208;m Nocquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martillo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Michaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024192" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191176v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Cornee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#252;nch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Philippon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Boudagher-Fadel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quill&#233;v&#233;r&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2021.103617" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118193v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Garrocq" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lallemand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crelia Padron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB020466" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188497v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Boucard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Frederic Lebrun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020tc006524" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118869v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB020472" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360100v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-021-00269-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450495v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Padron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Meyer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Beaufort" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Oliot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021gc009809" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524420v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Dessa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Beslier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Schenini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chamot-Rooke" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Corradi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences10030108" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02318584v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurencin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marcaillou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Graindorge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Klingelhoefer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL083490" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166869v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej G&#243;rszczyk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Operto" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Yamada" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-10-765-2019" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726921v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafik A&#239;di" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Karim Yelles-Chaouche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Brac&#232;ne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2018.01.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269860v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Klein" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Prada" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Roest" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Huang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-6526" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269859v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-7066" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269856v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Domoison" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Albert Audemard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-13411" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861668v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette M&#233;not" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861642v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thouveny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280623v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Praeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Migeon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Ketzer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cleverson Guizan Silva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Poort" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269891v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurhellen de Larocque Latour" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269887v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kingsley Ezenwaka" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310203v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04288486v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Skrubej" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galv&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rietbrock" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ribodetti" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03937480v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04115767v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Reyes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04115761v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560011v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Canva" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435817v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9759" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588172v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587725v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Graindorge" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546047v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ghalya Hussni" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Becel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560136v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588175v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360726v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Combe" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9551" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587746v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Doligez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360725v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Frede&#341;ic Lebrun" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10993" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434467v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Galv&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10959" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452812v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamya Khalidi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10806" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360728v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chalumeau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-14636" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525588v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sambolian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10047" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02898861v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Munch" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Philippon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474222v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melodie Philippon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523479v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381960v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381967v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bachir Miguil" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545860v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G. Hussni" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Becel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. X. Dessa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545881v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hussni" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484241v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Sage" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Badji" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Galibert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658713v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Delescluse" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schaming" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Favreau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Dubernet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920497v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delsuc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060930v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360723v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11712" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02423820v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383778v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge E. Lallemand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523988v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02427961v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Cornee" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902830v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saillard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Michaud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Hernandez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lizeth Cisneros" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02473414v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudagher-Fadel Marcelle K." TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gailler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416352v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boualem Bouyahiaoui" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abtout" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D&#233;verch&#232;re" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Yelles-Chaouche" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.10682/2018MESSINV2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363874v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gay" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Meyer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156791v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Migeon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Revel-Rolland" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dano" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gueorgui Ratzov" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Oregioni" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05328141v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Klingelhoefer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Marcaillou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Laurencin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Laigle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55575/tektonika2025.3.2.77" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683781v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Mologni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Revel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumillon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Coulombier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-20-1837-2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233625v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bulois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Espurt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Reyes Ben&#237;tez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2023.104503" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750721v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#8208;Y Collot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#8208;n. Proust" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#8208;m Nocquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martillo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Michaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024192" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118869v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crelia Padron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lallemand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB020472" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188497v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Boucard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Frederic Lebrun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020tc006524" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118193v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Garrocq" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB020466" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191176v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Cornee" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#252;nch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Philippon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Boudagher-Fadel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quill&#233;v&#233;r&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2021.103617" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360100v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-021-00269-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450495v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Padron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Meyer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Beaufort" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Oliot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021gc009809" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524420v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Dessa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Beslier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Schenini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chamot-Rooke" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Corradi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences10030108" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02318584v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurencin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marcaillou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Graindorge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Klingelhoefer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL083490" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166869v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej G&#243;rszczyk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Operto" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Yamada" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-10-765-2019" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726921v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafik A&#239;di" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Karim Yelles-Chaouche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Brac&#232;ne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2018.01.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269860v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Klein" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Prada" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Roest" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Huang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-6526" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269859v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-7066" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269856v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Domoison" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Albert Audemard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-13411" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861668v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette M&#233;not" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861642v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thouveny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280623v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Praeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Migeon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Ketzer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cleverson Guizan Silva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Poort" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269891v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurhellen de Larocque Latour" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05269887v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kingsley Ezenwaka" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310203v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03937480v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galv&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rietbrock" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ribodetti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04288486v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Skrubej" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04115767v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Reyes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04115761v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560011v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Canva" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587725v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Graindorge" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546047v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ghalya Hussni" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Becel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588172v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435817v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9759" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560136v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360726v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Combe" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9551" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588175v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587746v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Doligez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360725v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Frede&#341;ic Lebrun" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10993" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434467v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Galv&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10959" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452812v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamya Khalidi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10806" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360728v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chalumeau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-14636" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525588v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sambolian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10047" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02898861v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Munch" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Philippon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523479v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474222v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melodie Philippon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381960v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381967v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bachir Miguil" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545860v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G. Hussni" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Becel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. X. Dessa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545881v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hussni" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484241v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Sage" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Badji" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Galibert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658713v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Delescluse" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schaming" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Favreau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Dubernet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920497v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delsuc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060930v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360723v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11712" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02423820v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383778v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge E. Lallemand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523988v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02427961v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Cornee" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902830v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saillard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Michaud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Hernandez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lizeth Cisneros" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02473414v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudagher-Fadel Marcelle K." TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gailler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416352v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boualem Bouyahiaoui" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abtout" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D&#233;verch&#232;re" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Yelles-Chaouche" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.10682/2018MESSINV2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363874v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gay" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Meyer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156791v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Migeon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Revel-Rolland" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dano" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gueorgui Ratzov" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Oregioni" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>