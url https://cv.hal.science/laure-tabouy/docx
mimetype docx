--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -66,465 +66,1023 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horizon Scan of Emerging Issues at the Intersection of National Security, Artificial Intelligence, and Human Performance Enhancement</w:t>
+                <w:t xml:space="preserve">Neuroéthique 3.0 : l’être humain à l’épreuve du cerveau connecté et du microbiote influent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blake Hereth</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laure Tabouy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and Engineering Ethics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11948-025-00546-z⟩</w:t>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15tp6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05402040v1</w:t>
+                <w:t xml:space="preserve">hal-05558404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les défis éthiques de la convergence de l’IA, des neurosciences, de l’informatique et de l’ingénierie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Horizon Scan of Emerging Issues at the Intersection of National Security, Artificial Intelligence, and Human Performance Enhancement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blake Hereth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard de Boisboissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Cm Bricknell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Brincker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Tabouy</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">William Casebeer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 29 (1), pp.158-166. </w:t>
+              <w:t xml:space="preserve">Science and Engineering Ethics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ennu.029.0158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11948-025-00546-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05486233v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05402040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les défis éthiques de la convergence de l’IA, des neurosciences, de l’informatique et de l’ingénierie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tabouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (1), pp.158-166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ennu.029.0158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que les neurotechnologies soulèvent comme enjeux éthiques et légaux pour la recherche, les neuroscientifiques, les entreprises et la société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tabouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Août 2021 (3), pp.65-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rindu1.213.0065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Immunopsychiatry: the immunology of psychiatric disorders Chapter 8: Immune dysfunction: a common feature of major psychiatric disorders?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Tabouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Leboyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxford Open Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, pp.141-164. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/med/9780190884468.003.0008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05486207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ucn3 and CRF-R2 in the medial amygdala regulate complex social dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yair Shemesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oren Forkosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Mahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Anpilov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yehezkel Sztainberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19 (11), pp.1489-1496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.4346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epigenetic regulation of alternative promoters and enhancers in progenitor, immature, and mature gonadotrope cell lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Laverrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David L’hôte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tabouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Schang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Quérat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 434, pp.250 - 265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mce.2016.07.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A high-performance liquid chromatography assay for Dyrk1a, a Down syndrome-associated kinase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linh C Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tabouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Busi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Dupret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Janel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 449, pp.172 - 178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ab.2013.12.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroethical Issues in Times of Health Crisis. What Roles for Neurosciences, IA, Neurotechnologies?&amp;lt;strong&amp;gt; &amp;lt;/strong&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Tabouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05486222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -534,114 +1092,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise au point d'un dosage d'activité kinase de la protéine DYRK1A et Régulation épigénétique de l'expression du gène codant le facteur de transcription ISL1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Tabouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurobiologie. Université Paris-Diderot - Paris VII, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00777732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId47"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -788,51 +1346,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402040v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake Hereth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard de Boisboissel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cm Bricknell" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Brincker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Casebeer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11948-025-00546-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486233v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tabouy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ennu.029.0158" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486207v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Oliveira" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leboyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/med/9780190884468.003.0008" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486222v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00777732v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558404v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tabouy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15tp6" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402040v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake Hereth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard de Boisboissel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cm Bricknell" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Brincker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Casebeer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11948-025-00546-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486233v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ennu.029.0158" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486227v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.213.0065" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486207v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Oliveira" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leboyer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/med/9780190884468.003.0008" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486144v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yair Shemesh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oren Forkosh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Mahn" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Anpilov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehezkel Sztainberg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4346" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486159v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Laverri&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L&#8217;h&#244;te" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Schang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Qu&#233;rat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2016.07.010" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486152v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh C Bui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Busi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Dupret" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Janel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2013.12.024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486222v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00777732v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>