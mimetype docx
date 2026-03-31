--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laure Zago </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CRHC CNRS PhD HDRInstitut des Maladies Neurodégénératives UMR 5293 CNRSUniversité de Bordeaux</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laure-zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8235-2154</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">171658795</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GINNA, a 33 resting-state networks atlas with meta-analytic decoding-based cognitive characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Gillig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cremona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Thiebaut de Schotten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (1), pp.253. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42003-025-07671-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05225701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas for the lateralized visuospatial attention networks (ALANs): insights from fMRI and network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2, pp.1 - 22. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/imag_a_00208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural support of manual preference revealed by BOLD variations during right and left finger-tapping in a sample of 287 healthy adults balanced for handedness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hesling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laterality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26 (4), pp.398-420. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1357650X.2020.1862142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural support of manual preference revealed by BOLD variations during right and left finger-tapping in a sample of 287 healthy adults balanced for handedness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hesling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laterality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1357650X.2020.1862142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MRi-Share database: brain imaging in a cross-sectional cohort of 1870 university students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ami Tsuchida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 226, pp.2057-2085. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-021-02334-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MRi-Share database: brain imaging in a cross-sectional cohort of 1870 university students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ami Tsuchida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 226 (7), pp.2057-2085. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-021-02334-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MRi-Share database: brain imaging in a cross-sectional cohort of 1,870 university students.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ami Tsuchida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 226 (7), pp.2057-2085. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2020.06.17.154666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel characterization of the relationship between verbal list‐learning outcomes and hippocampal subfields in healthy adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cremona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 42 (16), </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hbm.25614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03337960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases neurales des biais attentionnels visuo-spatiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre des Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word Meaning Contributes to Free Recall Performance in Supraspan Verbal List-Learning Tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cremona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2020.02043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral small vessel disease genomics and its implications across the lifespan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muralidharan Sargurupremraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideaki Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xueqiu Jian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Sarnowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tavia E. Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-19111-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What can we learn from healthy atypical individuals on the segregation of complementary functions? Comment on “Phenotypes in hemispheric functional segregation? Perspectives and challenges” by Guy Vingerhoets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Life Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30, pp.34-37. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plrev.2019.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02359087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SENtence Supramodal Areas AtlaS (SENSAAS) based on multiple task-induced activation mapping and graph analysis of intrinsic connectivity in 144 healthy right-handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hesling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 224 (2), pp.859-882. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-018-1810-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01963242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A population-based atlas of the human pyramidal tract in 410 healthy participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rheault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Descoteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 224 (2), pp.599-612. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-018-1798-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Are the Contributions of Handedness, Sighting Dominance, Hand Used to Bisect, and Visuospatial Line Processing to the Behavioral Line Bisection Bias?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ochando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2018.01688⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01872363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the human uncinate fasciculus, its subcomponents and asymmetries with stem-based tractography and microdissection validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice Hau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Sarubbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Christophe Houde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Corsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 222, pp.1645-1662. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-016-1298-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudoneglect in line bisection judgement is associated with a modulation of right hemispheric spatial attention dominance in right-handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 94, pp.75 - 83. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2016.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting hemispheric dominance for language production in healthy individuals using support vector machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Genuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38, pp.5871 - 5889. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hbm.23770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BIL&GIN: A neuroimaging, cognitive, behavioral, and genetic database for the study of human brain lateralization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 124, Part B, pp.1225-1231. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.02.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cortical Terminations of the Inferior Fronto-Occipital and Uncinate Fasciculi: Anatomical Stem-Based Virtual Dissection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice M Hau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Sarubbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy M Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice M Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure M Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (58), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnana.2016.00058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02344134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cortical Terminations of the Inferior Fronto-Occipital and Uncinate Fasciculi: Anatomical Stem-Based Virtual Dissection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice M Hau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Sarubbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy M Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice M Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure M Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (58), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnana.2016.00058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heschl's gyrification pattern is related to speech-listening hemispheric lateralization: FMRI investigation in 281 healthy volunteers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 220 (3), pp.1585-99. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-014-0746-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01172587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Descriptive anatomy of Heschl's gyri in 430 healthy volunteers, including 198 left-handers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 220 (2), pp.729-43. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-013-0680-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01172508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between-hand difference in ipsilateral deactivation is associated with hand lateralization: fMRI mapping of 284 volunteers balanced for handedness.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vinuesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9, pp.5. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnhum.2015.00005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong rightward lateralization of the dorsal attentional network in left-handers with right sighting-eye: An evolutionary advantage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (3), pp.1151-64. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hbm.22693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The association between hemispheric specialization for language production and for spatial attention depends on left-hand preference strength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 93, pp.394 - 406. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2015.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is the Role of Manual Preference in Hand-Digit Mapping During Finger Counting? A Study in a Large Sample of Right- and Left-Handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Badets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (1-2), pp.125-135. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006615602628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is the Role of Manual Preference in Hand-Digit Mapping During Finger Counting? A Study in a Large Sample of Right- and Left-Handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Badets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (1-2), pp.125 - 135. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006615602628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AICHA: An atlas of intrinsic connectivity of homotopic areas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Delcroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 254, pp.46-59. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jneumeth.2015.07.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak language lateralization affects both verbal and spatial skills: an fMRI study in 297 subjects.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 65, pp.56-62. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2014.10.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaussian mixture modeling of hemispheric lateralization for language in a large sample of healthy individuals balanced for handedness.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (6), pp.e101165. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0101165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting human hemispheric specialization with neuroimaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Cognitive Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (2), pp.69-80. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tics.2012.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between hand laterality and verbal and spatial skills in 436 healthy adults balanced for handedness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laterality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (4), pp.383-404. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1357650X.2013.796965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01172548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there neural dissociation between language and reasoning?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Cognitive Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (10), pp.494-495. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tics.2012.07.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel group ICA approach based on multi-scale individual component clustering. Application to a large sample of fMRI data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Delcroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (3), pp.269-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of hemodynamic low-frequency oscillations in the brain are modulated by the nature of free thought during rest.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (4), pp.3194-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01158486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain activity at rest: a multiscale hierarchical functional organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Delcroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 105, pp.2753-2763. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00895.2010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A common neural system is activated in hearing non-signers to process French Sign language and spoken French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Beaucousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Razafimandimby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 84, pp.75-87. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.brainresbull.2010.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-dependent modulation of activity in the neural networks engaged during emotional speech comprehension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Beaucousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuzma Strelnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1390, pp.108-17. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.brainres.2011.03.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is right-hemisphere contribution to phonological, lexico-semantic, and sentence processing? Insights from a meta-analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Beaucousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 54 (1), pp.577-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Familial Sinistrality on Planum Temporale Surface and Brain Tissue Asymmetries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerebral Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (6), pp.1476-1485. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cercor/bhp209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The neural correlates of highly iconic structures and topographic discourse in French Sign Language as observed in six hearing native signers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 114 (3), pp.180-192. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bandl.2010.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult brains don't fully overcome biases that lead to incorrect performance during cognitive development: an fMRI study in young adults completing a Piaget-like task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Spiess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (2), pp.326-338. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-7687.2008.00785.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Right hemisphere dominance for auditory attention and its modulation by eye position: An event related fMRI study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restorative Neurology and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 25, pp.211 - 225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural Correlates of Simple and Complex Mental Calculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Pesenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 13 (2), pp.314 - 327. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/nimg.2000.0697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cortical networks for working memory and executive functions sustain the conscious resting state in man</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Bricogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Etard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 54 (3), pp.287 - 298. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0361-9230(00)00437-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Superficial Musculo-Aponeurotic System Massage on Relaxation Mental States, Stress Reduction and Heart Rate Variability: A preliminary investigation in women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loriane Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Takumi-Finch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Fascia Research Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, New Oleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05361317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation of structure-function coupling in the brain with respect to language laterality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Andrulyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Bezenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lemaître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisation for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Seoul (Korea), South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network analysis of white matter tracts reveals enhanced bilateral temporal connectivity in individuals with atypical language lateralisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Andrulyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lemaître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François M Rhéault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the Neurobiology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas for the Lateralized Visuospatial Attention Networks (ALANs): Insights from fMRI and Network Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Neuroimaging day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does myofascial intervention on the face affect the autonomic nervous system and induce relaxed mental states compared to a relaxation-guided intervention? A preliminary investigation in women.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loriane Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Takumi-Finch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Neuroimagingday</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases cérébrales de la spécialisation hémisphérique de l'attention visuo-spatiale et des relations complémentaires entre l'attention spatiale et le langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les signatures neurobiologiques de la conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.107-116, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of handedness, anatomical and functional brain lateralization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurocognitive Development: Normative Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.99-105, 2020, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-444-64150-2.00011-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural bases of topographical representation in humans: contribution of neuroimaging studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Guillot &amp; C. Collet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Neurophysiological Foundations of Mental and Motor Imagery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford: Oxford University Press, pp.17-30, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct structural connectivity patterns associated with variations in language lateralisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Andrulyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rheault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain structure-function coupling – relationship with language lateralisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Andrulyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter N Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05332852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas for the Lateralized Visuospatial Attention Networks (ALANs): Insights from fMRI and Network Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MRi-Share database: brain imaging in a cross-sectional cohort of 1,870 university students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ami Tsuchida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A population-based atlas of the human pyramidal tract in 410 healthy participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rheault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Descoteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A probabilistic atlas of the human pyramidal tract in 410 healthy participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rheault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Descoteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId191"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laure Zago </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CRHC CNRS PhD HDRInstitut des Maladies Neurodégénératives UMR 5293 CNRSUniversité de Bordeaux</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laure-zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8235-2154</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">171658795</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GINNA, a 33 resting-state networks atlas with meta-analytic decoding-based cognitive characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Gillig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cremona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Thiebaut de Schotten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (1), pp.253. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42003-025-07671-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05225701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas for the lateralized visuospatial attention networks (ALANs): insights from fMRI and network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2, pp.1 - 22. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/imag_a_00208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MRi-Share database: brain imaging in a cross-sectional cohort of 1870 university students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ami Tsuchida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 226, pp.2057-2085. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-021-02334-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural support of manual preference revealed by BOLD variations during right and left finger-tapping in a sample of 287 healthy adults balanced for handedness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hesling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laterality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1357650X.2020.1862142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural support of manual preference revealed by BOLD variations during right and left finger-tapping in a sample of 287 healthy adults balanced for handedness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hesling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laterality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26 (4), pp.398-420. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1357650X.2020.1862142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MRi-Share database: brain imaging in a cross-sectional cohort of 1870 university students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ami Tsuchida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 226 (7), pp.2057-2085. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-021-02334-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel characterization of the relationship between verbal list‐learning outcomes and hippocampal subfields in healthy adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cremona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 42 (16), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hbm.25614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03337960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MRi-Share database: brain imaging in a cross-sectional cohort of 1,870 university students.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ami Tsuchida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 226 (7), pp.2057-2085. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2020.06.17.154666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases neurales des biais attentionnels visuo-spatiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre des Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word Meaning Contributes to Free Recall Performance in Supraspan Verbal List-Learning Tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cremona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2020.02043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral small vessel disease genomics and its implications across the lifespan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muralidharan Sargurupremraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideaki Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xueqiu Jian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Sarnowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tavia E. Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-19111-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What can we learn from healthy atypical individuals on the segregation of complementary functions? Comment on “Phenotypes in hemispheric functional segregation? Perspectives and challenges” by Guy Vingerhoets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Life Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30, pp.34-37. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plrev.2019.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02359087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A population-based atlas of the human pyramidal tract in 410 healthy participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rheault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Descoteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 224 (2), pp.599-612. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-018-1798-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SENtence Supramodal Areas AtlaS (SENSAAS) based on multiple task-induced activation mapping and graph analysis of intrinsic connectivity in 144 healthy right-handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hesling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 224 (2), pp.859-882. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-018-1810-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01963242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Are the Contributions of Handedness, Sighting Dominance, Hand Used to Bisect, and Visuospatial Line Processing to the Behavioral Line Bisection Bias?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ochando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2018.01688⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01872363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the human uncinate fasciculus, its subcomponents and asymmetries with stem-based tractography and microdissection validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice Hau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Sarubbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Christophe Houde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Corsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 222, pp.1645-1662. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-016-1298-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudoneglect in line bisection judgement is associated with a modulation of right hemispheric spatial attention dominance in right-handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 94, pp.75 - 83. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2016.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting hemispheric dominance for language production in healthy individuals using support vector machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Genuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38, pp.5871 - 5889. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hbm.23770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01590497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BIL&GIN: A neuroimaging, cognitive, behavioral, and genetic database for the study of human brain lateralization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 124, Part B, pp.1225-1231. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.02.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cortical Terminations of the Inferior Fronto-Occipital and Uncinate Fasciculi: Anatomical Stem-Based Virtual Dissection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice M Hau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Sarubbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy M Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice M Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure M Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (58), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnana.2016.00058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02344134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cortical Terminations of the Inferior Fronto-Occipital and Uncinate Fasciculi: Anatomical Stem-Based Virtual Dissection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice M Hau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Sarubbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy M Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice M Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure M Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (58), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnana.2016.00058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heschl's gyrification pattern is related to speech-listening hemispheric lateralization: FMRI investigation in 281 healthy volunteers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 220 (3), pp.1585-99. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-014-0746-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01172587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Descriptive anatomy of Heschl's gyri in 430 healthy volunteers, including 198 left-handers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 220 (2), pp.729-43. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-013-0680-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01172508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between-hand difference in ipsilateral deactivation is associated with hand lateralization: fMRI mapping of 284 volunteers balanced for handedness.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vinuesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9, pp.5. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnhum.2015.00005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong rightward lateralization of the dorsal attentional network in left-handers with right sighting-eye: An evolutionary advantage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (3), pp.1151-64. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hbm.22693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The association between hemispheric specialization for language production and for spatial attention depends on left-hand preference strength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 93, pp.394 - 406. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2015.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is the Role of Manual Preference in Hand-Digit Mapping During Finger Counting? A Study in a Large Sample of Right- and Left-Handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Badets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (1-2), pp.125-135. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006615602628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is the Role of Manual Preference in Hand-Digit Mapping During Finger Counting? A Study in a Large Sample of Right- and Left-Handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Badets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (1-2), pp.125 - 135. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006615602628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AICHA: An atlas of intrinsic connectivity of homotopic areas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Delcroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 254, pp.46-59. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jneumeth.2015.07.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak language lateralization affects both verbal and spatial skills: an fMRI study in 297 subjects.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 65, pp.56-62. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2014.10.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaussian mixture modeling of hemispheric lateralization for language in a large sample of healthy individuals balanced for handedness.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (6), pp.e101165. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0101165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting human hemispheric specialization with neuroimaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Cognitive Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (2), pp.69-80. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tics.2012.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between hand laterality and verbal and spatial skills in 436 healthy adults balanced for handedness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laterality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (4), pp.383-404. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1357650X.2013.796965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01172548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there neural dissociation between language and reasoning?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Cognitive Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (10), pp.494-495. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tics.2012.07.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel group ICA approach based on multi-scale individual component clustering. Application to a large sample of fMRI data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Delcroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (3), pp.269-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of hemodynamic low-frequency oscillations in the brain are modulated by the nature of free thought during rest.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (4), pp.3194-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01158486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A common neural system is activated in hearing non-signers to process French Sign language and spoken French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Beaucousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Razafimandimby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 84, pp.75-87. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.brainresbull.2010.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain activity at rest: a multiscale hierarchical functional organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Delcroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 105, pp.2753-2763. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00895.2010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-dependent modulation of activity in the neural networks engaged during emotional speech comprehension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Beaucousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuzma Strelnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1390, pp.108-17. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.brainres.2011.03.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is right-hemisphere contribution to phonological, lexico-semantic, and sentence processing? Insights from a meta-analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Beaucousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 54 (1), pp.577-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Familial Sinistrality on Planum Temporale Surface and Brain Tissue Asymmetries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerebral Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (6), pp.1476-1485. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cercor/bhp209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The neural correlates of highly iconic structures and topographic discourse in French Sign Language as observed in six hearing native signers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 114 (3), pp.180-192. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bandl.2010.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult brains don't fully overcome biases that lead to incorrect performance during cognitive development: an fMRI study in young adults completing a Piaget-like task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Spiess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (2), pp.326-338. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-7687.2008.00785.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Right hemisphere dominance for auditory attention and its modulation by eye position: An event related fMRI study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restorative Neurology and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 25, pp.211 - 225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cortical networks for working memory and executive functions sustain the conscious resting state in man</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Bricogne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Etard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 54 (3), pp.287 - 298. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0361-9230(00)00437-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural Correlates of Simple and Complex Mental Calculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Pesenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 13 (2), pp.314 - 327. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/nimg.2000.0697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Superficial Musculo-Aponeurotic System Massage on Relaxation Mental States, Stress Reduction and Heart Rate Variability: A preliminary investigation in women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loriane Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Takumi-Finch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Fascia Research Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, New Oleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05361317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network analysis of white matter tracts reveals enhanced bilateral temporal connectivity in individuals with atypical language lateralisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Andrulyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lemaître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François M Rhéault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the Neurobiology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas for the Lateralized Visuospatial Attention Networks (ALANs): Insights from fMRI and Network Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Neuroimaging day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation of structure-function coupling in the brain with respect to language laterality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Andrulyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Bezenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lemaître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisation for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Seoul (Korea), South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does myofascial intervention on the face affect the autonomic nervous system and induce relaxed mental states compared to a relaxation-guided intervention? A preliminary investigation in women.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loriane Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Takumi-Finch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Neuroimagingday</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases cérébrales de la spécialisation hémisphérique de l'attention visuo-spatiale et des relations complémentaires entre l'attention spatiale et le langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les signatures neurobiologiques de la conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.107-116, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of handedness, anatomical and functional brain lateralization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurocognitive Development: Normative Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.99-105, 2020, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-444-64150-2.00011-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural bases of topographical representation in humans: contribution of neuroimaging studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mellet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Guillot &amp; C. Collet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Neurophysiological Foundations of Mental and Motor Imagery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford: Oxford University Press, pp.17-30, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct structural connectivity patterns associated with variations in language lateralisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Andrulyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rheault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain structure-function coupling – relationship with language lateralisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ieva Andrulyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter N Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05332852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas for the Lateralized Visuospatial Attention Networks (ALANs): Insights from fMRI and Network Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Labache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MRi-Share database: brain imaging in a cross-sectional cohort of 1,870 university students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ami Tsuchida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A population-based atlas of the human pyramidal tract in 410 healthy participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rheault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Descoteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A probabilistic atlas of the human pyramidal tract in 410 healthy participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tzourio-Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rheault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Descoteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId191"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C4111CF1"/>
+    <w:nsid w:val="C57498CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-zago" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8235-2154" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171658795" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225701v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Gillig" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cremona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Zago" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mellet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thiebaut de Schotten" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-07671-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742741v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Labache" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joliot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00208" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101306v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tzourio Mazoyer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Labache" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hesling" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mazoyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1357650X.2020.1862142" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367655v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328730v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ami Tsuchida" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laurent" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Crivello" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-021-02334-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369475v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346941v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.06.17.154666" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337960v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.25614" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950803v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Jobard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.02043" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121357v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muralidharan Sargurupremraj" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideaki Suzuki" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueqiu Jian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Sarnowski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tavia E. Evans" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19111-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359087v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tzourio-Mazoyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plrev.2019.09.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963242v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Saracco" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-018-1810-2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932536v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chenot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mazoyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rheault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Descoteaux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-018-1798-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872363v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ochando" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01688" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382592v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Hau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Sarubbo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Houde" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Corsini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Girard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-016-1298-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412378v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hay" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2016.11.024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01590497v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Herv&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Genuer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23770" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197152v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perchey" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.02.071" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344134v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice M Hau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy M Perchey" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice M Crivello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure M Zago" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2016.00058" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382597v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172587v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-014-0746-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172508v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-013-0680-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197190v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vinuesa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197157v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.22693" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382490v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.11.018" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144225v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Badets" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0301006615602628" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382684v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197121v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Naveau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delcroix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2015.07.013" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195608v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2014.10.010" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6RH2XSC-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195591v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0101165" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170443v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2012.12.004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-63GR0Q83-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172548v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1357650X.2013.796965" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166238v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2012.07.010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HKS5S75M-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159695v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Doucet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158486v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154173v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00895.2010" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154169v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Courtin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vigneau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Beaucousin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Razafimandimby" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2010.09.013" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4VSKGWTM-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603330v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuzma Strelnikov" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2011.03.043" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VD4Q084-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157598v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02951471v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Simon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Jobard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhp209" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00995711v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2010.05.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B1JPQ5H6-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127368v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Leroux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Spiess" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rossi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lubin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-7687.2008.00785.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7BGZH6P4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02951411v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andersson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382905v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Pesenti" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/nimg.2000.0697" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLGZG0XK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382908v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bricogne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Etard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0361-9230(00)00437-8" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BKKB82M1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361317v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Latapie" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Takumi-Finch" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746605v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Andrulyte" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Bezenac" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lema&#238;tre" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746558v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M Rh&#233;ault" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746501v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746492v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369568v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997532v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cochet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-444-64150-2.00011-3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03957640v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poirel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931777v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Lemaitre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332852v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter N Taylor" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467731v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997493v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007171v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rheault" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696385v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-zago" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8235-2154" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171658795" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225701v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Gillig" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cremona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Zago" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mellet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thiebaut de Schotten" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-07671-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742741v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Labache" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joliot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00208" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328730v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ami Tsuchida" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laurent" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Crivello" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-021-02334-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367655v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tzourio Mazoyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hesling" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mazoyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1357650X.2020.1862142" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101306v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Labache" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369475v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337960v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.25614" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346941v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.06.17.154666" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950803v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Jobard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.02043" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121357v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muralidharan Sargurupremraj" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideaki Suzuki" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueqiu Jian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Sarnowski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tavia E. Evans" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19111-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359087v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tzourio-Mazoyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plrev.2019.09.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chenot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mazoyer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rheault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Descoteaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-018-1798-7" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963242v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Saracco" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-018-1810-2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872363v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ochando" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01688" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382592v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Hau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Sarubbo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Houde" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Corsini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Girard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-016-1298-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412378v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hay" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2016.11.024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01590497v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Herv&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Genuer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23770" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197152v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perchey" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.02.071" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344134v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice M Hau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy M Perchey" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice M Crivello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure M Zago" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2016.00058" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382597v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172587v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-014-0746-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172508v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-013-0680-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197190v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vinuesa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197157v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.22693" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382490v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.11.018" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144225v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Badets" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0301006615602628" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382684v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197121v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Naveau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delcroix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2015.07.013" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195608v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2014.10.010" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6RH2XSC-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195591v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0101165" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170443v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2012.12.004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-63GR0Q83-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172548v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1357650X.2013.796965" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166238v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2012.07.010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HKS5S75M-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159695v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Doucet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158486v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154169v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Courtin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vigneau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Beaucousin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Razafimandimby" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2010.09.013" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4VSKGWTM-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154173v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00895.2010" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603330v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuzma Strelnikov" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2011.03.043" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VD4Q084-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157598v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02951471v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Simon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Jobard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhp209" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00995711v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2010.05.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B1JPQ5H6-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127368v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Leroux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Spiess" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rossi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lubin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-7687.2008.00785.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7BGZH6P4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02951411v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andersson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382908v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bricogne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Etard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0361-9230(00)00437-8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BKKB82M1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382905v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Pesenti" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/nimg.2000.0697" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLGZG0XK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361317v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Latapie" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Takumi-Finch" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746558v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Andrulyte" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lema&#238;tre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M Rh&#233;ault" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746501v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746605v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Bezenac" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746492v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369568v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997532v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cochet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-444-64150-2.00011-3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03957640v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poirel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931777v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Lemaitre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332852v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter N Taylor" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467731v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997493v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007171v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rheault" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696385v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>