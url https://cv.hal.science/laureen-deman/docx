--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -373,248 +373,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04931362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bidding strategy of storage hydropower plants in reserve markets</w:t>
+                <w:t xml:space="preserve">Impact of renewable energy generation on power reserve energy demand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Deman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Boucher</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cédric Clastres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics and Policy of Energy and the Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3280/EFE2023-002004⟩</w:t>
+              <w:t xml:space="preserve">Energy Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128, pp.107173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eneco.2023.107173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04327920v1</w:t>
+                <w:t xml:space="preserve">hal-04288711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of renewable energy generation on power reserve energy demand</w:t>
+                <w:t xml:space="preserve">Bidding strategy of storage hydropower plants in reserve markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Deman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Djebali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Clastres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 128, pp.107173. </w:t>
+              <w:t xml:space="preserve">Economics and Policy of Energy and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023/2, pp.77-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eneco.2023.107173⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3280/EFE2023-002004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288711v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04327920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1279,73 +1279,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Deman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AEE student workshop 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FAEE, Nov 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">14. Annual Trans-Atlantic Infraday Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03868162v1</w:t>
+                <w:t xml:space="preserve">hal-03868148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Econometric analysis of reserve energy demand</w:t>
               </w:r>
@@ -1361,73 +1361,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Deman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. IAEE European Energy Conference: The Future of Global Energy Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Athens, Greece</w:t>
+              <w:t xml:space="preserve">AEE student workshop 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FAEE, Nov 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03868171v1</w:t>
+                <w:t xml:space="preserve">hal-03868162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Econometric analysis of reserve energy demand</w:t>
               </w:r>
@@ -1443,315 +1443,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Deman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Annual Trans-Atlantic Infraday Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">17. IAEE European Energy Conference: The Future of Global Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03868148v1</w:t>
+                <w:t xml:space="preserve">hal-03868171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bidding strategy of storage hydropower plants in reserve markets</w:t>
+                <w:t xml:space="preserve">Bidding strategy of storage hydropower in reserve markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Deman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Djebali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Guerard</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Clastres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st IAEE Online Conference: Energy, Covid, and Climate Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association for Energy Economics, Jun 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">AEE student workshop 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FAEE, Nov 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03868245v1</w:t>
+                <w:t xml:space="preserve">hal-03868284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bidding strategy of storage hydropower in reserve markets</w:t>
+                <w:t xml:space="preserve">Bidding strategy of storage hydropower plants in reserve markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Deman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Djebali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Guérard</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Guerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Clastres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AEE student workshop 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FAEE, Nov 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">1st IAEE Online Conference: Energy, Covid, and Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association for Energy Economics, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03868284v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1827,51 +1827,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DCBA2781"/>
+    <w:nsid w:val="ADDE9240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1975,51 +1975,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="203DA82E"/>
+    <w:nsid w:val="D1ED8664"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2209,51 +2209,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laureen-deman" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9829-2501" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931362v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Deman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afzal Siddiqui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Clastres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Boucher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01956574241309557" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327920v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Djebali" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/EFE2023-002004" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288711v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2023.107173" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04604639v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262866v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afzal S. Siddiqui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757381v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174173v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174170v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282248v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868162v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868171v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868148v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868245v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Guerard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868284v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laureen-deman" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9829-2501" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931362v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Deman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afzal Siddiqui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Clastres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Boucher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01956574241309557" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288711v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2023.107173" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327920v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Djebali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/EFE2023-002004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04604639v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262866v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afzal S. Siddiqui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757381v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174173v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174170v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282248v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868148v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868162v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868171v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868284v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868245v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Guerard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>