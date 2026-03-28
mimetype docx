--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -904,295 +904,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04007466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">9-PAHPA long term intake in DIO and db/db mice ameliorates insulin sensitivity but has few effects on obesity and associated metabolic disorders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of SARS-CoV-2 variants on the plasma oxylipins and PUFAs of COVID-19 patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Biagini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Bonafos</w:t>
+                <w:t xml:space="preserve">Paolo Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Cortés-Espinar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Balas</w:t>
+                <w:t xml:space="preserve">Andreina Baj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Pessemesse</w:t>
+                <w:t xml:space="preserve">Daniela Dalla Gasperina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karen Lambert</w:t>
+                <w:t xml:space="preserve">Francesca Drago Ferrante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 112, pp.109216. </w:t>
+              <w:t xml:space="preserve">Prostaglandins and Other Lipid Mediators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 169, pp.106770. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2022.109216⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.prostaglandins.2023.106770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03876073v1</w:t>
+                <w:t xml:space="preserve">hal-04193908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of SARS-CoV-2 variants on the plasma oxylipins and PUFAs of COVID-19 patients</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">9-PAHPA long term intake in DIO and db/db mice ameliorates insulin sensitivity but has few effects on obesity and associated metabolic disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Oliveri</w:t>
+                <w:t xml:space="preserve">Béatrice Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreina Baj</w:t>
+                <w:t xml:space="preserve">Antonio Cortés-Espinar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Dalla Gasperina</w:t>
+                <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Drago Ferrante</w:t>
+                <w:t xml:space="preserve">Karen Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prostaglandins and Other Lipid Mediators</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 169, pp.106770. </w:t>
+              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 112, pp.109216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prostaglandins.2023.106770⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2022.109216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04193908v1</w:t>
+                <w:t xml:space="preserve">hal-03876073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Fatty Acid Metabolites on Adipocytes Britening: Role of Thromboxane A2</w:t>
               </w:r>
@@ -2110,295 +2110,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03870612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linotrins: Omega-3 oxylipins featuring an E,Z,E conjugated triene motif are present in the plant kingdom and alleviate inflammation in LPS-challenged microglial cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytical evaluation of fatty acid esters of hydroxy fatty acid quantity in fermented brown rice and rice bran (FRBA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayu Watanabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Béraud-Dufour</w:t>
+                <w:t xml:space="preserve">Daisuke Saigusa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dean Edward Riechers</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivia Augusta Landau</w:t>
+                <w:t xml:space="preserve">Jiro Ogura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2022.114157⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1, pp.100040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.focha.2022.100040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03560829v1</w:t>
+                <w:t xml:space="preserve">hal-04813776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical evaluation of fatty acid esters of hydroxy fatty acid quantity in fermented brown rice and rice bran (FRBA)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Linotrins: Omega-3 oxylipins featuring an E,Z,E conjugated triene motif are present in the plant kingdom and alleviate inflammation in LPS-challenged microglial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sujit Kumar Dey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayu Watanabe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Balas</w:t>
+                <w:t xml:space="preserve">Sophie Béraud-Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daisuke Saigusa</w:t>
+                <w:t xml:space="preserve">Dean Edward Riechers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiro Ogura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Durand</w:t>
+                <w:t xml:space="preserve">Olivia Augusta Landau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1, pp.100040. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 231, pp.114157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.focha.2022.100040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2022.114157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813776v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MS-based targeted profiling of oxylipins in COVID-19: A new insight into inflammation regulation</w:t>
               </w:r>
@@ -2410,51 +2410,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Biagini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Franzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Lomonaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2678,64 +2678,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melha Benlebna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3214,64 +3214,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melha Benlebna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vigor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3584,295 +3584,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FAHFAs Regulate the Proliferation of C2C12 Myoblasts and Induce a Shift toward a More Oxidative Phenotype in Mouse Skeletal Muscle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Melha Benlebna</w:t>
+                <w:t xml:space="preserve">Nonenzymatic oxygenated metabolite of docosahexaenoic acid, 4( RS )-4-F 4t -neuroprostane, acts as a bioactive lipid molecule in neuronal cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiu Yiu Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Galano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho Hang Leung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gilles Fouret</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms21239046⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 594 (11), pp.1797-1808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/1873-3468.13774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03034553v1</w:t>
+                <w:t xml:space="preserve">hal-02617530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonenzymatic oxygenated metabolite of docosahexaenoic acid, 4( RS )-4-F 4t -neuroprostane, acts as a bioactive lipid molecule in neuronal cells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ho Hang Leung</w:t>
+                <w:t xml:space="preserve">FAHFAs Regulate the Proliferation of C2C12 Myoblasts and Induce a Shift toward a More Oxidative Phenotype in Mouse Skeletal Muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melha Benlebna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Camille Oger</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Pessemesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Bonafos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 594 (11), pp.1797-1808. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (23), pp.9046. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/1873-3468.13774⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms21239046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617530v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03034553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid Metabolization of Protectin D1 by β-Oxidation of Its Polar Head Chain</w:t>
               </w:r>
@@ -3992,51 +3992,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase in omega-6 and decrease in omega-3 polyunsaturated fatty acid oxidation elevates the risk of exudative AMD development in adults with Chinese diet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ho Hang Leung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Lk. Ng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4994,73 +4994,85 @@
               <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 1863 (2), pp.126-131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bbalip.2017.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03617163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les FAHFAs, une nouvelle classe de lipides endogènes bioactifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melha Benlebna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5109,132 +5121,132 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Coudray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Online (2), 6 p. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2018.01.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-Performance Liquid Chromatography-Mass Spectrometry Analysis of Free and Esterified Oxygenated Derivatives from Docosahexaenoic Acid in Rat Brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Jouvène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Fourmaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Géloën</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5243,637 +5255,637 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 53 (1), pp.103-116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/lipd.12006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01847495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DHA-derived oxylipins, neuroprostanes and protectins, differentially and dose-dependently modulate the inflammatory response in human macrophages: putative mechanisms through PPAR activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bosviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Joumard-Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Chinetti-Gbaguidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Free Radical Biology and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 103, pp.146-154. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2016.12.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regiocontrolled syntheses of FAHFAs and LC-MS/MS differentiation of regioisomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Viars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Faugere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 14 (38), pp.9012-9020. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c6ob01597b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dihydroxylated E,E,Z-docosatrienes. An overview of their synthesis and biological significance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 61, pp.1-18. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plipres.2015.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03624190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regioselective synthesis of diacylglycerol rosmarinates and evaluation of their antioxidant activity in fibroblasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwann Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Bayrasy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 117 (8), pp.1159-1170. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ejlt.201400607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential Mobility Separation of Leukotrienes and Protectins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hulda Jónasdóttir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrus Papan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Fabritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5882,312 +5894,312 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 87 (10), pp.5036-5040. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.analchem.5b00786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03576643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total Synthesis of Neuroprotectin D1 Analogues Derived from Omega‑6 Docosapentaenoic Acid (DPA) and Adrenic Acid (AdA) from a Common Pivotal, Late-Stage Intermediate.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gandrath Dayaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 79 (6), pp.2657-2665. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jo500147r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00996845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Versatile and Stereocontrolled Total Synthesis of Dihydroxylated Docosatrienes Containing a Conjugated E,E,Z-Triene.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gandrath Dayaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 20 (10), pp.2879-2887. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201304526⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00996818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are Alkyne Reductions Chemo‐, Regio‐, and Stereoselective Enough To Provide Pure (Z)‐Olefins in Polyfunctionalized Bioactive Molecules?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6219,1134 +6231,1134 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Galano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 113, pp.1313-1350. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cr3001753⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00801666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confusion between protectin D1 (PD1) and its isomer protectin DX (PDX). An overview on the dihydroxy-docosatrienes described to date.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Guichardant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lagarde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 99 (April 2014), pp.1-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biochi.2013.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00952184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Handy Use of Brown's P2-Ni Catalyst for a Skipped Diyne Deuteration: Application to the Synthesis of a [D(4)]-Labeled F(4t)-Neuroprostane.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Bultel-Poncé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 16 (47), pp.13976-13980. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/chem.201002304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00546924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total Synthesis of Photoactivatable or Fluorescent Anandamide Probes: Novel Bioactive Compounds with Angiogenic Activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sattybrata Saha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inneke Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somath Mukhopadhay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 52 (4), pp.1005-1017. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jm8011382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00363062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total synthesis of the four enantiomerically pure diastereomers of the phytoprostanes E1 type II and of the 15-E2t-isoprostanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fournial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 73, pp.3063-3069. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jo702455g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00288577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibogaine and Noribogaine : Structural Analysis and Stability Studies. Use of LC-MS to determine alkaloid Contents of the Root of Tabernanthe Iboga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Kontrimaviciute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Matthieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Escale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Blayac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Liquid Chromatography &amp; Related Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 30, pp.1077-1092</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00177883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of a potential photoactivable anandamide analog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Grazia Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Di Marzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 16, pp.3765-3768</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00176851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of the First Potential Covalent Inhibitors of Anandamide Cellular Uptake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aniello Schiano Moriello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Ligresti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Grazia Cascio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 49 (7), pp.2320-2332. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jm051226l⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00176300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, synthesis and activity of bisubstrate, transition-state analogues and competitive inhibitors of aspartate transcarbamylase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coutrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Comoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Joliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 39 (4), pp.333-344. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejmech.2004.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02186925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7356,1154 +7368,1154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d’une supplémentation chronique en 9-PAHPA chez les souris obèses DIO et db/db</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio J Cortés-Espinar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melha Benlebna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les FAHFAs régulent la prolifération des myoblastes C2C12 et favorisent un phénotype plus oxydatif dans le muscle squelettique chez la souris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melha Benlebna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Goustard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le 9-PAHPA et le 9-OAHPA modulent le métabolisme basal et améliorent la sensibilité à l’insuline chez des souris nourries avec un régime obésogène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melha Benlebna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vigor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DHA-derived oxylipins, neuroprostanes and protectins, differentially and dose-dependently modulate the inflammatory response in human macrophages: putative mechanisms through PPAR activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bosviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Joumard-Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Chinetti-Gbaguidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipid Mediators in Ageing and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Birmingham, United Kingdom. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omega-3 fatty acid-derived oxylipins reduce inflammation response in human macrophages: putative mechanism through PPAR-gamma binding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bosviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Joumard-Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Chinetti-Gbaguidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. European Workshop on Lipid Mediators (6EWLM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Frankfurt, Germany. 155 p., 2016, 6th European Workshop on Lipid Mediators (6EWLM) Book of Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the anti-inflammatory properties of selected DHA-derived oxylipins and insights into their mechanism of action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bosviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Joumard-Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Chinetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Valero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journée de l’IMBL (Institut Multidisciplinaire de Biochimie des Lipides)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Lyon, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés anti-inflammatoires des oxylipines dérivées du DHA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bosviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Joumard-Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Chinetti-Gbaguidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Clermont-Ferrand, France. 27 p., 2016, Fascicule de la 9ème Journée Scientifique du CRNH</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the anti-inflammatory properties of selected DHA-derived oxylipins and insights into their mechanism of action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bosviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Joumard-Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Chinetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Valero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LIPID MAPS Annual Meeting 2016:Lipidomics Impact on Metabolic, Cancer, Cardiovascular and Inflammatory Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, La Jolla (Californie), United States. , 46 p., 2016, 2016 LIPID MAPS Poster List</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the anti-inflammatory properties of selected DHA-derived oxylipins and insights into their mechanism of action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bosviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Joumard-Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Chinetti-Gbaguidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Valero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57. International Conference on the Bioscience of Lipids (ICBL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Chamonix-Mont Blanc, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8513,293 +8525,293 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de lipides bioactifs 9-PAHPA ou 9-OAHPA sur les désordres métaboliques chez la souris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melha Benlebna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pessemesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19e Journée Scientifique de l’IMBL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omega-3 fatty acid-derived oxylipins reduce inflammation response in human macrophages: putative mechanism through PPARgamma binding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bosviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Joumard-Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Chinetti-Gbaguidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th European Workshop on Lipid Mediators (6EWLM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Frankfurt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04217308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId289"/>
+      <w:footerReference w:type="default" r:id="rId290"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8946,51 +8958,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426364v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiba Selmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesia Walker" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Balas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Lucio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Klotz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2025.2601376" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005978v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Biagini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bertazzo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Ghimenti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Lenzi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Oger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2025.03.020" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144545v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Albiach-Delgado" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Merce Cascant-Vilaplana" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Pinilla-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Torrej&#243;n-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.344373" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04729483v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mrakic-Sposta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Bondi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2024.126619" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040586v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bonini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Vivaldi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2023.03.015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007466v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandyne Linares-Maurizi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reversat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Awad" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bultel-Ponc&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21030136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876073v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonafos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cort&#233;s-Espinar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pessemesse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2022.109216" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193908v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Oliveri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreina Baj" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dalla Gasperina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Drago Ferrante" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostaglandins.2023.106770" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963677v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Colson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Batrow" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Dieckmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Contu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian H Roux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12030446" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794564v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Sipka" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seol Ah Park" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resul Ozbilgic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2022.09.021" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692908v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Crauste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Galano" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Lehoux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101502" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664475v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dyall" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bazan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Thomas Brenna" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Chiang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2022.101165" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538746v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vigor" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101523" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652917v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristyna Brejchova" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Paluchova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brezinova" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Cajka" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132983" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870612v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Quaranta" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Z&#246;hrer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Revol-Cavalier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Benkestock" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c02601" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560829v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujit Kumar Dey" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;raud-Dufour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean Edward Riechers" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Augusta Landau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114157" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813776v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayu Watanabe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Saigusa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiro Ogura" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.focha.2022.100040" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550506v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Franzini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lomonaco" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2022.01.021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115296v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melha Benlebna" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gaillet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coudray" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2020.12.020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962441v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fouret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-020-02391-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115463v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Peter Walter Radner" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2020999118" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321938v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Durand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Sultan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2021028" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993345v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2020.101053" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02532921v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2020.108361" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993352v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Oseeva" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Bardova" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db19-0494" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993375v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Nguyen-Chi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Luz-Crawford" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Contreras-L&#243;pez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15156" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034553v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239046" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02617530v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiu Yiu Lee" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Hang Leung" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.13774" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387872v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Ris&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayaker Gandrath" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianenrico Rovati" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bolego" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.9b01463" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02624040v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lk. Ng" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryo Kawasaki" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2019.10.007" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327225v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kutzner" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Rund" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Ostermann" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Hartung" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2019.00169" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396035v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Peng" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Greite" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Claassen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Nolte" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostaglandins.2019.106386" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326889v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Waindok" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Janecek-Erfurth" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lindenwald" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Wilk" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Schughart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007706" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405326v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Toewe" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Geisslinger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Ferreir&#243;s" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2018.05.020" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837672v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Coudray" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201800853" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550402v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Kuda" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Silhavy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Landa" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav Zidek" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db17-1087" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617163v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Hansikova" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Rombaldova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2017.11.004" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837664v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2018.01.004" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847495v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Jouv&#232;ne" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fourmaux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain G&#233;lo&#235;n" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lipd.12006" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595235v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bosviel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Joumard-Cubizolles" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Chinetti-Gbaguidi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bayle" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Copin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2016.12.018" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550017v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Viars" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Faugere" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lefort" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ob01597b" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03624190v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2015.10.002" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269187v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bayrasy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Laguerre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barouh" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lecomte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201400607" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3494WL2R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576643v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulda J&#243;nasd&#243;ttir" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrus Papan" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Fabritz" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b00786" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996845v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gandrath Dayaker" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo500147r" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996818v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201304526" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BR4CQC6S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801666v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cr3001753" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952184v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guichardant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lagarde" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2013.11.006" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2731S4VN-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546924v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bultel-Ponc&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rossi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201002304" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VX7462K0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363062v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sattybrata Saha" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inneke Johnson" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somath Mukhopadhay" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm8011382" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288577v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pinot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guy" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fournial" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Rossi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo702455g" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-8X37GLCB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177883v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kontrimaviciute" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Matthieu" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Escale" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Blayac" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176851v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Cascio" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Di Marzo" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176300v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniello Schiano Moriello" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Ligresti" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm051226l" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186925v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grison" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coutrot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Comoy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Joliez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2004.01.006" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NCFS59GR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849311v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio J Cort&#233;s-Espinar" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849272v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Goustard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849295v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594580v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594480v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594631v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Chinetti" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Valero" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743544v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595699v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594818v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849232v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217308v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Copin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426364v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiba Selmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesia Walker" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Balas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Lucio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Klotz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2025.2601376" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005978v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Biagini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bertazzo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Ghimenti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Lenzi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Oger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2025.03.020" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144545v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Albiach-Delgado" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Merce Cascant-Vilaplana" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Pinilla-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Torrej&#243;n-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.344373" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04729483v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mrakic-Sposta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Bondi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2024.126619" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040586v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bonini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Vivaldi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2023.03.015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007466v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandyne Linares-Maurizi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reversat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Awad" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bultel-Ponc&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21030136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193908v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Oliveri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreina Baj" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dalla Gasperina" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Drago Ferrante" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostaglandins.2023.106770" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876073v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonafos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cort&#233;s-Espinar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pessemesse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2022.109216" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963677v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Colson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Batrow" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Dieckmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Contu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian H Roux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12030446" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794564v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Sipka" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seol Ah Park" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resul Ozbilgic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2022.09.021" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692908v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Crauste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Galano" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Lehoux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101502" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664475v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dyall" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bazan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Thomas Brenna" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Chiang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2022.101165" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538746v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vigor" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101523" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652917v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristyna Brejchova" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Paluchova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brezinova" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Cajka" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132983" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870612v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Quaranta" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Z&#246;hrer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Revol-Cavalier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Benkestock" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c02601" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813776v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayu Watanabe" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Saigusa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiro Ogura" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.focha.2022.100040" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560829v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujit Kumar Dey" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;raud-Dufour" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean Edward Riechers" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Augusta Landau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114157" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550506v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Franzini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lomonaco" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2022.01.021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115296v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melha Benlebna" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gaillet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coudray" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2020.12.020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962441v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fouret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-020-02391-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115463v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Peter Walter Radner" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2020999118" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321938v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Durand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Sultan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2021028" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993345v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2020.101053" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02532921v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2020.108361" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993352v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Oseeva" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Bardova" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db19-0494" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993375v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Nguyen-Chi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Luz-Crawford" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Contreras-L&#243;pez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15156" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02617530v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiu Yiu Lee" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Hang Leung" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.13774" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034553v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239046" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387872v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Ris&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayaker Gandrath" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianenrico Rovati" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bolego" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.9b01463" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02624040v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lk. Ng" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryo Kawasaki" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2019.10.007" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327225v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kutzner" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Rund" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Ostermann" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Hartung" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2019.00169" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396035v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Peng" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Greite" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Claassen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Nolte" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostaglandins.2019.106386" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326889v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Waindok" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Janecek-Erfurth" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lindenwald" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Wilk" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Schughart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007706" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405326v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Toewe" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Geisslinger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Ferreir&#243;s" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2018.05.020" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837672v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Coudray" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201800853" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550402v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Kuda" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Silhavy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Landa" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav Zidek" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db17-1087" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617163v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Hansikova" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Rombaldova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2017.11.004" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0Q5S4SX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837664v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2018.01.004" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847495v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Jouv&#232;ne" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fourmaux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain G&#233;lo&#235;n" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lipd.12006" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595235v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bosviel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Joumard-Cubizolles" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Chinetti-Gbaguidi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bayle" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Copin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2016.12.018" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550017v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Viars" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Faugere" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lefort" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ob01597b" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03624190v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2015.10.002" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269187v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bayrasy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Laguerre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barouh" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lecomte" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201400607" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3494WL2R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576643v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulda J&#243;nasd&#243;ttir" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrus Papan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Fabritz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b00786" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996845v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gandrath Dayaker" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo500147r" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996818v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201304526" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BR4CQC6S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801666v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cr3001753" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952184v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guichardant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lagarde" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2013.11.006" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2731S4VN-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546924v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bultel-Ponc&#233;" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rossi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201002304" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VX7462K0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363062v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sattybrata Saha" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inneke Johnson" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somath Mukhopadhay" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm8011382" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288577v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pinot" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fournial" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Rossi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo702455g" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-8X37GLCB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177883v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kontrimaviciute" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Matthieu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Escale" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Blayac" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176851v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Cascio" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Di Marzo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176300v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniello Schiano Moriello" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Ligresti" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm051226l" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186925v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grison" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coutrot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Comoy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Joliez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2004.01.006" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NCFS59GR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849311v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio J Cort&#233;s-Espinar" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849272v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Goustard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849295v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594580v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594480v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594631v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Chinetti" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Valero" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743544v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595699v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594818v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849232v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217308v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Copin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>