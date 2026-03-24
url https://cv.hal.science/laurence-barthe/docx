--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2443,234 +2443,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01541871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LE CONSEIL AGRICOLE AU CARREFOUR DU DEVELOPPEMENT SECTORIEL ET DU DEVELOPPEMENT TERRITORIAL :ACCOMPAGNER L'ACTIVITE AGRICOLE EN SITUATIONE</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The role of development agents in territorial observatories : lessons to be learned from the &amp;quot;SIG Pyrénées&amp;quot; experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Auricoste</w:t>
+                <w:t xml:space="preserve">Pauline Lenormand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Barthe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISDA 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Montpellier, France. 12 p</w:t>
+              <w:t xml:space="preserve">"Grand Ouest" days of Territorial Intelligence IT-GO, ENTI. Nantes-Rennes, mar. 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Nantes-Rennes, France. 7p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00526103v1</w:t>
+                <w:t xml:space="preserve">halshs-00781766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of development agents in territorial observatories : lessons to be learned from the &amp;quot;SIG Pyrénées&amp;quot; experience</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LE CONSEIL AGRICOLE AU CARREFOUR DU DEVELOPPEMENT SECTORIEL ET DU DEVELOPPEMENT TERRITORIAL :ACCOMPAGNER L'ACTIVITE AGRICOLE EN SITUATIONE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Albaladejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Lenormand</w:t>
+                <w:t xml:space="preserve">Caroline Auricoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Barthe</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Duvernoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Grand Ouest" days of Territorial Intelligence IT-GO, ENTI. Nantes-Rennes, mar. 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Nantes-Rennes, France. 7p</w:t>
+              <w:t xml:space="preserve">ISDA 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Montpellier, France. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00781766v1</w:t>
+                <w:t xml:space="preserve">hal-00526103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimoine alimentaire et innovations essai d'analyse typologique sur trois territoires de la Région Midi-Pyrénées</w:t>
               </w:r>
@@ -5171,51 +5171,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584079v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laumiere" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Panegos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1999" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580167v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.240.0355" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021589v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Eychenne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.8198" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121658v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01898176v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.15228" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01517062v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Albaladejo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bustos Cara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Iscaro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Petrantonio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.4011" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01152212v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Leblanc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.5380" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01155171v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02083908v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lima" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.1686" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02083898v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duvernoy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.138" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00998584v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00772411v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02083901v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4273" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366802v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vidal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.110" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00732378v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733766v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600900v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13892240701289361" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563591v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Pouzenc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04022784v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467860v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Salam&#233;ro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hagimont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549492v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Amalia Lorda" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taulelle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008447v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01541871v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ider" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Milian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526103v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Auricoste" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00781766v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lenormand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521740v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Bessi&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mognard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pilleboue" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rayssac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523323v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584083v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584073v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lio Labat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576824v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983966v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jebeili" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726384v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laumi&#232;re" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/hommes-et-societes/3169-villes-et-campagnes-en-relations-regards-croises-nords-suds-9782811118693.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020162v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonnal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/9782367812366.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158006v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/312577" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01026223v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Taulelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-00976778v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Trognon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00960116v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bustos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00463775v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier-Baylet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Barrue-Pastor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00338900v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Brevard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00400761v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322417v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pinson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169263v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435158v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129660v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278583v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04004323v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tib&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584079v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laumiere" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Panegos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1999" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580167v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.240.0355" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021589v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Eychenne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.8198" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121658v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01898176v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.15228" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01517062v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Albaladejo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bustos Cara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Iscaro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Petrantonio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.4011" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01152212v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Leblanc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.5380" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01155171v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02083908v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lima" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.1686" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02083898v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duvernoy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.138" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00998584v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00772411v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02083901v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4273" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366802v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vidal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.110" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00732378v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733766v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600900v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13892240701289361" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563591v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Pouzenc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04022784v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467860v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Salam&#233;ro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hagimont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549492v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Amalia Lorda" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taulelle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008447v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01541871v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ider" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Milian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00781766v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lenormand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526103v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Auricoste" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521740v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Bessi&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mognard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pilleboue" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rayssac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523323v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584083v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584073v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lio Labat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576824v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983966v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jebeili" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726384v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laumi&#232;re" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/hommes-et-societes/3169-villes-et-campagnes-en-relations-regards-croises-nords-suds-9782811118693.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020162v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonnal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/9782367812366.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158006v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/312577" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01026223v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Taulelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-00976778v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Trognon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00960116v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bustos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00463775v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier-Baylet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Barrue-Pastor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00338900v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Brevard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00400761v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322417v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pinson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169263v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435158v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129660v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278583v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04004323v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tib&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>