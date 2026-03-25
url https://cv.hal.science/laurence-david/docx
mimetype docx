--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -190,333 +190,333 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brisons la hache et enterrons-la ! Autopsie et réflexions autour du dépôt d'une grande lame polie en fibrolite à Kerarmerrien, Plouzané (Finistère)</w:t>
+                <w:t xml:space="preserve">Analyse spatio-temporelle des éboulements/écroulements (2000-2015) entre Etretat et Le Tréport (Seine-Maritime, Normandie) avec une régression logistique binomiale spatiale orientée de panel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
+                <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphan Hinguant</w:t>
+                <w:t xml:space="preserve">Frédéric Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Mabo</w:t>
+                <w:t xml:space="preserve">Laurence Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Agranier</w:t>
+                <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bernard</w:t>
+                <w:t xml:space="preserve">Cyril Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 122 (2), pp.253-289</w:t>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05151031v1</w:t>
+                <w:t xml:space="preserve">hal-05052035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse spatio-temporelle des éboulements/écroulements (2000-2015) entre Etretat et Le Tréport (Seine-Maritime, Normandie) avec une régression logistique binomiale spatiale orientée de panel</w:t>
+                <w:t xml:space="preserve">Brisons la hache et enterrons-la ! Autopsie et réflexions autour du dépôt d'une grande lame polie en fibrolite à Kerarmerrien, Plouzané (Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Letortu</w:t>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Audard</w:t>
+                <w:t xml:space="preserve">Stéphan Hinguant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Reboul</w:t>
+                <w:t xml:space="preserve">Manon Mabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence David</w:t>
+                <w:t xml:space="preserve">Arnaud Agranier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Pensec</w:t>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (2), pp.253-289</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05052035v1</w:t>
+                <w:t xml:space="preserve">hal-05151031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilités et immobilités des populations insulaires bretonnes : quand le quotidien influence les choix résidentiels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Jézéquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2024/2-3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -550,51 +550,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un outil de cartographie interactive novateur pour présenter des résultats de recherche : exemple sur une étude de terroir dans le contexte du changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure de Rességuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -826,51 +826,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi citoyen des indicateurs des aléas d’érosion côtière et de submersion marine : création de l’application smartphone et tablette CoastAppli et expérimentation à Guissény (Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riwalenn Ruault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -954,295 +954,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04311549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A long-term dataset of topography and nearshore bathymetry at the macrotidal pocket beach of Porsmilin, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental field study on the fatigue and failure mechanisms of coastal chalk cliffs: Implementation of a multi-parameter monitoring system (Sainte-Marguerite-sur-Mer, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Letortu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Bertin</w:t>
+                <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Floc'H</w:t>
+                <w:t xml:space="preserve">Emmanuel Augereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
+                <w:t xml:space="preserve">Stéphane Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Jaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Cancouët</w:t>
+                <w:t xml:space="preserve">Olivier Maquaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-022-01170-3⟩</w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 408, pp.108211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2022.108211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03609645v1</w:t>
+                <w:t xml:space="preserve">insu-03636861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental field study on the fatigue and failure mechanisms of coastal chalk cliffs: Implementation of a multi-parameter monitoring system (Sainte-Marguerite-sur-Mer, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">A long-term dataset of topography and nearshore bathymetry at the macrotidal pocket beach of Porsmilin, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Costa</w:t>
+                <w:t xml:space="preserve">Marion Jaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Maquaire</w:t>
+                <w:t xml:space="preserve">Romain Cancouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 408, pp.108211. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2022.108211⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-022-01170-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03636861v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catastrophic overwash and rapid retreat of a gravel barrier spit during storm events (Sillon de Talbert, North Brittany, France)</w:t>
               </w:r>
@@ -1280,51 +1280,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Autret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Houron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Floc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 47 (8), pp.2024-2043. </w:t>
@@ -1401,51 +1401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finisterra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, LVI (117), pp.175-197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1665,51 +1665,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge S. Suanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Tardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 24 (1), pp.79-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1807,51 +1807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geographic Information System</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (04), pp.344 - 361. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1885,90 +1885,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts des vagues et de la circulation d’eau sur la microfracturation des falaises rocheuses : mise en place d’un suivi multiparamètre en Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katja Laute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Augereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2071,51 +2071,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fichaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge S. Suanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 382, pp.37-55. </w:t>
@@ -2205,51 +2205,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Grigoras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenica Hanganu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Volume: 9 ( Issue: 8), pp.3651 - 3666. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2335,51 +2335,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fichaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 21 (3), pp.267-292. </w:t>
@@ -2469,51 +2469,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenica Hanganu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2599,51 +2599,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soare Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15 (1), pp.2-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2690,51 +2690,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infrastructure de données géographiques et gestion intégrée de la zone côtière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Tixerant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2967,51 +2967,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Rassim Hariz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Nogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3107,51 +3107,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Pierson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Ruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre des utilisateurs francophones de Qgis 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OSGeo-fr; UMR 7300 ESPACE d’Avignon Université, Jun 2025, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3170,652 +3170,652 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05280612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La frise chronologique comme outil de médiation dans une perspective d'adaptation aux risques côtiers en France et au Québec</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Les frises chrono-systémiques : utilisation dans le cadre de la sensibilisation des élus, des gestionnaires et du public aux risques côtiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Weissenberger</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lucas Sachot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Section Colloques multisectoriels n° 636 - Regards croisés sur l’adaptation aux risques naturels côtiers : que nous apprennent les recherches interdisciplinaires, partenariales et internationales?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 91e Congrès de l'ACFAS, May 2024, OTTAWA - Ontario, Canada</w:t>
+              <w:t xml:space="preserve">Journées scientifiques du trait de côte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau national des observatoires du trait de côte (RNOTC), Jun 2024, Quimper, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04714969v1</w:t>
+                <w:t xml:space="preserve">hal-04715268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation morphodynamique à long terme pour l'étude des évènements extrêmes dans l'évolution et la projection morphologiques des côtes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pauline Letortu</w:t>
+                <w:t xml:space="preserve">Simulation de l'impact du changement climatique sur les agrosystèmes viticoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Tissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renan Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EVOLECO : EVOlution à Long terme des Ecosystèmes COtiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Infrestructure de Recherche Littorale &amp; Côtière ILICO, Nov 2024, Plouzané (29280), France</w:t>
+              <w:t xml:space="preserve">ThéoQuant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848030v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05375411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse spatio-temporelle des éboulements/écroulements en Seine-Maritime (2000-2015)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Observation morphodynamique à long terme pour l'étude des évènements extrêmes dans l'évolution et la projection morphologiques des côtes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Suanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurence David</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les seizièmes rencontres de Théo Quant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Besançon, France</w:t>
+              <w:t xml:space="preserve">EVOLECO : EVOlution à Long terme des Ecosystèmes COtiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Infrestructure de Recherche Littorale &amp; Côtière ILICO, Nov 2024, Plouzané (29280), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05046323v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de l'impact du changement climatique sur les agrosystèmes viticoles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hervé Quénol</w:t>
+                <w:t xml:space="preserve">Analyse spatio-temporelle des éboulements/écroulements en Seine-Maritime (2000-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Letortu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Audard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ThéoQuant</w:t>
+              <w:t xml:space="preserve">Les seizièmes rencontres de Théo Quant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375411v1</w:t>
+                <w:t xml:space="preserve">hal-05046323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les frises chrono-systémiques : utilisation dans le cadre de la sensibilisation des élus, des gestionnaires et du public aux risques côtiers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">La frise chronologique comme outil de médiation dans une perspective d'adaptation aux risques côtiers en France et au Québec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Verdun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Weissenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Sachot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Esteva-Kermel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques du trait de côte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau national des observatoires du trait de côte (RNOTC), Jun 2024, Quimper, France</w:t>
+              <w:t xml:space="preserve">Section Colloques multisectoriels n° 636 - Regards croisés sur l’adaptation aux risques naturels côtiers : que nous apprennent les recherches interdisciplinaires, partenariales et internationales?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 91e Congrès de l'ACFAS, May 2024, OTTAWA - Ontario, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04715268v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04714969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie interactive du terroir viticole et changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème édition du Printemps des Cartes : "Dépassons les frontières"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Poitiers; Espace Mendès France Poitiers; MJC Claude Nougaro de Montmorillon, May 2023, Montmorillon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3840,51 +3840,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can CoastAppli (a citizen science smartphone app) improve monitoring and understanding of coastal hazards to support coastal management?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riwalenn Ruault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3965,103 +3965,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studies of &amp;quot;cliff erosion&amp;quot; and &amp;quot;coastal flooding&amp;quot; hazards (France, Greece, Canada)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Augereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bernatchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAG's regional webinar for Western Europe &amp; British Isles (UK, Ireland, France, Italy)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, visioconférence, France</w:t>
@@ -4129,64 +4129,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renan Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIth International Terroir Congres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Adelaide, Australia</w:t>
@@ -4267,51 +4267,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Grigoras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenica Hanganu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geoscience Union, General Assembly 2014,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4388,51 +4388,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Grigoras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenica Hanganu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4496,51 +4496,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAGEO 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Brest, France. pp.499-519</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4604,51 +4604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Today's Science for tomorrow's management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Venice, Italy. pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4824,51 +4824,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Rassim Hariz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Nogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4932,51 +4932,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Tixerant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COASTGIS 2011, 10th International Symposium on GIS and Computer Mapping for Coastal Management. 2011 Theme: Marine Spatial Planning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Oostende, Belgium. pp.99-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5014,64 +5014,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des hauts niveaux d'eau à la côte, application aux sites Adaptalitt de Guissény et de Gâvres.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Meur-Ferec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hénaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Adaptalitt, programme GICC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5128,77 +5128,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilités et immobilités des populations insulaires : quand le quotidien influence les choix résidentiels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Jézéquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIème Colloque de l'AIDELF - 2024 « Démographie et mobilités »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, AVEIRO, Portugal. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5262,51 +5262,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Le Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of Labex DRIIHM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Toulouse, France. , 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5366,51 +5366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of Labex DRIIHM - 2019 Inter-Disciplinary Research Facility on Human-Environment Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Lyon, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5519,51 +5519,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelis van Leeuwen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renan Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OIV 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Genève, Switzerland. 2019</w:t>
@@ -5650,51 +5650,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure de Rességuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Nougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5747,281 +5747,281 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04904630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction des connaissances pour la formation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Hannin</w:t>
+                <w:t xml:space="preserve">Transformer la viticulture pour l’adapter au changement climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Quénol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Tissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure de Rességuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Adoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">Nathalie Ollat; Jean-Marc Touzard. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vigne, vin et changement climatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Quae, pp.180-194, 2024, 978-2-7592-3796-8</w:t>
+              <w:t xml:space="preserve">Explorer l’environnement : des solutions pour innover</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.201-204, 2024, 9782271152374</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04494463v1</w:t>
+                <w:t xml:space="preserve">hal-04731571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformer la viticulture pour l’adapter au changement climatique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Tissot</w:t>
+                <w:t xml:space="preserve">La construction des connaissances pour la formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure de Rességuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">CNRS. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Nougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nathalie Ollat; Jean-Marc Touzard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Explorer l’environnement : des solutions pour innover</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.201-204, 2024, 9782271152374</w:t>
+              <w:t xml:space="preserve">Vigne, vin et changement climatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Quae, pp.180-194, 2024, 978-2-7592-3796-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731571v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04494463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La marge attractive : les néo-entrepreneurs des îles du Ponant</w:t>
               </w:r>
@@ -6046,51 +6046,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Chailloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Lavialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6177,51 +6177,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatialisations d'indicateurs agro-climatiques à l'échelle des régions Bretagne et Pays de la Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6304,51 +6304,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Meur-Ferec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Cazaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6366,51 +6366,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Storymap | SAINT-ÉMILION • POMEROL et leurs satellites : Une étude de terroir innovante dans un contexte de changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6418,51 +6418,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure de Rességuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Tissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renan Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -6615,51 +6615,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouessant. Atlas environnemental.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bioret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Darboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6791,51 +6791,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge S. Suanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mescoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6900,51 +6900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge S. Suanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6986,263 +6986,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03588352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of cultural practices to climate change: results synthesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Story Map: Tell the story of the ADVICLIM project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure de Rességuier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Tissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Etienne Neethling</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS LETG. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210611v1</w:t>
+                <w:t xml:space="preserve">hal-04210613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Story Map: Tell the story of the ADVICLIM project</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Adaptation of cultural practices to climate change: results synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Neethling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renan Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...50 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS LETG. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04210613v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ATOUMO : vers une gestion intégrée de l’île de la Martinique et de son espace maritime : trajectoires de gouvernance et adaptation aux changements passés, actuels et futurs</w:t>
               </w:r>
@@ -7350,51 +7350,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion des risques d'érosion et de submersion marines : guide méthodologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuelle Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7462,411 +7462,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ADAPTALITT</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atlas de sensibilité du littoral aux pollutions marines, plan Orsec du département du Calvados</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iwan Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Tricot</w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Pacte, Laboratoire de sciences sociales - Grenoble (France); Geomer; Cresson; CERSES; GSPM. 2012</w:t>
+                <w:t xml:space="preserve">Thomas Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Nogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00566433v2</w:t>
+                <w:t xml:space="preserve">halshs-00666252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atlas de sensibilité du littoral aux pollutions marines, dispositif opérationnel ORSEC départemental de La Réunion. Annexe technique du dispositif spécifique Polmar-Terre.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence David</w:t>
+                <w:t xml:space="preserve">ADAPTALITT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lolive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Louze</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] LETG - Brest Géomer / DEAL de La Réunion / IFREMER. 2012</w:t>
+                <w:t xml:space="preserve">Thierry Bontems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Meur-Ferec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Pacte, Laboratoire de sciences sociales - Grenoble (France); Geomer; Cresson; CERSES; GSPM. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">halshs-01085084v1</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00566433v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atlas de sensibilité du littoral aux pollutions marines, plan Orsec du département du Calvados</w:t>
+                <w:t xml:space="preserve">Atlas de sensibilité du littoral aux pollutions marines, dispositif opérationnel ORSEC départemental de La Réunion. Annexe technique du dispositif spécifique Polmar-Terre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Chiron</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">2012</w:t>
+                <w:t xml:space="preserve">Julien Louze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] LETG - Brest Géomer / DEAL de La Réunion / IFREMER. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00666252v1</w:t>
+                <w:t xml:space="preserve">halshs-01085084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas de sensibilité du littoral aux pollutions marines, plan Orsec du département de la Manche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Quemmerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Nogues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7914,51 +7914,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas de sensibilité du littoral aux pollutions marines, plan Orsec du département de la Seine-Maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Nogues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8015,51 +8015,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas des ouvrages côtiers de Seine-Maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Rassim Hariz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8116,64 +8116,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventaire des ouvrages côtiers du Finistère (2008)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwan Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LETG-Brest Géomer, UMR 6554 CNRS, IUEM-UBO, Brest; DDE29 - Direction départementale de l’Equipement du Finistère. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -8221,379 +8221,379 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ID-îles Magazine n°14: Bréhat</w:t>
+                <w:t xml:space="preserve">ID-îles Magazine n°11: l'île de Groix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Brigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">medihal-01651051v1</w:t>
+                <w:t xml:space="preserve">medihal-01503178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ID-îles Magazine n°12: Belle-Île-en-Mer</w:t>
+                <w:t xml:space="preserve">ID-îles Magazine n°14: Bréhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis L. Brigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">medihal-01503123v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01651051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ID-îles Magazine n°14: Île d'Arz</w:t>
+                <w:t xml:space="preserve">ID-îles Magazine n°12: Belle-Île-en-Mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Brigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">medihal-01650935v1</w:t>
+                <w:t xml:space="preserve">medihal-01503123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ID-îles Magazine n°10: Molène</w:t>
+                <w:t xml:space="preserve">ID-îles Magazine n°14: Île d'Arz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis L. Brigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">medihal-01515526v1</w:t>
+                <w:t xml:space="preserve">medihal-01650935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ID-îles Magazine n°13: Dynamiques agricoles belliloises et insulaires</w:t>
               </w:r>
@@ -8605,51 +8605,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Brigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8661,379 +8661,379 @@
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01518085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ID-îles Magazine n°11: l'île de Groix</w:t>
+                <w:t xml:space="preserve">ID-îles Magazine n°10: Molène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Brigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">medihal-01503178v1</w:t>
+                <w:t xml:space="preserve">medihal-01515526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ID-îles Magazine n°7: Ces entreprises qui exportent</w:t>
+                <w:t xml:space="preserve">ID-îles Magazine n°9: Collégiens des îles: regards sur l'entrepreneuriat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Brigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">medihal-01534548v1</w:t>
+                <w:t xml:space="preserve">medihal-01515583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ID-îles Magazine n°9: Collégiens des îles: regards sur l'entrepreneuriat</w:t>
+                <w:t xml:space="preserve">ID-îles Magazine n°8: L'Île-aux-Moines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Brigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">medihal-01515583v1</w:t>
+                <w:t xml:space="preserve">medihal-01518807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ID-îles Magazine n°8: L'Île-aux-Moines</w:t>
+                <w:t xml:space="preserve">ID-îles Magazine n°7: Ces entreprises qui exportent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Brigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">medihal-01518807v1</w:t>
+                <w:t xml:space="preserve">medihal-01534548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId219"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -9109,51 +9109,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="62CE517B"/>
+    <w:nsid w:val="05A2C982"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9340,51 +9340,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurence-david" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8099-7335" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241729270" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151031v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Hinguant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Mabo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Agranier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052035v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Letortu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reboul" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence David" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pensec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023581v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ekv" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156174v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure de Ress&#233;guier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Petitjean" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tissot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2023.7652" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04536961v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Guyon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Plante" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Verdun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.40890" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311549v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwalenn Ruault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rouan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Milli&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Derval" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.17726" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609645v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Floc'H" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Dantec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cancou&#235;t" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01170-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03636861v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Augereau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maquaire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2022.108211" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605145v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge S. Suanez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Autret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Houron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5361" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03340125v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Rafael de Rosa Giolito" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foulquier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Le Berre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18055/Finis23746" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084876v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blaise" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fichaut" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-008.1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682122v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dodet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Tardieu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11908" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-W4NBRNRK-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857486v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Georis-Creuseveau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Claramunt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gourmelon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pinaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jgis.2018.104018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633873v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Laute" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ammann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1392" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377271v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2016.09.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516930v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Niculescu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lardeux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Grigoras" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenica Hanganu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2016.2545242" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143590v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11104" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158566v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mercier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-015-1809-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311009v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P&#233;caud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guillou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soare Paul" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16082" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867369v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Tixerant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Defenouill&#232;re" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Nogues" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26032" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657607v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Garcin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bulteau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lagadec" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.12942" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653868v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rassim Hariz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280612v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ruaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714969v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Weissenberger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Esteva-Kermel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04848030v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Suanez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;naff" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05046323v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05375411v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Le Roux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715268v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Sachot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715035v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729129v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165186v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bernatchez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094081v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01107746v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991689v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991965v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00716024v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628394v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Sellin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Magnanon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Delassus" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rapinel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104920v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658745v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674811v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057736v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353374v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Guyader" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-b7a1fd" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320491v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177372v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure de Resseguier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04904630v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hannin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Nougier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Touzard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04494463v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731571v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Adoir" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056077v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Brigand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Chailloux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Corsi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lavialle" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018057v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bonnardot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985025v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cazaux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067418v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826807v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debaine" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797158v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bioret" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Darboux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Guermeur" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936897v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mescoff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588352v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210611v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Neethling" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210613v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602302v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Cacqueray" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocle" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. H&#233;nocque" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500210v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566433v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tricot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lolive" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gourgues" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bontems" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01085084v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louze" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666252v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chiron" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666257v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quemmerais" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666260v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666267v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372919v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01651051v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Brigand" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01503123v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01650935v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01515526v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01518085v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01503178v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01534548v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01515583v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01518807v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurence-david" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8099-7335" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241729270" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052035v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Letortu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reboul" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence David" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pensec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151031v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Hinguant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Mabo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Agranier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023581v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ekv" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156174v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure de Ress&#233;guier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Petitjean" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tissot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2023.7652" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04536961v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Guyon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Plante" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Verdun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.40890" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311549v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwalenn Ruault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rouan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Milli&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Derval" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.17726" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03636861v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Dantec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Augereau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maquaire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2022.108211" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609645v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Floc'H" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cancou&#235;t" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01170-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605145v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge S. Suanez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Autret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Houron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5361" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03340125v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Rafael de Rosa Giolito" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foulquier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Le Berre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18055/Finis23746" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084876v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blaise" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fichaut" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-008.1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682122v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dodet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Tardieu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11908" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-W4NBRNRK-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857486v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Georis-Creuseveau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Claramunt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gourmelon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pinaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jgis.2018.104018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633873v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Laute" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ammann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1392" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377271v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2016.09.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516930v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Niculescu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lardeux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Grigoras" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenica Hanganu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2016.2545242" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143590v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11104" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158566v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mercier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-015-1809-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311009v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P&#233;caud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guillou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soare Paul" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16082" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867369v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Tixerant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Defenouill&#232;re" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Nogues" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26032" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657607v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Garcin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bulteau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lagadec" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.12942" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653868v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rassim Hariz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280612v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ruaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715268v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Sachot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05375411v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Le Roux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04848030v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Suanez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;naff" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05046323v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714969v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Weissenberger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Esteva-Kermel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715035v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729129v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165186v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bernatchez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094081v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01107746v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991689v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991965v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00716024v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628394v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Sellin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Magnanon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Delassus" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rapinel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104920v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658745v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674811v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057736v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353374v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Guyader" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-b7a1fd" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320491v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177372v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure de Resseguier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04904630v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hannin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Nougier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Touzard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731571v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Adoir" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04494463v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056077v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Brigand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Chailloux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Corsi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lavialle" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018057v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bonnardot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985025v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cazaux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067418v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826807v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debaine" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797158v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bioret" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Darboux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Guermeur" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936897v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mescoff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588352v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210613v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210611v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Neethling" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602302v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Cacqueray" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocle" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. H&#233;nocque" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500210v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666252v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chiron" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566433v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tricot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lolive" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gourgues" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bontems" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01085084v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louze" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666257v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quemmerais" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666260v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666267v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372919v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01503178v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01651051v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Brigand" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01503123v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01650935v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01518085v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01515526v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01515583v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01518807v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01534548v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>