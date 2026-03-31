--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -615,265 +615,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02584299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tous écocitoyens ? Réenchantement du quotidien et décentrement du politique</w:t>
+                <w:t xml:space="preserve">Le sens de la mesure: Quantifier et modérer les émissions de gaz à effet de serre dans la consommation des ménages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Glatron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 55, pp.10-17. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/revss.1922⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 55, pp.82-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/revss.2550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03409706v1</w:t>
+                <w:t xml:space="preserve">hal-03409701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défi climatique et écologisation à petits pas. Changement des pratiques quotidiennes ou résistances ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ann. Sci. Rés. Bios. Trans. Vosges du Nord -Pfälzerwald</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, (2015-2016) (18), pp.90-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03409708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sens de la mesure: Quantifier et modérer les émissions de gaz à effet de serre dans la consommation des ménages</w:t>
+                <w:t xml:space="preserve">Tous écocitoyens ? Réenchantement du quotidien et décentrement du politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Glatron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 55, pp.82-91. </w:t>
+              <w:t xml:space="preserve">, 2016, 55, pp.10-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/revss.2550⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/revss.1922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409701v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défi climatique et écologisation à petits pas Changement des pratiques quotidiennes ou résistances ?</w:t>
               </w:r>
@@ -1060,273 +1060,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01201144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les organisations professionnelles agricoles et la gestion des ressources naturelles en Amazonie : innovations et apprentissages</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">O RECONHECIMENTO PÚBLICO DOS ATORES COLETIVOS DA AGRICULTURA FAMILIAR NO NORDESTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aquiles Simões</w:t>
+                <w:t xml:space="preserve">Eric Sabourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Duque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C O Diniz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lima Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Florentino Granchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 7 (n° 1), pp.XXX</w:t>
+              <w:t xml:space="preserve">Cadernos de Ciência &amp; Tecnologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.293-306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00197910v1</w:t>
+                <w:t xml:space="preserve">hal-02862979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O RECONHECIMENTO PÚBLICO DOS ATORES COLETIVOS DA AGRICULTURA FAMILIAR NO NORDESTE</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lima Oliveira</w:t>
+                <w:t xml:space="preserve">Les organisations professionnelles agricoles et la gestion des ressources naturelles en Amazonie : innovations et apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Granchamp-Florentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Florentino Granchamp</w:t>
+                <w:t xml:space="preserve">Aquiles Simões</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cadernos de Ciência &amp; Tecnologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, pp.293-306</w:t>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7 (n° 1), pp.XXX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862979v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00197910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconnaissance publique des acteurs collectifs de l'agriculture familiale au Nordeste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Sabourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Duque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C. O. Diniz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1390,64 +1390,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconnaissance publique des acteurs collectifs de l'agriculture familiale au Nordeste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sabourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Duque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Diniz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1675,299 +1675,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03458957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrique ordinaire de la transition alimentaire dans les territoires: des médiations par les attachements sensibles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maillages et essaimages : Rôles d’intermédiation, temporalités, et enjeux pour la démocratie alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Granchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Grandchamp</w:t>
+                <w:t xml:space="preserve">Karim G.E. Berthomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim G.E. Berthome</w:t>
+                <w:t xml:space="preserve">Martina Tuscano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international “Transitions 2021 - Les transitions écologiques en transactions et actions"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque final du programme Cit’In</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332281v1</w:t>
+                <w:t xml:space="preserve">hal-03332294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maillages et essaimages : Rôles d’intermédiation, temporalités, et enjeux pour la démocratie alimentaire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La fabrique ordinaire de la transition alimentaire dans les territoires: des médiations par les attachements sensibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim G.E. Berthomé</w:t>
+                <w:t xml:space="preserve">Laurence Grandchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martina Tuscano</w:t>
+                <w:t xml:space="preserve">Karim G.E. Berthome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque final du programme Cit’In</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international “Transitions 2021 - Les transitions écologiques en transactions et actions"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332294v1</w:t>
+                <w:t xml:space="preserve">hal-03332281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique de la transition alimentaire dans les territoires : des mécanismes d’enrôlement à l’épreuve des attachements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim G.E. Berthome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Tuscano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque final du programme Cit’In</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2100,51 +2100,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe-Toussaint Soulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristin Reynolds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Grandchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées internationales et francophones de l'agriculture urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Sciences pour l'Action et le Développement : Activités, Produits, Territoires (1048)., Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2195,277 +2195,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there any room for a long term socio-ecological research on green roofs?</w:t>
+                <w:t xml:space="preserve">Is there any room for a long term socio-ecological research on green roofs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Combroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Glatron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Granchamp</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Grandchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « European International conference on transforming urban systems (EICTUS) » 26, 27, 28 juin 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Strasbourg, France. 2019</w:t>
+              <w:t xml:space="preserve">European International Conference on Transforming Urban Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04789746v1</w:t>
+                <w:t xml:space="preserve">hal-03004346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there any room for a long term socio-ecological research on green roofs ?</w:t>
+                <w:t xml:space="preserve">Is there any room for a long term socio-ecological research on green roofs?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Combroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Glatron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Grandchamp</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European International Conference on Transforming Urban Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Colloque « European International conference on transforming urban systems (EICTUS) » 26, 27, 28 juin 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Strasbourg, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03004346v1</w:t>
+                <w:t xml:space="preserve">hal-04789746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2694,51 +2694,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinvenções territoriais: diversidade e aprendizagens sociais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aquiles Simões</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliana Teles Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2795,51 +2795,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The urban garden city</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Glatron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
@@ -2957,190 +2957,190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02571568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(In)visibles cités coloniales. Stratégies de domination et de résistance depuis la fin du XIXe siècle</w:t>
+                <w:t xml:space="preserve">Invisibles cités coloniales. Stratégies de domination et de résistance de la fin du XIXe siècle à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Catherine Repussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aurélie Choné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Orizons, 2014, Universités</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Granchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02319415v1</w:t>
+                <w:t xml:space="preserve">hal-02318336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invisibles cités coloniales. Stratégies de domination et de résistance de la fin du XIXe siècle à nos jours</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">(In)visibles cités coloniales. Stratégies de domination et de résistance depuis la fin du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Choné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Granchamp Florentino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Orizons, 2014, Universités</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Repussard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-02318336v1</w:t>
+                <w:t xml:space="preserve">hal-02319415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3723,51 +3723,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Places and people of urban gardens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Glatron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3812,337 +3812,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02182071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans les marges de l'expansion touristique. Autonomisation à géométrie variable des artisanes de la piaçava à Bahia</w:t>
+                <w:t xml:space="preserve">Une autonomisation à géométrie variable. Les femmes artisanes du littoral nord de Bahia (Brésil)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roland Pfefferkorn; Laurence Granchamp Florentino. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Résistances et émancipation de femmes au Sud. Travail et luttes environnementales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Harmattan, pp.97-122, 2017, Collection Logiques sociales. Série "Sociologie du genre", 978-2-343-13117-7</w:t>
+              <w:t xml:space="preserve">, L’Harmattan, pp.97-152, 2017, Logiques sociales, 978-2-343-13117-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03409721v1</w:t>
+                <w:t xml:space="preserve">hal-02612111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Femmes africaines nourricières ? La place des femmes dans l’agriculture urbaine à Dakar</w:t>
+                <w:t xml:space="preserve">Mise au travail des femmes et spoliation de la nature au Sud. Quelles résistances face au devenir-monde du capitalisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Awa Ba</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roland Pferfferkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Résistances et émancipation des femmes du Sud - Travail et luttes environnementales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.74-96, 2017, Logiques sociales, 978-2-343-13117-7</w:t>
+              <w:t xml:space="preserve">Résistances et émancipation de femmes au Sud. Travail et luttes environnementales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.9-30, 2017, Collection Logiques sociales. Série "Sociologie du genre", 978-2-343-13117-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02614446v1</w:t>
+                <w:t xml:space="preserve">hal-03409720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise au travail des femmes et spoliation de la nature au Sud. Quelles résistances face au devenir-monde du capitalisme ?</w:t>
+                <w:t xml:space="preserve">Femmes africaines nourricières ? La place des femmes dans l’agriculture urbaine à Dakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Pferfferkorn</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Awa Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurence Granchamp; Roland Pfefferkorn. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Résistances et émancipation de femmes au Sud. Travail et luttes environnementales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.9-30, 2017, Collection Logiques sociales. Série "Sociologie du genre", 978-2-343-13117-7</w:t>
+              <w:t xml:space="preserve">Résistances et émancipation des femmes du Sud - Travail et luttes environnementales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.74-96, 2017, Logiques sociales, 978-2-343-13117-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03409720v1</w:t>
+                <w:t xml:space="preserve">hal-02614446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une autonomisation à géométrie variable. Les femmes artisanes du littoral nord de Bahia (Brésil)</w:t>
+                <w:t xml:space="preserve">Dans les marges de l'expansion touristique. Autonomisation à géométrie variable des artisanes de la piaçava à Bahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Résistances et émancipation de femmes au Sud. Travail et luttes environnementales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L’Harmattan, pp.97-152, 2017, Logiques sociales, 978-2-343-13117-7</w:t>
+              <w:t xml:space="preserve">, L'Harmattan, pp.97-122, 2017, Collection Logiques sociales. Série "Sociologie du genre", 978-2-343-13117-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02612111v1</w:t>
+                <w:t xml:space="preserve">hal-03409721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’agriculture est-elle rurale ou urbaine ? La mise en perspective des catégories au prisme de l’agriculture urbaine</w:t>
               </w:r>
@@ -4597,51 +4597,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Territorialité en mouvement et développement durable. L'apport méthodologique des fronts pionniers de l'Amazonie brésilienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, l'Harmattan, pp.XXX, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00197701v1</w:t>
+                <w:t xml:space="preserve">halshs-00197700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multipolarité des espaces de vie sur la frontière et construction sociale du territoire</w:t>
               </w:r>
@@ -4670,51 +4670,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Territorialité en mouvement et développement durable. L'apport méthodologique des fronts pionniers de l'Amazonie brésilienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, l'Harmattan, pp.XXX, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00197700v1</w:t>
+                <w:t xml:space="preserve">halshs-00197701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservation ou développement durable ? Les projets de gestion forestière communautaire en Amazonie brésilienne</w:t>
               </w:r>
@@ -4799,229 +4799,229 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXCIPIENT. EXpérimentations CItoyennes, Passeurs d'Initiatives, et ENgagements dans la Transition agricole et alimentaire</w:t>
+                <w:t xml:space="preserve">EXCIPIENT - Expérimentations citoyennes, passeurs d'initiatives et engagements dans la transition agricole et alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy-Karim Berthomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Tuscano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ministère de la Transition écologique et solidaire; Gis Démocratie et participation; Programme Cit'In - Expérimentations démocratiques pour la transition écologique; Université de Strasbourg; INRAE; AgroParisTech. 2021</w:t>
+              <w:t xml:space="preserve">[0] Programme Cit'In - GIS Démocratie et Participation. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04004070v1</w:t>
+                <w:t xml:space="preserve">hal-05288066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXCIPIENT - Expérimentations citoyennes, passeurs d'initiatives et engagements dans la transition agricole et alimentaire</w:t>
+                <w:t xml:space="preserve">EXCIPIENT. EXpérimentations CItoyennes, Passeurs d'Initiatives, et ENgagements dans la Transition agricole et alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Granchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim G.E. Berthomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Tuscano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ministère de la Transition écologique et solidaire; Gis Démocratie et participation; Programme Cit'In - Expérimentations démocratiques pour la transition écologique; Université de Strasbourg; INRAE; AgroParisTech. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy-Karim Berthomé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05288066v1</w:t>
+                <w:t xml:space="preserve">hal-04004070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le changement climatique et l'adaptation des modes de vie. Volontarisme et contraintes dans le changement des pratiques du quotidien. Rapport d'enquête pour le Parc Naturel Régional des Vosges du Nord</w:t>
               </w:r>
@@ -5255,51 +5255,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059479v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Granchamp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Joly" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.188.0037" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03119539v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Ga&#235;tan Giraudet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Apouey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Arab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Baeckelandt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;gout" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41599-022-01212-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03846609v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnim Wiek" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Bloemertz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Bornemann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2022.916178" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572962v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-019-00087-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02584299v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.3611" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409706v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.1922" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409708v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409701v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.2550" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976791v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302794v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Granchamp-Florentino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201144v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Granchamp Florentino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197910v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aquiles Sim&#245;es" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862979v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sabourin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Duque" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C O Diniz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lima Oliveira" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Florentino Granchamp" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060949v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sabourin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C. O. Diniz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Do Socorro de L. Oliveira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863413v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Diniz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197909v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458957v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hajek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03332281v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Grandchamp" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim G.E. Berthome" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03332294v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim G.E. Berthom&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Tuscano" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03332310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812572v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791620v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Toussaint Soulard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Reynolds" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789746v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charpentier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Blond" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Combroux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004346v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05329562v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mainhagu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406966v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baumert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenjiro Muramatsu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pinton-Lescure" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purhindanube.eu/e-boutique/retours-a-de-la-terre----vues-d-europe-et-du-japon/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02584473v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Teles Rodrigues" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto de Miranda Rocha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182038v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bookmetrix.com/detail/book/2c8a9b1b-f0d3-425f-94b7-7cb1d0796303#downloads" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72733-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571568v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pfefferkorn" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319415v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chon&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318336v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Repussard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407025v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenjir&#333; Muramatsu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868512v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857890v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Scheromm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274837v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/septentrion/125485" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.125485" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274328v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Belland" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/septentrion/125595" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.125595" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02584474v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182071v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bookmetrix.com/detail/chapter/50acd0f4-a62e-4285-bdff-f15b7b4438ba" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409721v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614446v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Ba" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409720v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pferfferkorn" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612111v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409724v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409722v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02296006v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00923976v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gutemberg Guerra" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Mastop Lima" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Negreiros Alves" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197702v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heller da Silva" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197701v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197700v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197699v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004070v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05288066v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Karim Berthom&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477424v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Duployer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059479v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Granchamp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Joly" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.188.0037" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03119539v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Ga&#235;tan Giraudet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Apouey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Arab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Baeckelandt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;gout" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41599-022-01212-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03846609v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnim Wiek" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Bloemertz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Bornemann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2022.916178" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572962v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-019-00087-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02584299v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.3611" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409701v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.2550" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409708v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409706v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.1922" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976791v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302794v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Granchamp-Florentino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201144v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Granchamp Florentino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862979v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sabourin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Duque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C O Diniz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lima Oliveira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Florentino Granchamp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aquiles Sim&#245;es" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060949v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sabourin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C. O. Diniz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Do Socorro de L. Oliveira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863413v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Diniz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197909v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458957v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hajek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03332294v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim G.E. Berthom&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Tuscano" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03332281v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Grandchamp" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim G.E. Berthome" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03332310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812572v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791620v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Toussaint Soulard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Reynolds" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004346v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charpentier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Blond" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Combroux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789746v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05329562v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mainhagu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406966v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baumert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenjiro Muramatsu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pinton-Lescure" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purhindanube.eu/e-boutique/retours-a-de-la-terre----vues-d-europe-et-du-japon/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02584473v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Teles Rodrigues" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto de Miranda Rocha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182038v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bookmetrix.com/detail/book/2c8a9b1b-f0d3-425f-94b7-7cb1d0796303#downloads" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72733-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571568v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pfefferkorn" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318336v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Repussard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chon&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319415v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407025v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenjir&#333; Muramatsu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868512v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857890v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Scheromm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274837v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/septentrion/125485" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.125485" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274328v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Belland" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/septentrion/125595" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.125595" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02584474v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182071v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bookmetrix.com/detail/chapter/50acd0f4-a62e-4285-bdff-f15b7b4438ba" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612111v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409720v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pferfferkorn" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614446v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Ba" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409721v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409724v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409722v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02296006v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00923976v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gutemberg Guerra" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Mastop Lima" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Negreiros Alves" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197702v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heller da Silva" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197700v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197701v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197699v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05288066v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Karim Berthom&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004070v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477424v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Duployer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>