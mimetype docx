--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -66,2085 +66,2085 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Word Initial Rhotic Avoidance: what, when, and why</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 20th Phonology Festa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Osaka University, Mar 2025, Osaka (Japan), Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05332246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rififi, roudoudou et raplapla, un cas de morphologie gabaritique en français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISMo 2025 - Symposium international de Morphologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille, Oct 2025, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05332242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un réexamen de la consonne liquide du coréen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Inaugural 2024, Association Française pour l’Etude de la Corée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFPEC (Association Française pour l’Etude de la Corée), Dec 2024, Paris (Université Paris Cité), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redundancy and rivalry in Japanese compounding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lyddon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phonology Forum 21-23 août 2024, Nagoya</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Phonological Society of Japan, Aug 2024, Nagoya, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rivalité et/ou redondance : rendaku et apophonie en japonais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irwin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’Etudes de l’axe Slîm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Jun 2024, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">韓国語の流音の再検討日本語ラ行音との対照</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">神戸大学大学院人文学研究科・人文学推進インスティテュート（日本語日本文化教育プロジェクト）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kobe University, Mar 2023, Kobe, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05332249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Korean [r] and [l] revisited : evidence for two phonemic liquids n Korean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque du Réseau Français de Phonologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Français de Phonologie &amp; Université de Lille, Jun 2023, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tokyo Japanese as a tone language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rie Urasoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXXVIèmes Journées de linguistique Asie Orientale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS/EHESS, Jul 2023, Aubervilliers &amp; Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un regard épistémologique sur les thèses de linguistique et de didactique du japonais soutenues en France (1902 – 2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15e colloque de la Société Française des Etudes Japonaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFEJ, Dec 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Données et théories en phonologie du japonais: un regard comparatif et contrastif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Coldoc: "Analyses comparatives et contrastives des données en sciences du langage"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Nanterre MoDyCo UMR 7114, May 2022, Nanterre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Japanese numeral compounds with a native specifier: phonological insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helline Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phonology Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Phonological Society of Japan, Aug 2022, Tokyo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La consonne liquide du coréen: un regard typologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXXVèmes Journées de linguistique Asie Orientale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS/EHESS, Jul 2022, Aubervilliers &amp; Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les consonnes rhotiques du gascon revisitées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Miró-Lozano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque du Réseau Français de Phonologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Français de Phonologie&amp; Université de Clermont Ferrand, Jun 2021, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Featural linking elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ismo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les classificateurs en coréen et en japonais : une approche contrastive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier D2IA, "Langue et Discours", Université Bordeaux Montaigne et La Rochelle Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Word-initial rhotic avoidance : a typological survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rhotiques: l'invariant et ses avatars (Paris 8 / CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les composés apophoniques en japonais »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIVèmes Journées de linguistique Asie Orientale (Paris, CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A cross-linguistic approach to rendaku-like compound markers - with special reference to Korean and Basque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Conference in Phonetics and Phonology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Tokyo (Tachikawa), Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00955097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le japonais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le japonais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Evian, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00951971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linguistique coréenne et japonaise : dynamiques contrastives. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chieko Shirota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphane Couralet; Laurence Labrune; Chieko Shirota. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistique coréenne et japonaise : dynamiques contrastives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Linguisticae, 979-10-300-1169-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05309073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décentrer les points de vue sur les langues et le langage: une perspective japonaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistique coréenne et japonaise: dynamiques contrastives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Linguistica, ISBN : 979-10-300-1169-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05332236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendaku in cross-linguistic perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Timothy J. Vance and Mark Irwin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sequential voicing in Japanese, Papers from the NINJAL Rendaku Project,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Benjamins Publishing Company</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.195-233, 2016, 9789027259417. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/slcs.176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01667607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Morphophonologie des emprunts abrégés en japonais : aspects prosodiques et mélodiques », , 2007, Hermès, Paris.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurence Labrune, Elisabeth Delais-Roussarie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des sons et des sens : données et modèles en phonologie et en morphologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermès, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphophonologie des emprunts abrégés en japonais : aspects prosodiques et mélodiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elisabeth Delais-Roussarie &amp; Laurence Labrune. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des sons et des sens : données et modèles en phonologie et en morphologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermès, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01667730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour de la syllabe:les constituants prosodiques mineurs en phonologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Noël Nguyen, Sophie Wauquiers, Jacques Durand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phonétique et phonologie, approches contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.95-116, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01667745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspects de la phonologie de /p</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomoaki Takayama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Japon Pluriel 5 - Actes du cinquième colloque de la Société Française des Etudes Japonaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Philippe Picquier, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04517209v1</w:t>
-              </w:r>
-[...1432 lines deleted...]
-                <w:t xml:space="preserve">hal-00951971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2162,77 +2162,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redundancy in Japanese compounding: rendaku and apophony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lyddon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phonological Studies (Phonological Society of Japan)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 28, pp.13-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2251,226 +2251,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05332239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Causes and effects of misreported syllable structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theoretical Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (3-4), pp.233-253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/tl-2024-2017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Decentring linguistics: a Japanese perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Language in Japan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 1, pp.36-61. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20666/lij.1.0_36⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04517235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...76 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The linguistic status of Japanese numeral compounds with a native specifier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helline Havet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phonological Studies (Phonological Society of Japan)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 26, pp.31-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2495,64 +2495,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les consonnes rhotiques du gascon revisitées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Miró-Lozano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linx</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 84, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2586,68 +2586,68 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Word-initial rhotic avoidance: a typological survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 6 (1), pp.9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/gjgl.922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
@@ -2658,221 +2658,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03133475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Productivity of Apophony in Japanese: An Experimental Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin of Graduate School of Social &amp; Cultural Systems at Yamagata University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17, pp.41-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Apophony, Prosodic Size and Initial Mora Integrity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irwin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phonological Studies (Phonological Society of Japan)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 23, pp.3-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03133489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...80 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">More on Japanese /r/: a response to Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of East Asian Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 26, pp.301-321</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2897,51 +2897,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The phonology of Japanese /r/: a panchronic account</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of East Asian Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 23 (1), pp.1-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2966,51 +2966,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Featural linking elements in Basque compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Morphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (4), pp.377 - 405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3044,51 +3044,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le japonais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lalies [Langues et littérature : actes des sessions de linguistique et de littérature]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 33, pp.171-219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3113,51 +3113,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questioning the universality of the syllable: evidence from Japanese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phonology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 29 (1), pp.113-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3191,51 +3191,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes d’organisation phonémique des emprunts occidentaux composés abrégés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revue d’Etudes Japonaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3260,51 +3260,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phonemic preferences in Japanese non-headed binary compounds : what waa-puro, mecha-kucha and are-kore have in common</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gengo Kenkyū</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 129, pp.3-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3329,51 +3329,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The prosodic Structure of Simple Abbreviated Loanwords in Japanese : a Constraint-based Account</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of the Phonetic Society of Japan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 6-1, pp.98-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3430,77 +3430,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linguistique coréenne et japonaise : dynamiques contrastives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chieko Shirota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Bordeaux, 2025, Linguisticae, 979-10-300-1169-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3518,51 +3518,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Phonology of Japanese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oxford University Press, pp.296, 2012, The phonology of the World's Languages, 9780199545834</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3593,51 +3593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des sons et des mots : données et modèles en phonologie et morphologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Hermès-Lavoisier, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3655,51 +3655,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des sons et des sens: données et modèles en phonologie et en morphologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3730,51 +3730,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La phonologie du japonais, (Collection Linguistique, n°90)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Société de Linguistique de Paris / Peeters, pp.305, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3792,51 +3792,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La phonologie du japonais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Société de Linguistique de Paris. Peeters, pp.305, 2006, Collection Linguistique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3854,51 +3854,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clitiques et cliticisation (en collaboration avec Cl. Muller, P. de Carvalho, F. Lambert, K. Ploog)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Honoré Champion, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3916,51 +3916,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grammaticalisation, (dé)motivation et contraintes, en collaboration avec P. de Carvalho, Actes du 13e colloque du Cerlico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Rennes, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4010,51 +4010,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Précis de Linguistique Japonaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bazantay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4267,51 +4267,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309073v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Couralet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Labrune" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieko Shirota" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection/5387-linguistique-coreenne-et-japonaise-dynamiques-contrastives" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332236v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667607v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/slcs.176" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/slcs.176" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733410v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667730v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667745v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517209v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoaki Takayama" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332246v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332242v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848496v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848455v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Irwin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lyddon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848471v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242850v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517257v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242832v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rie Urasoko" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332249v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242835v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848511v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helline Havet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242843v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242867v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mir&#243;-Lozano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242861v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518524v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122877v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122883v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955097v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951971v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332239v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517235v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20666/lij.1.0_36" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848432v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/tl-2024-2017" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960126v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/linx.9159" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133475v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.922" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133489v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133488v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667598v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951955v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667628v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11525-014-9245-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951972v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951957v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S095267571200005X" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667725v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667739v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667754v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332259v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667643v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00748301v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delais-Roussarie" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667660v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733417v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951962v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733429v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733430v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122860v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bazantay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayoi Nakamura-Delloye" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332246v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Labrune" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332242v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848496v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848455v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Irwin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lyddon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848471v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332249v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242850v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242832v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rie Urasoko" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517257v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242835v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848511v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helline Havet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242843v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242867v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mir&#243;-Lozano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242861v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518524v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Couralet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122877v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122883v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955097v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951971v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309073v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieko Shirota" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection/5387-linguistique-coreenne-et-japonaise-dynamiques-contrastives" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332236v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667607v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/slcs.176" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/slcs.176" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733410v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667730v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517209v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoaki Takayama" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332239v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848432v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/tl-2024-2017" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517235v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20666/lij.1.0_36" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960126v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/linx.9159" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133475v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.922" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133488v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133489v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667598v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951955v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667628v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11525-014-9245-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951972v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951957v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S095267571200005X" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667725v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667739v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667754v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332259v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667643v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00748301v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delais-Roussarie" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667660v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733417v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951962v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733429v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733430v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122860v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bazantay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayoi Nakamura-Delloye" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>