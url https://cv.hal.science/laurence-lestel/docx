--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -197,1030 +197,1030 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropogenic legacy of potassium-40 in French large rivers reconstructed from sediment cores</w:t>
+                <w:t xml:space="preserve">Contrasting platinum trajectories in three major French rivers using dated sediment cores (1910–2021): From geochemical baseline to emerging source signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Eyrolle</w:t>
+                <w:t xml:space="preserve">Maxime Chastanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Morereau</w:t>
+                <w:t xml:space="preserve">Maxime Debret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Zebracki</w:t>
+                <w:t xml:space="preserve">Thomas Gardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Nicoulaud Gouin</w:t>
+                <w:t xml:space="preserve">Jörg Schäfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Lepage</w:t>
+                <w:t xml:space="preserve">Mélina Abdou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 954, pp.176479. </w:t>
+              <w:t xml:space="preserve">, 2024, 931, pp.172937. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176479⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.172937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04764619v1</w:t>
+                <w:t xml:space="preserve">hal-04769113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting platinum trajectories in three major French rivers using dated sediment cores (1910–2021): From geochemical baseline to emerging source signals</w:t>
+                <w:t xml:space="preserve">Anthropogenic legacy of potassium-40 in French large rivers reconstructed from sediment cores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Chastanet</w:t>
+                <w:t xml:space="preserve">Frédérique Eyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Debret</w:t>
+                <w:t xml:space="preserve">Amandine Morereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gardes</w:t>
+                <w:t xml:space="preserve">Mathilde Zebracki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jörg Schäfer</w:t>
+                <w:t xml:space="preserve">Valerie Nicoulaud Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélina Abdou</w:t>
+                <w:t xml:space="preserve">Hugo Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 931, pp.172937. </w:t>
+              <w:t xml:space="preserve">, 2024, 954, pp.176479. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.172937⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04769113v1</w:t>
+                <w:t xml:space="preserve">hal-04764619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alpine-ice record of bismuth pollution implies a major role of military use during World War II</w:t>
+                <w:t xml:space="preserve">Rivers help us to quantify the socio-ecological functioning of their basin at the Anthropocene: the Seine example (1850–2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Legrand</w:t>
+                <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph R Mcconnell</w:t>
+                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Bergametti</w:t>
+                <w:t xml:space="preserve">Catherine Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne Preunkert</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Josette Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-28319-3⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 355 (S1), pp.317-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03955000v1</w:t>
+                <w:t xml:space="preserve">hal-04347828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lateral river erosion impacts the preservation of Neolithic enclosures in alluvial plains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Grimaud</w:t>
+                <w:t xml:space="preserve">Patrick Gouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Gouge</w:t>
+                <w:t xml:space="preserve">Damien Huyghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.16566. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-023-43849-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rivers help us to quantify the socio-ecological functioning of their basin at the Anthropocene: the Seine example (1850–2020)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alpine-ice record of bismuth pollution implies a major role of military use during World War II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Meybeck</w:t>
+                <w:t xml:space="preserve">Joseph R Mcconnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
+                <w:t xml:space="preserve">Gilles Bergametti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Carré</w:t>
+                <w:t xml:space="preserve">Susanne Preunkert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josette Garnier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathan Chellman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 355 (S1), pp.317-335. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.1166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crgeos.140⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-28319-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04347828v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cadmium Pollution From Zinc‐Smelters up to Fourfold Higher Than Expected in Western Europe in the 1980s as Revealed by Alpine Ice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Historical Changes in the Ecological Connectivity of the Seine River for Fish: A Focus on Physical and Chemical Barriers Since the Mid-19th Century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joe Mcconnell</w:t>
+                <w:t xml:space="preserve">Céline Le Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Lestel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Susanne Preunkert</w:t>
+                <w:t xml:space="preserve">Emeric Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monica Arienzo</w:t>
+                <w:t xml:space="preserve">Marie-Line Merg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Tales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020GL087537⟩</w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (5), pp.1352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w12051352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03039001v1</w:t>
+                <w:t xml:space="preserve">hal-02989845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical Changes in the Ecological Connectivity of the Seine River for Fish: A Focus on Physical and Chemical Barriers Since the Mid-19th Century</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Lestel</w:t>
+                <w:t xml:space="preserve">Cadmium Pollution From Zinc‐Smelters up to Fourfold Higher Than Expected in Western Europe in the 1980s as Revealed by Alpine Ice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeric Courson</w:t>
+                <w:t xml:space="preserve">Joe Mcconnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Line Merg</w:t>
+                <w:t xml:space="preserve">L. Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Preunkert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Tales</w:t>
+                <w:t xml:space="preserve">Monica Arienzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (5), pp.1352. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/w12051352⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2020GL087537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02989845v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03039001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectories of River Chemical Quality Issues over the Longue Durée: The Seine River (1900s-2010)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1297,51 +1297,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Dmitrieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1388,90 +1388,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La construction politique de la commune mesure de la qualité des eaux superficielles en France : de l'équivalent-habitant au bon état (1959-2013)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.L. Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement durable et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (1), 19 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1577,259 +1577,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01196163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-ferrous metals (Pb, Cu, Zn) needs and city development: the Paris example (1815–2009)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Lestel</w:t>
+                <w:t xml:space="preserve">Severe and contrasted polymetallic contamination patterns (1900-2009) in the Loire River sediments (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grosbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Meybeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentina Moatar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Environmental Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10113-011-0255-4⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 435, pp.290-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2012.06.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01196099v1</w:t>
+                <w:t xml:space="preserve">hal-01195713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severe and contrasted polymetallic contamination patterns (1900-2009) in the Loire River sediments (France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florentina Moatar</w:t>
+                <w:t xml:space="preserve">Non-ferrous metals (Pb, Cu, Zn) needs and city development: the Paris example (1815–2009)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 435, pp.290-305. </w:t>
+              <w:t xml:space="preserve">Regional Environmental Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (2), pp.311-323. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2012.06.056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10113-011-0255-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01195713v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01196099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sedimentary record of metal contamination in the Seine River during the last century</w:t>
               </w:r>
@@ -1841,64 +1841,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-F. Le Cloarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.H. Bonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ayrault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1951,325 +1951,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02641405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical budget of metal sources and pathways in the Seine River basin (1994–2003) for Cd, Cr, Cu, Hg, Ni, Pb and Zn</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metal contamination budget at the river basin scale: a critical analysis based on the Seine River</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Meybeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel R. Thevenot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4 (3), pp.1795-1822</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01086746v1</w:t>
+                <w:t xml:space="preserve">hal-00330803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal contamination budget at the river basin scale: a critical analysis based on the Seine River</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Critical budget of metal sources and pathways in the Seine River basin (1994–2003) for Cd, Cr, Cu, Hg, Ni, Pb and Zn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel R. Thevenot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Moilleron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gromaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences Discussions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 375 (1-3), pp.180 - 203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2006.12.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00330803v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01086746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historical perspective of heavy metals contamination (Cd, Cr, Cu, Hg, Pb, Zn) in the Seine River basin (France) following a DPSIR approach (1950-2005).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Moilleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Louis Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2402,64 +2402,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal contamination budget at the river basin scale: an original Flux-Flow Analysis (F2A) for the Seine River</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel R. Thevenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2618,51 +2618,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Deslais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hocine Bourennane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 8 (3), pp.167-180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2713,260 +2713,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changing uses and functions of the Seine to the benefit of Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Oracle-Orgeval, Long-term Research observatory of the critical zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hocine Henine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Re)connecting river and city - The Seine in Paris and the Ile-de-France. A model for Nature Positive approaches in Wold Heritage cities for Climate Resilience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">eLTER Science Conference 2025 Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Tampere (Finlande), Finland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/aca.8.e153511⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05363321v1</w:t>
+                <w:t xml:space="preserve">hal-05145213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oracle-Orgeval, Long-term Research observatory of the critical zone</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Changing uses and functions of the Seine to the benefit of Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLTER Science Conference 2025 Proceedings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">(Re)connecting river and city - The Seine in Paris and the Ile-de-France. A model for Nature Positive approaches in Wold Heritage cities for Climate Resilience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Carola Hein, Mar 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/aca.8.e153511⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05145213v1</w:t>
+                <w:t xml:space="preserve">hal-05363321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anomalie de thorium 230 dans les sédiments de la Loire : recherche de l'origine et utilisation comme traceur de la dynamique sédimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Zebracki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Cagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2974,51 +2974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grosbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29e Réunion des Sciences de la Terre (RST 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France (SGF), Oct 2025, Montpellier, France</w:t>
@@ -3041,428 +3041,428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05480041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géohistoire des plaines de l’estuaire de la Seine : une diversité de relations entre les ports et leur hinterland</w:t>
+                <w:t xml:space="preserve">Studying the evolution of lead sources over the long time scale: the case of Notre-Dame de Paris (12th-19th c.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Dournel</w:t>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Diane Daussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sarah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ports et Portes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sabine Chardonnet-Darmaillacq; Pauline Detavernier; Perig Pitrou; Arnaud Serry, Sep 2024, Centre culturel international de Cerisy, Cerisy-la-Salle, France</w:t>
+              <w:t xml:space="preserve">6th International Conference Archaeometallurgy in Europe 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Falun, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04691798v1</w:t>
+                <w:t xml:space="preserve">hal-04852854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the evolution of lead sources over the long time scale: the case of Notre-Dame de Paris (12th-19th c.)</w:t>
+                <w:t xml:space="preserve">Apport d'une recherche interdisciplinaire à la connaissance de la couverture en plomb contemporaine de Notre-Dame de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+                <w:t xml:space="preserve">Stéphanie Diane Daussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Baron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Diane Daussy</w:t>
+                <w:t xml:space="preserve">Guillaume Sarah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Sarah</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Lestel</w:t>
+                <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference Archaeometallurgy in Europe 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Falun, Sweden</w:t>
+              <w:t xml:space="preserve">Colloque Naissance et renaissance d'une cathédrale. Notre-Dame de Paris sous l'œil des scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852854v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04852846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport d'une recherche interdisciplinaire à la connaissance de la couverture en plomb contemporaine de Notre-Dame de Paris</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Sarah</w:t>
+                <w:t xml:space="preserve">Géohistoire des plaines de l’estuaire de la Seine : une diversité de relations entre les ports et leur hinterland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Naissance et renaissance d'une cathédrale. Notre-Dame de Paris sous l'œil des scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Ports et Portes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sabine Chardonnet-Darmaillacq; Pauline Detavernier; Perig Pitrou; Arnaud Serry, Sep 2024, Centre culturel international de Cerisy, Cerisy-la-Salle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852846v1</w:t>
+                <w:t xml:space="preserve">hal-04691798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retracer l’histoire du plomb dans la construction d'un édifice. Une approche interdisciplinaire appliquée au cas de Notre-Dame de Paris.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+                <w:t xml:space="preserve">Stéphanie Diane Daussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sarah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3504,90 +3504,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A chronological appropriation of lead through analytical, historical and archaeological studies from the case of Notre-Dame de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+                <w:t xml:space="preserve">Stéphanie Diane Daussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sarah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3642,64 +3642,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectories and future of the anthropized Seine River, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Large Rivers Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Vienne (AUT), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3843,1157 +3843,1157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04085440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles mesures de gestion des milieux naturels liés aux aménagements de l’estuaire de la Seine des XIXe et XXe s. ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dournel</w:t>
+                <w:t xml:space="preserve">Dynamique sociétale et évolutions des paysages fluviatiles de la Seine : exemples de paléo-chenaux sur le territoire de la Petite-Seine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Eschbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De la réserve intégrale à la nature ordinaire. Les figures changeantes de la protection de la nature (XIXe–XXIe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour l'Histoire de la Protection de la Nature et de l’Environnement; Archives nationales; Ministère de la Transition écologique; Ministère de la Cohésion des territoires, Sep 2020, Pierrefitte-sur-Seine, France</w:t>
+              <w:t xml:space="preserve">5eme colloque des Zones Ateliers-CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125778v1</w:t>
+                <w:t xml:space="preserve">hal-03118705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique sociétale et évolutions des paysages fluviatiles de la Seine : exemples de paléo-chenaux sur le territoire de la Petite-Seine</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Eschbach</w:t>
+                <w:t xml:space="preserve">Quelle contribution de l’incendie de Notre-Dame à la pollution parisienne ? Tracer les plombs par leur signature isotopique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ayrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Bordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roy-Barman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Gouge</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5eme colloque des Zones Ateliers-CNRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Blois, France</w:t>
+              <w:t xml:space="preserve">Colloque Chantier scientifique Notre-Dame : état des lieux et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03118705v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03973723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle contribution de l’incendie de Notre-Dame à la pollution parisienne ? Tracer les plombs par leur signature isotopique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gaël Le Roux</w:t>
+                <w:t xml:space="preserve">La ZA Seine et la ZA Rhône, retour d'expérience sur deux dispositifs en dialogue avec les acteurs des territoires : de la co-construction d'actions de recherche au partage des connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Barthelemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chateauminois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Chantier scientifique Notre-Dame : état des lieux et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">5ème colloque des Zones Ateliers-CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, à distance, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03973723v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02989428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La ZA Seine et la ZA Rhône, retour d'expérience sur deux dispositifs en dialogue avec les acteurs des territoires : de la co-construction d'actions de recherche au partage des connaissances</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelles mesures de gestion des milieux naturels liés aux aménagements de l’estuaire de la Seine des XIXe et XXe s. ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème colloque des Zones Ateliers-CNRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, à distance, France</w:t>
+              <w:t xml:space="preserve">De la réserve intégrale à la nature ordinaire. Les figures changeantes de la protection de la nature (XIXe–XXIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour l'Histoire de la Protection de la Nature et de l’Environnement; Archives nationales; Ministère de la Transition écologique; Ministère de la Cohésion des territoires, Sep 2020, Pierrefitte-sur-Seine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02989428v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un estuaire, des estuaires : retour d’expérience sur les plaines alluviales de l’estuaire de la Seine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dournel</w:t>
+                <w:t xml:space="preserve">Historical changes in the ecological continuity of the Seine River for diadromous and freshwater fish: focus on physical and chemical discontinuities since the middle of the 18th century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Le Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeric Courson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Tales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Belliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géohistoire des zones humides d'ici et d'ailleurs. Regards croisés sur des trajectoires d'artificialisation et de conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR GEODE; UMR LIENSs; Groupe d'histoire des zones humides; ICEM « Institut Gravila Simion » de Tulcea; Institut de Recherche sur le Delta du Danube, Jun 2019, Tulcea, Roumanie</w:t>
+              <w:t xml:space="preserve">Riverine landscape as coupled socio-ecological systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Natural Resources and Life Sciences, Vienna, Austria, Sep 2019, Vienna (AUSTRIA), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125915v1</w:t>
+                <w:t xml:space="preserve">hal-04192959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical changes in the ecological continuity of the Seine River for diadromous and freshwater fish: focus on physical and chemical discontinuities since the middle of the 18th century</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Le Pichon</w:t>
+                <w:t xml:space="preserve">Un estuaire, des estuaires : retour d’expérience sur les plaines alluviales de l’estuaire de la Seine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Belliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Riverine landscape as coupled socio-ecological systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Natural Resources and Life Sciences, Vienna, Austria, Sep 2019, Vienna (AUSTRIA), Austria</w:t>
+              <w:t xml:space="preserve">Géohistoire des zones humides d'ici et d'ailleurs. Regards croisés sur des trajectoires d'artificialisation et de conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR GEODE; UMR LIENSs; Groupe d'histoire des zones humides; ICEM « Institut Gravila Simion » de Tulcea; Institut de Recherche sur le Delta du Danube, Jun 2019, Tulcea, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04192959v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactivité hydrologique du bassin de la Seine aux extrêmes climatiques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Incidences réglementaires et administratives sur l’évolution des paysages de l’estuaire de la Seine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lestel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque PIREN Seine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Integrative Sciences Rivers 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02404531v1</w:t>
+                <w:t xml:space="preserve">hal-02082458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archives sédimentaires : empreintes des contaminations dans le bassin de la Seine, de 1930 à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roy-Barmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Mouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26ième Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01919741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidences réglementaires et administratives sur l’évolution des paysages de l’estuaire de la Seine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Le système d’information géographique (SIG), un outil privilégié pour représenter la construction de la complexité paysagère des plaines de l’estuaire de la Seine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrative Sciences Rivers 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Le réel &amp; le virtuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité des travaux historiques et scientifiques, May 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082458v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le système d’information géographique (SIG), un outil privilégié pour représenter la construction de la complexité paysagère des plaines de l’estuaire de la Seine</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Réactivité hydrologique du bassin de la Seine aux extrêmes climatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Flipo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulvia Baratelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le réel &amp; le virtuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Comité des travaux historiques et scientifiques, May 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">Colloque PIREN Seine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125927v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les trajectoires sur la longue durée de la qualité des rivières de Berlin, Bruxelles, Milan et Paris. Comprendre les effets des pressions urbaines et des solutions apportées, de 1850 à 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Tales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Géohistoire de l’environnement et des paysages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Toulouse, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5044,51 +5044,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Beslagic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Belliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second World Congress of Environmental History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Guimaraes, Portugal. pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5126,51 +5126,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métropolisation et dégradation de la qualité des fleuves : quels constats pour quelles réponses ? Approche comparée de 1850 à 2010 de 4 métropoles Bruxelles, Berlin, Milan et Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Winklhoefer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5221,51 +5221,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les métaux dans le bassin de la Seine, comprendre leur origine pour préserver les milieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel R. Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-H. Tusseau-Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5398,51 +5398,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cycle du plomb en France 1850-2000</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Mouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youcef Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5551,51 +5551,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Seine River Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Flipo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5661,51 +5661,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ArchiSEINE: une approche géohistorique du bassin de la Seine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Eschbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5762,51 +5762,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les rivières urbaines et leur pollution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Quæ, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5876,51 +5876,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Gonzales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daniel R. Thévenot. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agence de l'Eau Seine-Normandie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
@@ -5996,51 +5996,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique hydro-morphologique historique de la Seine dans le secteur de la Bassée aval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Eschbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6104,77 +6104,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Seine, the River dedicated to Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Belliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wantzen, K.M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">River Culture – Life as a dance to the rhythm of the waters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UNESCO Publishing, pp.673 - 697, 2023, </w:t>
@@ -6341,77 +6341,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continental Atlantic Rivers: the Seine Basin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Billen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6479,103 +6479,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectories of the Seine River Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Flipo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Flipo; Pierre Labadie; Laurence Lestel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Seine River Basin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 90, Springer International Publishing, pp.1-28, 2021, The Handbook of Environmental Chemistry, 978-3-030-54259-7. </w:t>
@@ -6607,415 +6607,415 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The banning of white lead: French and international regulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sedimentary Archives Reveal the Concealed History of Micropollutant Contamination in the Seine River Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ayrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Meybeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Mouchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Gasperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Elisabeth Vaupel, Ernst Homburg. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In &amp;quot; The Seine River Basin, Hdb Env Chem&amp;quot;. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hazardous chemicals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sedimentary Archives Reveal the Concealed History of Micropollutant Contamination in the Seine River Basin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 90, SPRINGER, 2019, 978-3-030-54259-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/698_2019_386⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02989944v1</w:t>
+                <w:t xml:space="preserve">hal-02894958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Evolution of the Seine Basin Water Bodies Through Historical Maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Eschbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Flipo; Pierre Labadie; Laurence Lestel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Seine River Basin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 90, Springer, pp.29-57, 2019, The Handbook of Environmental Chemistry, 978-3-030-54259-7. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/698_2019_396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02989917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentary Archives Reveal the Concealed History of Micropollutant Contamination in the Seine River Basin</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The banning of white lead: French and international regulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">In &amp;quot; The Seine River Basin, Hdb Env Chem&amp;quot;. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elisabeth Vaupel, Ernst Homburg. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentary Archives Reveal the Concealed History of Micropollutant Contamination in the Seine River Basin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Hazardous chemicals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 17, Bergham, 2019, The environment in History: international perspectives, 978-1-789203202</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/698_2019_386⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02894958v1</w:t>
+                <w:t xml:space="preserve">hal-02989944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water quality over the longue duree, new approaches of complex relations between societies and river basins, the Seine example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mª Celia Adríán Rodríguez; Miguel Ángel Álvarez-Vázquez; Elena De Uña-Álvarez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectivas del agua. Investigación, gestión y valores del agua en el mundo actual</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editorial Dykinson, pp.27-51, 2019</w:t>
@@ -7044,51 +7044,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Western European River in the Anthropocene: The Seine, 1870–2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meybeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7135,51 +7135,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métropolisation et dégradation de la qualité des fleuves : quels constats pour quelles réponses ? Approche comparée de 1850 à 2010 de quatre métropoles, Bruxelles, Berlin, Milan et Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7234,51 +7234,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transaction comme régulation des déversements industriels en rivière, le cas de la Seine-et-Marne au XXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cuif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7286,51 +7286,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Hagenmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Labbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">T. Le Roux; M. Letté. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Débordements industriels, Environnement, territoire et conflit. XVIIIe - XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.225-247, 2013</w:t>
@@ -7516,64 +7516,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La continuité écologique de la Seine : une nécessité pour ses poissons, un atout pour ses habitants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Le Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Merg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7803,51 +7803,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493125v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Resch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lestel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-025-02490-x" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764619v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eyrolle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morereau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Zebracki" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nicoulaud Gouin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176479" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769113v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chastanet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gardes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Sch&#228;fer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Abdou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172937" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955000v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legrand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph R Mcconnell" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bergametti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Chellman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-28319-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251074v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Grimaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gouge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Huyghe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-43849-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347828v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meybeck" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bouleau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Carr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.140" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039001v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Mcconnell" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lestel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Arienzo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL087537" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989845v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Pichon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Courson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Merg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Tales" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12051352" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471469v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meybeck" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7124-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330181v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Dmitrieva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12685-018-0216-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550006v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. Marchal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11580" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01196163v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.12826" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01196099v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-011-0255-4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5A016243900C04382222C07BA52102A22ED06196/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195713v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grosbois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Moatar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2012.06.056" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XVSM6ZJB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02641405v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Le Cloarec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Bonte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ayrault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pce.2009.02.003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T60VNRS7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01086746v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel R. Thevenot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Moilleron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Gromaire" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rocher" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.008" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330803v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00676422v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bont&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Colin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.017" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173159v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330872v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00128748v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669999v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baize" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Deslais" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Bourennane" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363321v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145213v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Henine" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blanchouin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e153511" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480041v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cagnat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Boulet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691798v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dournel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852854v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Diane Daussy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852846v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Az&#233;ma" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077774v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195366v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196145v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085440v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fernandez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dumont" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Branchu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Guillerme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125778v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118705v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eschbach" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973723v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bordier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roy-Barman" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Roux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989428v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bacq" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barthelemy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Chateauminois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125915v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192959v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Belliard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02404531v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gallois" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvia Baratelli" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jost" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labarthe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01919741v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonte" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roy-Barmann" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouchel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082458v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125927v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604869v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600170v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Beslagic" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00805960v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Carr&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Winklhoefer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00742409v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Gonzalez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199344v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410762v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Bouzidi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Goiffon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gueguen" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827575v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54260-3" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864413v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Steinmann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gastaldi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01527341v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01087744v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Gonzales" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.piren-seine.fr" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080660v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Eschbach" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Steinmann" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vr7m" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936169v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54677/CGDX8656" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04438769v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552822v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchoud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-102612-0.00009-2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04090660v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_437" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989944v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989917v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gob" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_396" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894958v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_386" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509317v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864426v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/luminos.43.g" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537734v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Winklhoefer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592582v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cuif" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hagenmuller" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Labbas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00128087v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benoit" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Berthier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04876601v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fisson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Germaine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493125v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Resch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lestel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-025-02490-x" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769113v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chastanet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gardes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Sch&#228;fer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Abdou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172937" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764619v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eyrolle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morereau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Zebracki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nicoulaud Gouin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176479" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347828v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meybeck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bouleau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Carr&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.140" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251074v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Grimaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gouge" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Huyghe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-43849-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955000v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legrand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph R Mcconnell" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bergametti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Chellman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-28319-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989845v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Pichon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Courson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Merg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Tales" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12051352" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039001v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Mcconnell" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lestel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Arienzo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL087537" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471469v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meybeck" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7124-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330181v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Dmitrieva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12685-018-0216-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550006v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. Marchal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11580" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01196163v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.12826" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195713v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grosbois" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Moatar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2012.06.056" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XVSM6ZJB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01196099v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-011-0255-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5A016243900C04382222C07BA52102A22ED06196/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02641405v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Le Cloarec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Bonte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ayrault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pce.2009.02.003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T60VNRS7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330803v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel R. Thevenot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01086746v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Moilleron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Gromaire" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rocher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00676422v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bont&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Colin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.017" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173159v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330872v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00128748v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669999v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baize" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Deslais" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Bourennane" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145213v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Henine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blanchouin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e153511" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363321v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480041v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cagnat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Boulet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852854v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Diane Daussy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852846v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Az&#233;ma" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691798v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dournel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077774v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195366v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196145v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085440v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fernandez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dumont" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Branchu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Guillerme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118705v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eschbach" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973723v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bordier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roy-Barman" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Roux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989428v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bacq" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barthelemy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Chateauminois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125778v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192959v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Belliard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125915v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082458v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01919741v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonte" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roy-Barmann" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouchel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125927v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02404531v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gallois" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvia Baratelli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jost" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labarthe" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604869v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600170v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Beslagic" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00805960v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Carr&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Winklhoefer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00742409v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Gonzalez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199344v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410762v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Bouzidi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Goiffon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gueguen" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827575v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54260-3" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864413v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Steinmann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gastaldi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01527341v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01087744v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Gonzales" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.piren-seine.fr" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080660v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Eschbach" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Steinmann" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vr7m" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936169v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54677/CGDX8656" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04438769v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552822v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchoud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-102612-0.00009-2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04090660v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_437" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894958v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_386" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989917v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gob" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_396" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989944v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509317v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864426v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/luminos.43.g" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537734v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Winklhoefer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592582v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cuif" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hagenmuller" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Labbas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00128087v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benoit" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Berthier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04876601v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fisson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Germaine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>