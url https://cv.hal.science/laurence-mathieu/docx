--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1177,287 +1177,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01867900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a rotating disk reactor to assess the colonization of biofilms by free-living amoebae under high shear rates</w:t>
+                <w:t xml:space="preserve">The action of chemical and mechanical stresses on single and dual species biofilm removal of drinking water bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Perrin</w:t>
+                <w:t xml:space="preserve">I.B. Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Herbelin</w:t>
+                <w:t xml:space="preserve">M. Lemos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Jorand</w:t>
+                <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Mathieu</w:t>
+                <w:t xml:space="preserve">Marco Simões</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.C. Simões</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofouling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08927014.2018.1444756⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 631-632, pp.987 - 993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.03.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01912887v1</w:t>
+                <w:t xml:space="preserve">hal-01795533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The action of chemical and mechanical stresses on single and dual species biofilm removal of drinking water bacteria</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of a rotating disk reactor to assess the colonization of biofilms by free-living amoebae under high shear rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lemos</w:t>
+                <w:t xml:space="preserve">A. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Mathieu</w:t>
+                <w:t xml:space="preserve">P. Herbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Simões</w:t>
+                <w:t xml:space="preserve">F. Jorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.C. Simões</w:t>
+                <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 631-632, pp.987 - 993. </w:t>
+              <w:t xml:space="preserve">Biofouling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (4), pp.368 - 377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.03.042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/08927014.2018.1444756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01795533v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01912887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZnO Nanorods with High Photocatalytic and Antibacterial Activity under Solar Light Irradiation</w:t>
               </w:r>
@@ -2270,51 +2270,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Dhome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Zmirou-Navier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials and Environmental Science </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2352,51 +2352,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biocidal efficacy of monochloramine against planktonic and biofilm-associated Naegleria fowleri cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Goudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Herbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2512,51 +2512,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Pelleieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2913,51 +2913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Pelleïeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3192,51 +3192,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pontiac fever among retirement home nurses associated with airborne legionella.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Remen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Hautemaniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4288,286 +4288,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01810839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prélèvements et détection de légionelles aérosolisées au niveau d'une douche dans un établissement de santé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Legionella Bacteria in Aerosols: Sampling and Analytical Approaches Used during the Legionnaires Disease Outbreak in Pas‐de‐Calais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enric Robine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Landelle</w:t>
+                <w:t xml:space="preserve">Magali Deloge‐abarkan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Zmirou-Navier</w:t>
+                <w:t xml:space="preserve">Sebastien Ritoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Vanhems</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J.-M. Seigneurin</w:t>
+                <w:t xml:space="preserve">Danièle Pauly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hygiènes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 193 (9), pp.1333 - 1335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/503115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00427986v1</w:t>
+                <w:t xml:space="preserve">hal-01802448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Legionella Bacteria in Aerosols: Sampling and Analytical Approaches Used during the Legionnaires Disease Outbreak in Pas‐de‐Calais</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Enric Robine</w:t>
+                <w:t xml:space="preserve">Prélèvements et détection de légionelles aérosolisées au niveau d'une douche dans un établissement de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Landelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Deloge‐abarkan</w:t>
+                <w:t xml:space="preserve">D. Zmirou-Navier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Ritoux</w:t>
+                <w:t xml:space="preserve">Philippe Vanhems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danièle Pauly</w:t>
+                <w:t xml:space="preserve">M. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Seigneurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Hygiènes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 14, pp.267-273</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01802448v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00427986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pontiac fever: an operational definition for epidemiological studies.</w:t>
               </w:r>
@@ -5079,436 +5079,436 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01810375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofilms in Drinking Water Distribution Systems</w:t>
+                <w:t xml:space="preserve">Biofilm responses to ageing and to a high phosphate load in a bench-scale drinking water system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Batté</w:t>
+                <w:t xml:space="preserve">Magali Batté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B.M.R. Appenzeller</w:t>
+                <w:t xml:space="preserve">Boniface Koudjonou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Grandjean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Fass</w:t>
+                <w:t xml:space="preserve">Patrick Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Gauthier</w:t>
+                <w:t xml:space="preserve">Josée Coallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews in Environmental Science and Bio/technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 2 (2-4), pp.147 - 168. </w:t>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 37 (6), pp.1351 - 1361. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1023/B:RESB.0000040456.71537.29⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0043-1354(02)00476-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01810732v1</w:t>
+                <w:t xml:space="preserve">hal-01810359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of phosphate and disinfection on the composition of biofilms produced from drinking water, as measured by fluorescence in situ hybridization</w:t>
+                <w:t xml:space="preserve">Biofilms in Drinking Water Distribution Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Batté</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L Mathieu</w:t>
+                <w:t xml:space="preserve">M. Batté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Laurent</w:t>
+                <w:t xml:space="preserve">B.M.R. Appenzeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Prevost</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/W03-094⟩</w:t>
+              <w:t xml:space="preserve">Reviews in Environmental Science and Bio/technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 2 (2-4), pp.147 - 168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/B:RESB.0000040456.71537.29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01802459v1</w:t>
+                <w:t xml:space="preserve">hal-01810732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofilm responses to ageing and to a high phosphate load in a bench-scale drinking water system</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of phosphate and disinfection on the composition of biofilms produced from drinking water, as measured by fluorescence in situ hybridization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Laurent</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Mathieu</w:t>
+                <w:t xml:space="preserve">M Batté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josée Coallier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0043-1354(02)00476-1⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 49 (12), pp.741 - 753. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/W03-094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01810359v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01802459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic matter quality and survival of coliforms in low-nutritive waters</w:t>
               </w:r>
@@ -5878,64 +5878,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of adding phosphate to drinking water on bacterial growth in slightly and highly corroded pipes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.M.R. Appenzeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Batté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6076,51 +6076,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Rouillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Prelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 195 (1-3), pp.135-142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6192,51 +6192,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Sibille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Télesphore Sime-Ngando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. Block</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6300,51 +6300,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Sibille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sime-Ngando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Block</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6801,51 +6801,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7593,101 +7593,101 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lama Hamdouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laoues Guendouz</w:t>
+                <w:t xml:space="preserve">L Guendouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
+              <w:t xml:space="preserve">26eme Congrès Francais de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05313087v1</w:t>
+                <w:t xml:space="preserve">hal-05296048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Flow Cell Platform for Studying Biofilm Formation on Electrochemical Sensors in situ Using Raman Hyperspectral Imaging and Epifluorescence Microscopy</w:t>
               </w:r>
@@ -7843,101 +7843,101 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lama Hamdouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Guendouz</w:t>
+                <w:t xml:space="preserve">Laoues Guendouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26eme Congrès Francais de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Metz, France</w:t>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05296048v1</w:t>
+                <w:t xml:space="preserve">hal-05313087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi du transport de bactéries en écoulement confiné par microscopie holographique</w:t>
               </w:r>
@@ -8379,269 +8379,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi de bactéries en écoulement confiné par microscopie holographique numérique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep Learning and 3D Holographic Microscopy to assess the early bacterial adhesion’s dynamics under shear rate in microfluidic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Klopffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Pradalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Becker</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Francophone de Techniques Laser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">EuroBioFilms2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Copenaghe, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768058v1</w:t>
+                <w:t xml:space="preserve">hal-04827970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Learning and 3D Holographic Microscopy to assess the early bacterial adhesion’s dynamics under shear rate in microfluidic systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Suivi de bactéries en écoulement confiné par microscopie holographique numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Klopffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Becker</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroBioFilms2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Copenaghe, Denmark</w:t>
+              <w:t xml:space="preserve">Congrès Francophone de Techniques Laser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04827970v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-cost MRI devices and methods for real-time monitoring of flow and transfer phenomena in milli-channels</w:t>
               </w:r>
@@ -9532,243 +9532,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03749192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physicochemical point of view in the evaluation of PR772 bacteriophage as a surrogate for human adenovirus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iris Maryse Sedji</w:t>
+                <w:t xml:space="preserve">Adhésion d'adénovirus aux surfaces nues et colonisées par un biofilm d'eau potable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Iris Sedji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">hrwm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">RNB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03749231v1</w:t>
+                <w:t xml:space="preserve">hal-03749202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhésion d'adénovirus aux surfaces nues et colonisées par un biofilm d'eau potable</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maryse Iris Sedji</w:t>
+                <w:t xml:space="preserve">Physicochemical point of view in the evaluation of PR772 bacteriophage as a surrogate for human adenovirus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Maryse Sedji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ferji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bertrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RNB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Nancy, France</w:t>
+              <w:t xml:space="preserve">hrwm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749202v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiote intestinal : propriétés de surface et d'adhésion de Parabacteroides distasonis</w:t>
               </w:r>
@@ -10095,51 +10095,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhésion et croissance des bactéries sur des matériaux en contact avec l’eau potable : Interactions matériaux - film conditionnant - microorganismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10509,51 +10509,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée thématique du GDR B2i -« BACTERIES &amp; SURFACES »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10673,51 +10673,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10768,51 +10768,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early fouling of surfaces by drinking water organic polymers and bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10893,51 +10893,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QUANTIFICATION OF INFECTIOUS ADENOVIRUSES IN RIVER WATER</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iris Maryse Sedji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Meo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11057,64 +11057,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Herbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Jorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journées Information Eaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11474,260 +11474,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03749813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofilms en réseau d'eau potable : cohésion, résistance et croissance après nettoyage-désinfection</w:t>
+                <w:t xml:space="preserve">Re-colonisation des surfaces après chloration des biofilms en réseau d'eau potable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Angel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lahoussine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Information Eaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03749854v1</w:t>
+                <w:t xml:space="preserve">hal-03749847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-colonisation des surfaces après chloration des biofilms en réseau d'eau potable</w:t>
+                <w:t xml:space="preserve">Biofilms en réseau d'eau potable : cohésion, résistance et croissance après nettoyage-désinfection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Block</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Information Eaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Poitiers, France</w:t>
+              <w:t xml:space="preserve">SFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749847v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résistance au nettoyage et à la désinfection des biofilms de réseaux d'eau potable</w:t>
               </w:r>
@@ -11795,51 +11795,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drinking water biofilms: cohesiveness, adherence and resistance to environmental constrains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11933,51 +11933,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J C Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifique bi-académique Qualité des eaux et santé publique Limites des connaissances et nouveaux enjeux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12800,51 +12800,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. L. Ha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Robine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Zmirou-Navier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14053,51 +14053,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Herbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14129,247 +14129,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03749196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriétés de surface d'adénovirus et cinétiques d'adhésion en présence de biofilm d'eau potable</w:t>
+                <w:t xml:space="preserve">Quantification des adénovirus infectieux et détection du sérotype 41 infectieux dans des eaux de rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Iris Sedji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">I. Bertrand</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihayl Varbanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Meo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées information Eaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Journées Française de virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, -, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03749241v1</w:t>
+                <w:t xml:space="preserve">hal-03749248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification des adénovirus infectieux et détection du sérotype 41 infectieux dans des eaux de rivière</w:t>
+                <w:t xml:space="preserve">Propriétés de surface d'adénovirus et cinétiques d'adhésion en présence de biofilm d'eau potable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Iris Sedji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marius Colin</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Française de virologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, -, France</w:t>
+              <w:t xml:space="preserve">Journées information Eaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03749248v1</w:t>
+                <w:t xml:space="preserve">hal-03749241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of low-power ultrasound device on biofilm formation and carbonate deposition in heat exchanger: a lab study</w:t>
               </w:r>
@@ -14765,51 +14765,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Herbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15201,51 +15201,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between the conditioning film and the surface characteristics of materials in contact with drinking water. A way to assess new innovative non-adhesive materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15432,493 +15432,493 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03749918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drinking water biofilm growth after surface disinfection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accumulation of phages in drinking water biofilms: a way to elude chlorine?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Pelleïeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gantzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOFILM 5</w:t>
+              <w:t xml:space="preserve">Biofilm 5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03749864v1</w:t>
+                <w:t xml:space="preserve">hal-03749875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accumulation of phages in drinking water biofilms: a way to elude chlorine?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drinking water biofilm growth after surface disinfection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C Block</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Angel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofilm 5</w:t>
+              <w:t xml:space="preserve">BIOFILM 5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749875v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the temperature on the growth dynamic of Naegleria fowleri into a complex microbial freshwater biofilms</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating Legionella pneumophila physicochemical surface properties to explore potential determinants in host cells adhesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Gromer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Francius</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, -, France</w:t>
+              <w:t xml:space="preserve">Legionella congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03749948v1</w:t>
+                <w:t xml:space="preserve">hal-03749926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Legionella pneumophila physicochemical surface properties to explore potential determinants in host cells adhesion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the temperature on the growth dynamic of Naegleria fowleri into a complex microbial freshwater biofilms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Herbelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Soreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Banas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Legionella congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">FEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, -, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749926v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfaces properties of Legionella pneumophila : an issue to explain host-cell association?</w:t>
               </w:r>
@@ -17021,51 +17021,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="33F9E594"/>
+    <w:nsid w:val="B742B137"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17252,51 +17252,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurence-mathieu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8747-1347" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/180179160" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313567339" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-8237-2015" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164649v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Changey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourrier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fontaine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mathieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70128" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804088v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Klopffer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Becker" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fix" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pradalier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioflm.2024.100240" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04492201v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Herbelin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Soreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jorand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1369665" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03167302v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Challant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Jeulin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hartard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2021.113692" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03358958v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Chamarande" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisiane Cunat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome F. L. Duval" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9081602" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474370v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gosselin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Block" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carteret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muhr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2018.1532998" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01867900v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Iris Sedji" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihayl Varbanov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Colin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-3045-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912887v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Herbelin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jorand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Skali-Lami" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2018.1444756" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01795533v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.B. Gomes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mathieu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sim&#245;es" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Sim&#245;es" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.03.042" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910693v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Achouri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Corbel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11112158" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912901v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Keraval" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico F. Declercq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Block" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2018.10.029" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912919v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Francius" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha El Zein" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gosselin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Maul" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.11.038" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01802444v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelleieux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gantzer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13243" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912925v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Angel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2016.1212989" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912959v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussad Arroua" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bellanger" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guilloteau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6968.12399" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749857v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Deloge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Oberti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Dhome" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Zmirou-Navier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912961v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goudot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soreau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Banas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.12429" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912964v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc H&#233;brant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-014-9624-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425202v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bertrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Abe" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Angel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Block" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2014.01.054" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802250v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Banas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2012.05.030" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-57FM1NLP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01562072v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelle&#239;eux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Francius" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2012.07.041" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3L0KVMD-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802295v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaboriaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarraud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simonet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2010.08.040" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0XHNC26B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876304v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Remen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Hautemaniere" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deloge-Abarkan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hartemann" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2011.03.022" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FB7M5XH-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912979v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouteleux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fass" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2009.05.005" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JF8R4X8F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746614v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bauer Magali" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laurence" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deloge-Abarkan Magali" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remen Thomas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tossa Paul" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802491v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bauer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mathieu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Deloge-Abarkan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#233;men" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Tossa" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech.2007.063784" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A53A91FCD7C364297F433E2EABD60C5875D233FB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723221v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Deloge-Abarkan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Remen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723223v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.ede.0000276578.64205.09" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746618v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810839v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Lan Ha" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Robine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zmirou-Navier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B610737K" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-TBJXFTVD-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427986v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Landelle" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zmirou-Navier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanhems" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maurin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Seigneurin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802448v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deloge&#8208;abarkan" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ritoux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Pauly" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/503115" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080388v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tossa" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2458-6-112" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810780v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saby" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tozza" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cavard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lahoussine" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.71.2.734-740.2005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810799v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saby" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lahoussine" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/ws.2004.0131" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810375v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dailloux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurain" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Andolfatto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lozniewski" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.69.11.6946-6948.2003" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810732v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batt&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.M.R. Appenzeller" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grandjean" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:RESB.0000040456.71537.29" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F199393G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802459v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Batt&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurent" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prevost" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/W03-094" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810359v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Batt&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Koudjonou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Laurent" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;e Coallier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(02)00476-1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-60JHBSD8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810372v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boualam" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fass" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lahoussine" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cavard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810352v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Quil&#232;s" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927010290017752" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810337v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boualam" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gatel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(01)00460-2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJ5F4MGV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810313v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Block" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(00)00337-7" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3A5071D9E2CC317D36F36D66EBFA94CBD66A7F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345859v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thomas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Rouillier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Prelot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0927-7757(01)00836-6" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DK9G9X0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527689v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sibille" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;lesphore Sime-Ngando" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03741953v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sime-Ngando" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Block" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.64.1.197-202.1998" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810263v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Paquin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(97)00070-5" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXXZBQRT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810257v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Sibille" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810243v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Astier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Paquin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morlot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hartemann" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03175621v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maul" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Bischop" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810134v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Block" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Servais" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fontvieille" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Werner" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0043-1354(92)90049-A" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDWQJWS7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810186v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Randon," TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maillard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/705155ar" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746635v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Paris" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-16775-2_9" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03723378v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Favre" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03723473v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313087v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Perrin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feryal Guerroudj" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Hamdouna" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laoues Guendouz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252903v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Terrero-Rodriguez" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariela Brites Hel&#250;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke O'Keeffe" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05296048v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guendouz" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313140v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766807v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Dijoux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Anton" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827989v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Louvet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827942v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768058v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gross" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827970v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137362v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laou&#232;s Guendouz" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier Hreiz" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Commenge" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2023-0105" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749184v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Senff" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abd Al Rahim" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749177v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Robin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;nor Levillain" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749167v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749173v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Etienne" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rion" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Wilhelm" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gassilloud" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233971v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esam Eldin Ahmed Mohamed" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pomarede" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Declercq" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0770" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749189v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Fechtali Moute" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sedji" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749192v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749231v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Maryse Sedji" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ferji" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gantzer" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749202v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749260v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pottier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lozniewski" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749268v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749703v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03172329v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devisme" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749741v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mougel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jost" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jost" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749754v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Devisme" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749735v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Block" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749724v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03172357v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Francius" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Skali-Lami" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03175841v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Zein" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749781v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749785v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perrin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Herbelin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Jorand" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749779v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Gourbeyre" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749833v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Francius" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749822v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749813v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749854v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749847v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. David" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749842v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749872v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Schneider" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749896v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749935v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749941v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749956v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudot S&#233;bastien" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbelin Pascaline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soreau Sylvie" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banas Sandrine" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749975v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Panetier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I D&#233;portes" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Caamano" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Carr&#233;" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Casellas" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749988v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Simonet" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T L Ha-Duez" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Robine" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03750013v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouteleux C&#233;line" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tozza Dominique" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menard-Szczebara Florence" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibert Sylvie" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03750035v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bouteleux" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tozza" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menard-Szczebara" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Thibert" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746706v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deloge" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. L. Ha" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robine" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hartmann" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746700v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746699v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Delahaye" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Welt&#233;" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M C Bonnet" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Montiel" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05272592v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05147992v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hamiaux" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Lan Tran" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04723919v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767966v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04680892v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gons" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Barthelon" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Coty" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Delair" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02369373v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Ferji" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03208743v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Carlier" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Silva Campos" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749196v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749241v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749248v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749728v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Keraval" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Block" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mathieu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749776v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de la Cruz Barr&#243;n" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchcca Adjobi" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749786v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric P.A. Jorand" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749795v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749820v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.--C Block" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749839v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gosselin" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Gourbeyre" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Gaudichet-Maurin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749825v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03175848v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gourbeyre" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaudichet" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749918v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749864v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Guen" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749875v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749948v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749926v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Gromer" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749991v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gaboriaud" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749984v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gaboriaud" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ginevra" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jarraud" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03750002v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouteleux" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menard" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03750029v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727576v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727562v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746709v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Hartemann" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746712v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Diguio" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zmirou-Navier Denis" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746702v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zmirou&#8208;navier" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurence-mathieu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8747-1347" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/180179160" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313567339" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-8237-2015" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164649v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Changey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourrier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fontaine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mathieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70128" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804088v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Klopffer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Becker" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fix" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pradalier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioflm.2024.100240" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04492201v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Herbelin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Soreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jorand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1369665" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03167302v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Challant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Jeulin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hartard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2021.113692" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03358958v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Chamarande" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisiane Cunat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome F. L. Duval" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9081602" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474370v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gosselin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Block" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carteret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muhr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2018.1532998" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01867900v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Iris Sedji" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihayl Varbanov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Colin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-3045-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01795533v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.B. Gomes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mathieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sim&#245;es" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Sim&#245;es" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.03.042" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912887v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Herbelin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jorand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Skali-Lami" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2018.1444756" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910693v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Achouri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Corbel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11112158" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912901v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Keraval" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico F. Declercq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Block" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2018.10.029" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912919v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Francius" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha El Zein" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gosselin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Maul" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.11.038" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01802444v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelleieux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gantzer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13243" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912925v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Angel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2016.1212989" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912959v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussad Arroua" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bellanger" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guilloteau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6968.12399" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749857v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Deloge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Oberti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Dhome" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Zmirou-Navier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912961v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goudot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soreau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Banas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.12429" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912964v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc H&#233;brant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-014-9624-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425202v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bertrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Abe" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Angel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Block" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2014.01.054" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802250v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Banas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2012.05.030" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-57FM1NLP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01562072v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelle&#239;eux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Francius" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2012.07.041" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3L0KVMD-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802295v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaboriaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarraud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simonet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2010.08.040" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0XHNC26B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876304v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Remen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Hautemaniere" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deloge-Abarkan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hartemann" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2011.03.022" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FB7M5XH-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912979v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouteleux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fass" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2009.05.005" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JF8R4X8F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746614v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bauer Magali" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laurence" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deloge-Abarkan Magali" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remen Thomas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tossa Paul" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802491v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bauer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mathieu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Deloge-Abarkan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#233;men" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Tossa" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech.2007.063784" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A53A91FCD7C364297F433E2EABD60C5875D233FB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723221v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Deloge-Abarkan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Remen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723223v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.ede.0000276578.64205.09" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746618v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810839v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Lan Ha" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Robine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zmirou-Navier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B610737K" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-TBJXFTVD-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802448v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deloge&#8208;abarkan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ritoux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Pauly" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/503115" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427986v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Landelle" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zmirou-Navier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanhems" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maurin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Seigneurin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080388v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tossa" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2458-6-112" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810780v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saby" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tozza" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cavard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lahoussine" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.71.2.734-740.2005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810799v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saby" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lahoussine" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/ws.2004.0131" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810375v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dailloux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurain" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Andolfatto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lozniewski" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.69.11.6946-6948.2003" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810359v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Batt&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Koudjonou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Laurent" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;e Coallier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(02)00476-1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-60JHBSD8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810732v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batt&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.M.R. Appenzeller" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grandjean" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:RESB.0000040456.71537.29" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F199393G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802459v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Batt&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurent" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prevost" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/W03-094" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810372v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boualam" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fass" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lahoussine" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cavard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810352v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Quil&#232;s" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927010290017752" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810337v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boualam" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gatel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(01)00460-2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJ5F4MGV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810313v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Block" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(00)00337-7" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3A5071D9E2CC317D36F36D66EBFA94CBD66A7F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345859v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thomas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Rouillier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Prelot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0927-7757(01)00836-6" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DK9G9X0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527689v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sibille" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;lesphore Sime-Ngando" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03741953v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sime-Ngando" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Block" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.64.1.197-202.1998" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810263v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Paquin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(97)00070-5" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXXZBQRT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810257v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Sibille" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810243v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Astier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Paquin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morlot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hartemann" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03175621v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maul" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Bischop" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810134v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Block" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Servais" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fontvieille" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Werner" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0043-1354(92)90049-A" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDWQJWS7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810186v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Randon," TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maillard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/705155ar" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746635v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Paris" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-16775-2_9" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03723378v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Favre" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03723473v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05296048v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Perrin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feryal Guerroudj" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Hamdouna" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guendouz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252903v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Terrero-Rodriguez" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariela Brites Hel&#250;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke O'Keeffe" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313087v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laoues Guendouz" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313140v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766807v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Dijoux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Anton" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827989v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Louvet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827942v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827970v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768058v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gross" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137362v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laou&#232;s Guendouz" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier Hreiz" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Commenge" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2023-0105" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749184v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Senff" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abd Al Rahim" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749177v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Robin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;nor Levillain" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749167v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749173v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Etienne" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rion" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Wilhelm" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gassilloud" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233971v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esam Eldin Ahmed Mohamed" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pomarede" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Declercq" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0770" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749189v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Fechtali Moute" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sedji" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749192v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749202v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749231v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Maryse Sedji" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ferji" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gantzer" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749260v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pottier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lozniewski" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749268v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749703v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03172329v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devisme" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749741v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mougel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jost" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jost" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749754v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Devisme" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749735v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Block" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749724v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03172357v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Francius" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Skali-Lami" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03175841v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Zein" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749781v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749785v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perrin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Herbelin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Jorand" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749779v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Gourbeyre" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749833v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Francius" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749822v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749813v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749847v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. David" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749854v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749842v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749872v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Schneider" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749896v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749935v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749941v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749956v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudot S&#233;bastien" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbelin Pascaline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soreau Sylvie" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banas Sandrine" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749975v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Panetier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I D&#233;portes" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Caamano" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Carr&#233;" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Casellas" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749988v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Simonet" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T L Ha-Duez" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Robine" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03750013v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouteleux C&#233;line" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tozza Dominique" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menard-Szczebara Florence" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibert Sylvie" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03750035v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bouteleux" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tozza" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menard-Szczebara" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Thibert" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746706v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deloge" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. L. Ha" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robine" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hartmann" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746700v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746699v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Delahaye" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Welt&#233;" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M C Bonnet" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Montiel" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05272592v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05147992v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hamiaux" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Lan Tran" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04723919v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767966v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04680892v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gons" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Barthelon" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Coty" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Delair" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02369373v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Ferji" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03208743v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Carlier" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Silva Campos" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749196v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749248v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749241v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749728v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Keraval" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Block" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mathieu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749776v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de la Cruz Barr&#243;n" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchcca Adjobi" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749786v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric P.A. Jorand" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749795v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749820v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.--C Block" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749839v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gosselin" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Gourbeyre" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Gaudichet-Maurin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749825v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03175848v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gourbeyre" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaudichet" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749918v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749875v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749864v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Guen" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749926v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Gromer" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749948v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749991v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gaboriaud" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749984v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gaboriaud" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ginevra" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jarraud" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03750002v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouteleux" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menard" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03750029v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727576v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727562v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746709v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Hartemann" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746712v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Diguio" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zmirou-Navier Denis" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03746702v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zmirou&#8208;navier" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>