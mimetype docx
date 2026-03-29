--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1023,372 +1023,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les avatars du type indo-européen de Syrdon dans le roman de Jaufre : le Sénéchal Keu et l’Encantador</w:t>
+                <w:t xml:space="preserve">La ‘terre gaste’ dans le Roman de Jaufré, au-delà de l’influence de Chrétien de Troyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ollodagos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, XXV, pp.273-297</w:t>
+              <w:t xml:space="preserve">Revue des langues romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, CXV (1), pp.163-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04927090v1</w:t>
+                <w:t xml:space="preserve">hal-04927017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La ‘terre gaste’ dans le Roman de Jaufré, au-delà de l’influence de Chrétien de Troyes</w:t>
+                <w:t xml:space="preserve">Les avatars du type indo-européen de Syrdon dans le roman de Jaufre : le Sénéchal Keu et l’Encantador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des langues romanes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, CXV (1), pp.163-82</w:t>
+              <w:t xml:space="preserve">Ollodagos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, XXV, pp.273-297</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04927017v1</w:t>
+                <w:t xml:space="preserve">hal-04927090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narty Kaddžytæ et roman de Jaufre : formes légendaires et romanesques de problèmes indo-européens</w:t>
+                <w:t xml:space="preserve">About the Nart Tales Connections with the Arthurian Cycle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Izvestya, (chkola molodykh utchenykh)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, VII (3), p.143-165</w:t>
+              <w:t xml:space="preserve">Irano-slavika (revue de l’Institut d’Etudes Orientales de Moscou)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, n°2 (22), pp.35-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05007586v1</w:t>
+                <w:t xml:space="preserve">hal-04926621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Légendes des Nartes, roman arthurien, saga islandaise : organisation du banquet et rôle de la coupe sacrée</w:t>
+                <w:t xml:space="preserve">Narty Kaddžytæ et roman de Jaufre : formes légendaires et romanesques de problèmes indo-européens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nartamongae. The journal of Alano-Ossetic studies--epic, mythology &amp; language</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, VII (1-2), pp.112-25</w:t>
+              <w:t xml:space="preserve">Izvestya, (chkola molodykh utchenykh)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, VII (3), p.143-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04927625v2</w:t>
+                <w:t xml:space="preserve">hal-05007586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About the Nart Tales Connections with the Arthurian Cycle</w:t>
+                <w:t xml:space="preserve">Légendes des Nartes, roman arthurien, saga islandaise : organisation du banquet et rôle de la coupe sacrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Irano-slavika (revue de l’Institut d’Etudes Orientales de Moscou)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, n°2 (22), pp.35-40</w:t>
+              <w:t xml:space="preserve">Nartamongae. The journal of Alano-Ossetic studies--epic, mythology &amp; language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, VII (1-2), pp.112-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04926621v1</w:t>
+                <w:t xml:space="preserve">hal-04927625v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Lay of Leithian ou l’héroïsme du couple</w:t>
               </w:r>
@@ -2383,859 +2383,859 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04996385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verd Paradís au miroir de Cendre mòrta : Max Rouquette et le jeu de la catabase inversée</w:t>
+                <w:t xml:space="preserve">« Tè ! que plau » : esquisse d’une poétique de Bernard Manciet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
+              <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04996399v1</w:t>
+                <w:t xml:space="preserve">hal-04988705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Mortz per amor » de Bellauda dans le Ronsasvals : un tombeau pour le temps du Trobar</w:t>
+                <w:t xml:space="preserve">Modernité d'Auger Gaillard : représentation du réel et autofiction dans l'entre deux mondes du Banquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires</w:t>
+              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05010977v1</w:t>
+                <w:t xml:space="preserve">hal-05001814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Paris, Hector e Ulixes » : des réminiscences de structures indo-européennes dans la construction du portrait de Guillaume de Nevers dans Flamenca (v. 1561-1721)</w:t>
+                <w:t xml:space="preserve">Finitude et infini de l’écriture poétique dans Lei illas infinidas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04988728v1</w:t>
+                <w:t xml:space="preserve">hal-04996407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Tè ! que plau » : esquisse d’une poétique de Bernard Manciet</w:t>
+                <w:t xml:space="preserve">Construction narrative et entrelacement dans la Canson de la Crosada : esquisse d'un parcours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires</w:t>
+              <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04988705v1</w:t>
+                <w:t xml:space="preserve">hal-04988715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modernité d'Auger Gaillard : représentation du réel et autofiction dans l'entre deux mondes du Banquet</w:t>
+                <w:t xml:space="preserve">L'amor et Lo cantic noveu de Marcelle Delpastre : prosodie, amplification et condensation de l'intertextualité biblique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05001814v1</w:t>
+                <w:t xml:space="preserve">hal-05021974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finitude et infini de l’écriture poétique dans Lei illas infinidas</w:t>
+                <w:t xml:space="preserve">Quelques précisions sur le thème du double chez Boudou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04996407v1</w:t>
+                <w:t xml:space="preserve">hal-05004061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction narrative et entrelacement dans la Canson de la Crosada : esquisse d'un parcours</w:t>
+                <w:t xml:space="preserve">Eléments et limites du « contrat masochiste » dans la poésie de Bernart de Ventadorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04988715v1</w:t>
+                <w:t xml:space="preserve">hal-04988709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques précisions sur le thème du double chez Boudou</w:t>
+                <w:t xml:space="preserve">Les oppositions de l'esprit chevaleresque et de l'esprit lyrique dans le roman de Jaufré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
+              <w:t xml:space="preserve">, L'harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05004061v1</w:t>
+                <w:t xml:space="preserve">hal-04996397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'amor et Lo cantic noveu de Marcelle Delpastre : prosodie, amplification et condensation de l'intertextualité biblique</w:t>
+                <w:t xml:space="preserve">Le fantastique comme réponse au réel : La Bèstio de d’Arbaud et le mythe lovecraftien face au déclin civilisationnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05021974v1</w:t>
+                <w:t xml:space="preserve">hal-05010960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléments et limites du « contrat masochiste » dans la poésie de Bernart de Ventadorn</w:t>
+                <w:t xml:space="preserve">Verd Paradís au miroir de Cendre mòrta : Max Rouquette et le jeu de la catabase inversée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
+              <w:t xml:space="preserve">, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04988709v1</w:t>
+                <w:t xml:space="preserve">hal-04996399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les oppositions de l'esprit chevaleresque et de l'esprit lyrique dans le roman de Jaufré</w:t>
+                <w:t xml:space="preserve">« Paris, Hector e Ulixes » : des réminiscences de structures indo-européennes dans la construction du portrait de Guillaume de Nevers dans Flamenca (v. 1561-1721)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
+              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04996397v1</w:t>
+                <w:t xml:space="preserve">hal-04988728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fantastique comme réponse au réel : La Bèstio de d’Arbaud et le mythe lovecraftien face au déclin civilisationnel</w:t>
+                <w:t xml:space="preserve">« Mortz per amor » de Bellauda dans le Ronsasvals : un tombeau pour le temps du Trobar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mimesis et son refus dans la littérature occitane et autres essais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires, 978-2-343-24084-8</w:t>
+              <w:t xml:space="preserve">, L'Harmattan, 2021, Critiques littéraires</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05010960v1</w:t>
+                <w:t xml:space="preserve">hal-05010977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence indo-européenne en Arda et ses limites</w:t>
               </w:r>
@@ -3939,51 +3939,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="84543AF5"/>
+    <w:nsid w:val="195E8A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4170,51 +4170,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-alibert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-0235-1896" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159341329" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/309907206" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000436469417" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905250v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alibert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1112958ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905179v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905145v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccm.13905" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579707v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rlr.5501" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04073867v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-L&#233;o L&#233;onard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rlr.5489" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905149v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rlr.4303" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905135v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lengas.1378" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579357v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lengas.1174" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926983v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927090v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927017v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007586v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927625v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926621v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979065v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024191v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905164v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927155v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905233v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940638v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927365v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007566v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023227v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987249v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987254v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996385v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996399v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010977v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04988728v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04988705v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001814v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996407v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04988715v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004061v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021974v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04988709v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996397v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010960v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927311v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007703v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053297v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007711v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04905214v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01536355v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legrand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-alibert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-0235-1896" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159341329" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/309907206" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000436469417" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905250v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alibert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1112958ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905179v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905145v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccm.13905" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579707v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rlr.5501" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04073867v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-L&#233;o L&#233;onard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rlr.5489" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905149v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rlr.4303" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905135v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lengas.1378" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579357v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lengas.1174" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926983v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927017v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927090v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926621v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007586v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927625v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979065v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024191v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905164v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927155v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905233v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940638v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927365v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007566v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023227v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987249v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987254v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996385v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04988705v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001814v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996407v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04988715v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021974v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004061v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04988709v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996397v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010960v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996399v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04988728v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010977v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927311v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007703v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053297v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007711v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04905214v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01536355v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legrand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>