--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -153,1781 +153,1859 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Économie de la donnée et partage de la valeur : deux études sur la digitalisation des réseaux électriques et de la grande distribution</w:t>
+                <w:t xml:space="preserve">Les deux monnaies de Keynes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sterenn Lebayle</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025-1 (19), pp.107-131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Baronian</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Rapport</w:t>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18601-4.p.0107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05303800v1</w:t>
+                <w:t xml:space="preserve">hal-05547396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field Research and User Requirements Digital social currency pilots</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The regime of truth of knowledge management: the role of information systems in the production of tacit knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Knowledge Management Research and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (2), pp.191-201. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Lucarelli</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14778238.2021.1967797⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Orchestra Conductor to Principal's Agent: How Internal Financialization of Top Management Has Enabled External Financialization of the Firm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matari Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Review of Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (1), pp.23-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09538259.2020.1869400⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE TIME-SPACES OF CAPITALISM: SUZANNE DE BRUNHOFF AND MONETARY THOUGHT AFTER MARX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the History of Economic Thought</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (3), pp.420-432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1053837220000218⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1. Pièces inédites de Marx : lettres et projet de contrat pour la publication française du Capital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marco Sachy</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rieucau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 78 (2), pp.7-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cep1.078.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digital Platforms and the Nature of the Firm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Economic Issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 54 (1), pp.214-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00213624.2020.1720588⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sujet de la science dans le matérialisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers critiques de philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n°19 (1), pp.147-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ccp.019.0147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04937315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'image de la pensée en révolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Implications philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04937333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monnaie du commun et revenu social garanti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francesca Bria</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Vercellone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terrains/Théories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Les usages sociaux de l'argent, l, pp.1-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01116393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE MARXIAN WAGE THEORY AGAINST THE “ABSOLUTE IMMIZERATION” DOCTRINE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the History of Economic Thought</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 35 (1), pp.93-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S105383721200065X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Fine et Alfred Saad-Filho, The Elgar Companion to Marxist Economics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Œconomia - History/Methodology/Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3-3, pp.487-490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/oeconomia.77⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’âge du nouveau taylorisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (2e semestre), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/regulation.10324⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’articulation entre dette publique et dette privée dans la dynamique du capitalisme contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...35 lines deleted...]
-                <w:t xml:space="preserve">hal-04937432v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matari Pierre Manigat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Economics and Social Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (1-2), pp.27-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La monnaie dans les Grundrisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, n° 60 (1), pp.67-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cep.060.0067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail mort dans le capitalisme cognitif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Economics and Social Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 24 (1-2), pp.45-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The foundation of Marx's concept of value in the Manuscripts of 1844</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baronian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Philosophical Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Volume III Issue 1 (1), pp.25-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jpe.10584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03704524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (2)</w:t>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Money and Capital: A Critique of Monetary Thought, the Dollar and Post-Capitalism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Économie de la donnée et partage de la valeur : deux études sur la digitalisation des réseaux électriques et de la grande distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterenn Lebayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Routledge, 2023, </w:t>
-[...26 lines deleted...]
-                <w:t xml:space="preserve">hal-04936789v1</w:t>
+              <w:t xml:space="preserve">Mai 2025, Institut de recherches économiques et sociales (IRES); CFDT. 2025, https://ires.fr/publications/cfdt/economie-de-la-donnee-et-partage-de-la-valeur-deux-etudes-sur-la-digitalisation-des-reseaux-electriques-et-de-la-grande-distribution/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05303800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marx and Living Labour</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Field Research and User Requirements Digital social currency pilots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Lucarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-04936786v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Sachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Bria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Vercellone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D-Cent. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04937432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE TIME-SPACES OF CAPITALISM: SUZANNE DE BRUNHOFF AND MONETARY THOUGHT AFTER MARX</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Money and Capital: A Critique of Monetary Thought, the Dollar and Post-Capitalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-04936778v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780429261299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Orchestra Conductor to Principal's Agent: How Internal Financialization of Top Management Has Enabled External Financialization of the Firm</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Marx and Living Labour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1080 lines deleted...]
-                <w:t xml:space="preserve">hal-03704524v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203402566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Traduction (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capital et Profit. Cahiers XVI-XVII des manuscrits de 1861-1863</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henny Blomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3901-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...33 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1937,111 +2015,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moneta del comune e reddito garantito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Vercellone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LA MONETA DEL COMUNE, La sfida dell'istituzione finanziaria del comune</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DeriveApprodi/Alfabeta libri, pp.11-21, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01304126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2051,118 +2129,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moneta del comune e reddito sociale garantito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baronian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Vercellone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00819014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:footerReference w:type="default" r:id="rId60"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2230,51 +2308,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C0B49803"/>
+    <w:nsid w:val="9177BD7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2461,51 +2539,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-baronian" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6199-4297" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120576791" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303800v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Lebayle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baronian" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937432v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Lucarelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sachy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bria" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Vercellone" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936789v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429261299" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936786v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203402566" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936778v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1053837220000218" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936780v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matari Pierre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09538259.2020.1869400" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854748v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rieucau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.078.0007" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936781v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14778238.2021.1967797" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936776v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00213624.2020.1720588" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937315v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ccp.019.0147" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937333v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116393v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936439v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/oeconomia.77" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936446v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S105383721200065X" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-NZPR7M4T-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936442v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.10324" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936431v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matari Pierre Manigat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep.060.0067" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936428v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704524v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jpe.10584" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936798v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henny Blomme" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Marx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3901-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01304126v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00819014v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-baronian" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6199-4297" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120576791" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547396v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baronian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18601-4.p.0107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936781v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14778238.2021.1967797" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936780v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matari Pierre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09538259.2020.1869400" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936778v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1053837220000218" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854748v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rieucau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.078.0007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936776v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00213624.2020.1720588" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937315v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ccp.019.0147" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937333v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116393v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Vercellone" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936446v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S105383721200065X" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-NZPR7M4T-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936439v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/oeconomia.77" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936442v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.10324" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936431v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matari Pierre Manigat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936416v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep.060.0067" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936428v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704524v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jpe.10584" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303800v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Lebayle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937432v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Lucarelli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sachy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bria" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936789v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429261299" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936786v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203402566" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henny Blomme" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Marx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3901-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01304126v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00819014v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>