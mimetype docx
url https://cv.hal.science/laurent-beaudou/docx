--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1499,291 +1499,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connected greedy colourings of perfect graphs and other classes: the good, the bad and the ugly</w:t>
+                <w:t xml:space="preserve">Density of 3‐critical signed graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Brosse</w:t>
+                <w:t xml:space="preserve">Penny Haxell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Defrain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Foucaud</w:t>
+                <w:t xml:space="preserve">Kathryn Nurse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Lagoutte</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sagnik Sen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhouningxin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/dmtcs.8715⟩</w:t>
+              <w:t xml:space="preserve">Journal of Graph Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 107 (1), pp.212-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jgt.23117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03406709v1</w:t>
+                <w:t xml:space="preserve">hal-04996608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density of 3‐critical signed graphs</w:t>
+                <w:t xml:space="preserve">Connected greedy colourings of perfect graphs and other classes: the good, the bad and the ugly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathryn Nurse</w:t>
+                <w:t xml:space="preserve">Caroline Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sagnik Sen</w:t>
+                <w:t xml:space="preserve">Oscar Defrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Foucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhouningxin Wang</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Lagoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Graph Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 107 (1), pp.212-239. </w:t>
+              <w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, vol. 25:2 (Graph Theory), </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jgt.23117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/dmtcs.8715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996608v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bounding the Number of Minimal Transversals in Tripartite 3-Uniform Hypergraphs</w:t>
               </w:r>
@@ -2404,511 +2404,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02093568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encoding partial orders through modular decomposition</w:t>
+                <w:t xml:space="preserve">Octal Games on Graphs: The game 0.33 on subdivided stars and bistars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of computational science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 746, pp.19-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcs.2018.06.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01995145v1</w:t>
+                <w:t xml:space="preserve">hal-01418153v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octal Games on Graphs: The game 0.33 on subdivided stars and bistars</w:t>
+                <w:t xml:space="preserve">Bounding the Order of a Graph Using Its Diameter and Metric Dimension: A Study Through Tree Decompositions and VC Dimension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julien Moncel</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Dankelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Foucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Antony Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tcs.2018.06.018⟩</w:t>
+              <w:t xml:space="preserve">SIAM Journal on Discrete Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (2), pp.902 - 918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/16M1097833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01418153v3</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01848648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bounding the Order of a Graph Using Its Diameter and Metric Dimension: A Study Through Tree Decompositions and VC Dimension</w:t>
+                <w:t xml:space="preserve">Bisplit graphs satisfy the Chen-Chvátal conjecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Rosenfeld</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Discrete Mathematics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computing Research Repository</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, abs/1808.08710</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01848648v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bisplit graphs satisfy the Chen-Chvátal conjecture</w:t>
+                <w:t xml:space="preserve">Encoding partial orders through modular decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaoutar Ghazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giacomo Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Rosenfeld</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thierry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computing Research Repository</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, abs/1808.08710</w:t>
+              <w:t xml:space="preserve">Journal of computational science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25, pp.446-455</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02093570v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01995145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bounds on Directed star arboricity in some digraph classes</w:t>
               </w:r>
@@ -3024,51 +3024,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithms for k-meet-semidistributive lattices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lhouari Nourine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3442,230 +3442,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02093572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On a class of intersection graphs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Making a Graph Crossing-Critical by Multiplying its Edges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Limouzy</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Hernández-Vélez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gelasio Salazar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computing Research Repository</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, abs/1306.2498</w:t>
+              <w:t xml:space="preserve">The Electronic Journal of Combinatorics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20, pp.P61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02093575v1</w:t>
+                <w:t xml:space="preserve">hal-02093574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making a Graph Crossing-Critical by Multiplying its Edges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On a class of intersection graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Baïou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gelasio Salazar</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhentao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Limouzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Electronic Journal of Combinatorics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 20, pp.P61</w:t>
+              <w:t xml:space="preserve">Computing Research Repository</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, abs/1306.2498</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02093574v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lines in hypergraphs</w:t>
               </w:r>
@@ -4003,248 +4003,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00990423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On planarity of direct product of multipartite complete graphs</w:t>
+                <w:t xml:space="preserve">Subdivided graphs as isometric subgraphs of Hamming graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Dorbec</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Gravier</w:t>
+                <w:t xml:space="preserve">Kahina Meslem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Mathematics, Algorithms and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S179383090900004X⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Combinatorics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 30, pp.1062--1070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejc.2008.09.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00387303v1</w:t>
+                <w:t xml:space="preserve">hal-00192300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subdivided graphs as isometric subgraphs of Hamming graphs</w:t>
+                <w:t xml:space="preserve">On planarity of direct product of multipartite complete graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Dorbec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pranava K. Jha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gravier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kahina Meslem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Combinatorics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 30, pp.1062--1070. </w:t>
+              <w:t xml:space="preserve">Discrete Mathematics, Algorithms and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1 (1), pp.85-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejc.2008.09.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S179383090900004X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00192300v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00387303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isometric embeddings of subidivided complete graphs in the hypercube</w:t>
               </w:r>
@@ -4256,51 +4256,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kahina Meslem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Discrete Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 22, pp.1226--1238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4832,51 +4832,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383639v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beaudou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Echeverr&#237;a" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Foucaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Jim&#233;nez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Manuylenko" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2025.10.284" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818742v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berg&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vsevolod Chernyshev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dailly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Gerard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2024.19" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041342v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Naserasr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39219-2_16" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288666v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Madelaine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhouari Nourine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22996-2_10" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093569v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bazin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Kahn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Khoshkhah" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coupechoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gravier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moncel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093571v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02082711v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Ba&#239;ou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhentao Li" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Limouzy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-45030-3_19" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-WXCR7QBG-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083534v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Moustapha Kant&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375497v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Gamboa Quintero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807116v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363494v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gerbaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Grappe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Palesi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406709v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Brosse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Defrain" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lagoutte" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.8715" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996608v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny Haxell" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Nurse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagnik Sen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhouningxin Wang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgt.23117" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847459v7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.7129" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559740v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aboulker" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Matamala" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Zamora" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgt.22799" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560934v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rosenfeld" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/DMTCS-21-1-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041313v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Brewster" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915269v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.09.004" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093568v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Devroye" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gena Hahn" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2018.09.013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995145v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Ghazi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raynaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thierry" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418153v3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2018.06.018" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848648v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dankelmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Antony Henning" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mary" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/16M1097833" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093570v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784822v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Perret Du Cray" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2017.10.046" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01571243v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2015.10.029" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520741v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jctb.2017.01.001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01263335v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Bondy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomin Chen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Chiniforooshan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chudnovsky" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093572v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Tardif" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2015.06.025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093575v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093574v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Hern&#225;ndez-V&#233;lez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gelasio Salazar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093573v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bondy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00493-013-2910-5" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/71AF72F300A30BAFB1DD6B5E68015DAD4218C69F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093577v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drago Bokal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00990423v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandi Klav&#382;ar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matjaz Kovse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mollard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.508" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387303v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dorbec" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranava K. Jha" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S179383090900004X" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192300v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Meslem" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejc.2008.09.011" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187039v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/070681909" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283826v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duchene" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004245v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00401226v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383639v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beaudou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Echeverr&#237;a" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Foucaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Jim&#233;nez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Manuylenko" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2025.10.284" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818742v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berg&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vsevolod Chernyshev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dailly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Gerard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2024.19" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041342v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Naserasr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39219-2_16" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288666v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Madelaine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhouari Nourine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22996-2_10" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093569v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bazin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Kahn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Khoshkhah" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coupechoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gravier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moncel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093571v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02082711v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Ba&#239;ou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhentao Li" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Limouzy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-45030-3_19" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-WXCR7QBG-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083534v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Moustapha Kant&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375497v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Gamboa Quintero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807116v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363494v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gerbaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Grappe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Palesi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996608v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny Haxell" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Nurse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagnik Sen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhouningxin Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgt.23117" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406709v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Brosse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Defrain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lagoutte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.8715" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847459v7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.7129" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559740v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aboulker" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Matamala" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Zamora" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgt.22799" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560934v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rosenfeld" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/DMTCS-21-1-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041313v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Brewster" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915269v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.09.004" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093568v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Devroye" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gena Hahn" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2018.09.013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418153v3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2018.06.018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848648v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dankelmann" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Antony Henning" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mary" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/16M1097833" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093570v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995145v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Ghazi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raynaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thierry" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784822v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Perret Du Cray" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2017.10.046" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01571243v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2015.10.029" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520741v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jctb.2017.01.001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01263335v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Bondy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomin Chen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Chiniforooshan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chudnovsky" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093572v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Tardif" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2015.06.025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093574v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Hern&#225;ndez-V&#233;lez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gelasio Salazar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093575v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093573v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bondy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00493-013-2910-5" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/71AF72F300A30BAFB1DD6B5E68015DAD4218C69F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093577v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drago Bokal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00990423v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandi Klav&#382;ar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matjaz Kovse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mollard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.508" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192300v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Meslem" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejc.2008.09.011" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387303v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dorbec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranava K. Jha" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S179383090900004X" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187039v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/070681909" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283826v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duchene" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004245v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00401226v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>