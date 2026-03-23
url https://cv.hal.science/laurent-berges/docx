--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -234,542 +234,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05403814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining multiple investigative approaches to unravel functional responses to global change in the understorey of temperate forests</w:t>
+                <w:t xml:space="preserve">Le génie végétal au secours de la connectivité écologique des berges de cours d’eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dries Landuyt</w:t>
+                <w:t xml:space="preserve">Étienne Boncourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Perring</w:t>
+                <w:t xml:space="preserve">André Evette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haben Blondeel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maria Alp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.17086⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46, pp.8072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/Revue-SET.2024.46.8072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04506918v1</w:t>
+                <w:t xml:space="preserve">hal-04795838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le génie végétal au secours de la connectivité écologique des berges de cours d’eau</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Forest management and former land use have no effect on soil fungal diversity in uneven-aged mountain high forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Kunsler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étienne Boncourt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">André Evette</w:t>
+                <w:t xml:space="preserve">Stephen Mulero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria Alp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/Revue-SET.2024.46.8072⟩</w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 81 (2), pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13595-023-01218-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795838v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04370436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest management and former land use have no effect on soil fungal diversity in uneven-aged mountain high forests</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Riparian habitat connectivity restoration in an anthropized landscape: A multi-species approach based on landscape graph and soil bioengineering structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Boncourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Alp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Mollier</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Timothée Herviault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13595-023-01218-3⟩</w:t>
+              <w:t xml:space="preserve">Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00267-024-01959-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04370436v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riparian habitat connectivity restoration in an anthropized landscape: A multi-species approach based on landscape graph and soil bioengineering structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combining multiple investigative approaches to unravel functional responses to global change in the understorey of temperate forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dries Landuyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Perring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Boncourt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maria Alp</w:t>
+                <w:t xml:space="preserve">Haben Blondeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Dupont</w:t>
+                <w:t xml:space="preserve">Emiel de Lombaerde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Herviault</w:t>
+                <w:t xml:space="preserve">Leen Depauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1-42. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (1), pp.e17086. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00267-024-01959-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.17086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599263v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of clear-cutting forests on the environment</w:t>
               </w:r>
@@ -969,1109 +969,1135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04359994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stronger legacy effects of cropland than of meadows or pastures on soil conditions and plant communities in French mountain forests</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Planification de la séquence « Éviter-Réduire-Compenser » à l'échelle du paysage : quel apport de la modélisation des réseaux écologiques à la mise en œuvre des sites naturels de compensation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Kunstler</w:t>
+                <w:t xml:space="preserve">Brian Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Montpied</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Simon Tarabon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Moulherat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Boileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Soret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jvs.13156⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38, pp.56-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03846703v1</w:t>
+                <w:t xml:space="preserve">hal-03632246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planification de la séquence « Éviter-Réduire-Compenser » à l'échelle du paysage : quel apport de la modélisation des réseaux écologiques à la mise en œuvre des sites naturels de compensation ?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Importance of climate‐induced tree species composition changes in forecasting the amount of reachable habitat for forest birds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Boileau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etienne Lalechère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.08⟩</w:t>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (9), pp.1781-1794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ddi.13542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03632246v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of climate‐induced tree species composition changes in forecasting the amount of reachable habitat for forest birds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Lalechère</w:t>
+                <w:t xml:space="preserve">Historical landscape matters for threatened species in French mountain forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Kunstler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity and Distributions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ddi.13542⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 269 (109544), pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2022.109544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749420v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03638143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical landscape matters for threatened species in French mountain forests</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+                <w:t xml:space="preserve">Detecting overmature forests with airborne laser scanning (ALS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Fuhr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lalechère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐Matthieu Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2022.109544⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing in Ecology and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (5), pp.731-743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rse2.274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03638143v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting overmature forests with airborne laser scanning (ALS)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Etienne Lalechère</w:t>
+                <w:t xml:space="preserve">Stronger legacy effects of cropland than of meadows or pastures on soil conditions and plant communities in French mountain forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Kunstler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐Matthieu Monnet</w:t>
+                <w:t xml:space="preserve">Pierre Montpied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing in Ecology and Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8 (5), pp.731-743. </w:t>
+              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (6), pp.e13156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rse2.274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jvs.13156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749422v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques forestières à l'ère anthropocène : mise au point sémantique et proposition de définitions écologiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Decocq</w:t>
+                <w:t xml:space="preserve">Historical ecology and ancient forests: Progress, conservation issues and scientific prospects, with some examples from the French case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/revforfr.2021.4993⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (1), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jvs.12846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04214003v1</w:t>
+                <w:t xml:space="preserve">hal-03231137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical ecology and ancient forests: Progress, conservation issues and scientific prospects, with some examples from the French case</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bergès</w:t>
+                <w:t xml:space="preserve">Historical ecology of Mediterranean forests: Land use legacies on current understorey plants differ with time since abandonment and former agricultural use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliet Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Salvaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Videau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 32 (1), pp.1-17. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jvs.12846⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 32 (1), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jvs.12860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03231137v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluer la qualité des boisements riverains avec l’Indice de Biodiversité et de Connectivité des Ripisylves (IBCR) : une étude de cas avec les communautés d’oiseaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Janssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Evette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Naturae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21, pp.293-307. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5852/naturae2021a21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03372870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical ecology of Mediterranean forests: Land use legacies on current understorey plants differ with time since abandonment and former agricultural use</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Higher structural connectivity and resistance against invasions of soil bioengineering over hard-engineering for riverbank stabilisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Videau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François-Marie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Janssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Evette</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 32 (1), pp.1-13. </w:t>
+              <w:t xml:space="preserve">Wetlands Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (1), pp.27-39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jvs.12860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11273-020-09765-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03168867v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03130649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Validation Procedure for Ecological Corridor Locations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2112,598 +2138,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03520586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher structural connectivity and resistance against invasions of soil bioengineering over hard-engineering for riverbank stabilisation</w:t>
+                <w:t xml:space="preserve">Dynamiques forestières à l'ère anthropocène : mise au point sémantique et proposition de définitions écologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Marie Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Janssen</w:t>
+                <w:t xml:space="preserve">Guillaume Decocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">André Evette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wetlands Ecology and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29 (1), pp.27-39. </w:t>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 73 (1), pp.21-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11273-020-09765-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/revforfr.2021.4993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03130649v1</w:t>
+                <w:t xml:space="preserve">hal-04214003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une meilleure prise en compte de la connectivité écologique dans l’aménagement et la gestion des berges de cours d’eau</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environmental mitigation hierarchy and biodiversity offsets revisited through habitat connectivity modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Avon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bezombes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Duflot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 256, pp.10/109950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2019.109950⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03129909v1</w:t>
+                <w:t xml:space="preserve">halshs-02396658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Améliorer la prise en compte des fonctionnalités écologiques dans la séquence Éviter-Réduire-Compenser</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Theuriau</w:t>
+                <w:t xml:space="preserve">Pour une meilleure prise en compte de la connectivité écologique dans l’aménagement et la gestion des berges de cours d’eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Marie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Evette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Isselin-Nondedeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Hors Série (61), pp.1-8. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, hors-série (68), pp.1-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.HS.01⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02610166v1</w:t>
+                <w:t xml:space="preserve">hal-03129909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental mitigation hierarchy and biodiversity offsets revisited through habitat connectivity modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Améliorer la prise en compte des fonctionnalités écologiques dans la séquence Éviter-Réduire-Compenser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tarabon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Theuriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Clauzel</w:t>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Duflot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Isselin-Nondedeu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 256, pp.10/109950. </w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Hors Série (61), pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2019.109950⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.HS.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02396658v1</w:t>
+                <w:t xml:space="preserve">hal-02610166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégrer la connectivité paysagère dans la séquence ERC : une approche par la quantité d'habitat atteignable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bezombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (2), </w:t>
@@ -2793,51 +2793,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Decocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecosystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 22, pp.781-795. </w:t>
@@ -2875,77 +2875,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximizing habitat connectivity in the mitigation hierarchy. A case study on three terrestrial mammals in an urban environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tarabon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Isselin-Nondedeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2992,51 +2992,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do not drop OLD for NEW: conservation needs both forest continuity and stand maturity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Janssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3109,77 +3109,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental impact assessment of development projects improved by merging species distribution and habitat connectivity modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tarabon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Isselin-Nondedeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3226,51 +3226,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining habitat suitability models and spatial graphs for more effective landscape conservation planning: An applied methodological framework and a species case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3349,347 +3349,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land use legacies on forest understory vegetation and soils in the Mediterranean region: Should we use historical maps or in situ land use remnants?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Habitat use and preference of adult perch (Perca fluviatilis L.) in a deep reservoir: variations with seasons, water levels and individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Lopez</w:t>
+                <w:t xml:space="preserve">Samuel Westrelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Tatoni</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R. Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tissot-Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Argillier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2018.05.050⟩</w:t>
+              <w:t xml:space="preserve">Hydrobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1 (809), pp.121-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10750-017-3454-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02080264v1</w:t>
+                <w:t xml:space="preserve">hal-01832981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitat use and preference of adult perch (Perca fluviatilis L.) in a deep reservoir: variations with seasons, water levels and individuals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Roy</w:t>
+                <w:t xml:space="preserve">Land use legacies on forest understory vegetation and soils in the Mediterranean region: Should we use historical maps or in situ land use remnants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliet Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Avon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Tissot-Rey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bergès</w:t>
+                <w:t xml:space="preserve">Jean-Michel Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Argillier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thierry Tatoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrobiologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 1 (809), pp.121-139. </w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 427, pp.17-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10750-017-3454-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2018.05.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01832981v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles sources cartographiques pour la définition des usages anciens du sol en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rochel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliet Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3747,377 +3747,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02954366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of understorey plant communities and traits to past land use and coniferous plantation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Forest recovery since 1860 in a Mediterranean region: drivers and implications for land use and land cover spatial distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliet Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tatoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/avsc.12296⟩</w:t>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33 (2), pp.289-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10980-017-0601-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01592226v1</w:t>
+                <w:t xml:space="preserve">hal-02096805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest recovery since 1860 in a Mediterranean region: drivers and implications for land use and land cover spatial distribution</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Response of understorey plant communities and traits to past land use and coniferous plantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Feiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilaire Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rochel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Tatoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 33 (2), pp.289-305. </w:t>
+              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (3), pp.468-481. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10980-017-0601-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/avsc.12296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02096805v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants du changement du couvert forestier depuis 1860 dans le parc naturel régional du Luberon et implications pour la répartition des forêts actuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliet Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rochel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Salvaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue forestière française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Forêts anciennes, 69 (4-5), pp.371-386. </w:t>
@@ -4605,51 +4605,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape effects on plants in forests: Large-scale context determines local plant response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4703,226 +4703,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité spatiale de la réponse au climat du Chêne sessile dans la moitié nord de la France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Mérian</w:t>
+                <w:t xml:space="preserve">Comment analyser la connectivité écologique des trames vertes ? Cas d’étude en région méditerranéenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Lebourgeois</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14, p. 14 - p. 19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2014.14.03⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01128601v1</w:t>
+                <w:t xml:space="preserve">hal-01071781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment analyser la connectivité écologique des trames vertes ? Cas d’étude en région méditerranéenne</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Avon</w:t>
+                <w:t xml:space="preserve">Variabilité spatiale de la réponse au climat du Chêne sessile dans la moitié nord de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mérian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Roche</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lebourgeois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 67 (2), pp.107-123</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01071781v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01128601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of increasing landscape heterogeneity on local plant species richness: how much is enough?</w:t>
               </w:r>
@@ -5019,131 +5019,144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02600198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of forest road, road surfacing material and stand age on floristic diversity and composition in a nutrient-poor environment</w:t>
+                <w:t xml:space="preserve">Landownership is an unexplored determinant of forest understory plant composition in Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Avon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Chevalier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Avon</w:t>
+                <w:t xml:space="preserve">K. Verheyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Dupouey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 16 (3), p. 470 - p. 479. </w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 306, p. 281 - p. 291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/avsc.12019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2013.06.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00844904v1</w:t>
+                <w:t xml:space="preserve">hal-00865850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected long-range edge-to-forest interior environmental gradients</w:t>
               </w:r>
@@ -5168,229 +5181,216 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Pellissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Verheyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Dupouey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Landscape Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 28 (3), p. 439 - p. 453. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10980-012-9841-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00824329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landownership is an unexplored determinant of forest understory plant composition in Northern France</w:t>
+                <w:t xml:space="preserve">Influence of forest road, road surfacing material and stand age on floristic diversity and composition in a nutrient-poor environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.L. Dupouey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 306, p. 281 - p. 291. </w:t>
+              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 16 (3), p. 470 - p. 479. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2013.06.064⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/avsc.12019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00865850v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00844904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understorey plant species show long-range spatial patterns in forest patches according to distance-to-edge</w:t>
               </w:r>
@@ -5428,51 +5428,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodora Nedeltcheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Cecile Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 24 (1), pp.9 - 24. </w:t>
@@ -5652,51 +5652,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5991,277 +5991,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compromises in data selection in a meta-analysis of biodiversity in managed and unmanaged forests: response to Halme et al.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corridors écologiques et conservation de la biodiversité, intérêts et limites pour la mise en place de la Trame verte et bleue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Odor</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1523-1739.2010.01543.x⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3, p. 34 - p. 39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2010.3.08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593358v1</w:t>
+                <w:t xml:space="preserve">hal-00545104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corridors écologiques et conservation de la biodiversité, intérêts et limites pour la mise en place de la Trame verte et bleue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compromises in data selection in a meta-analysis of biodiversity in managed and unmanaged forests: response to Halme et al.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Roche</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hjältén</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Odor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 24 (4), pp.1157-1160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1523-1739.2010.01543.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2010.3.08⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00545104v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversity differences between managed and unmanaged forests: meta-analysis of species richness in Europe</w:t>
               </w:r>
@@ -6273,64 +6273,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hjältén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Odor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6420,51 +6420,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bonneil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gosselin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6644,51 +6644,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving biodiversity indicators of sustainable forest management: Tree genus abundance rather than tree genus richness and dominance for understory vegetation in French lowland oak hornbeam forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Loussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7131,51 +7131,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 188 (2), pp.179-190</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7263,321 +7263,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02589816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le climat a-t-il un impact sur la croissance des arbres ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of sampling time, species richness and observer on the exhaustiveness of plant censuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Archaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Vennetier</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espaces Naturels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 13, pp.5-6</w:t>
+              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 17 (3), pp.299-306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02587000v1</w:t>
+                <w:t xml:space="preserve">hal-02587918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of sampling time, species richness and observer on the exhaustiveness of plant censuses</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Can understory vegetation accurately predict site index? A comparative study using floristic and abiotic indices in sessile oak (Quercus petraea Liebl.) stands in northern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Richard Chevalier</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Gegout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Franc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 63 (1), pp.31-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/forest:2005091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02587918v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02587488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can understory vegetation accurately predict site index? A comparative study using floristic and abiotic indices in sessile oak (Quercus petraea Liebl.) stands in northern France</w:t>
+                <w:t xml:space="preserve">Le climat a-t-il un impact sur la croissance des arbres ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Franc</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vennetier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Espaces Naturels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 13, pp.5-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02587488v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02587000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can understory vegetation accurately predict site index? A comparative study using floristic and abiotic indices in sessile oak (Quercus petraea Liebl.) stands in northern France</w:t>
               </w:r>
@@ -7671,51 +7671,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des modes de gestion sylvicole sur la biodiversité des chênaies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Arbeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7779,77 +7779,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sessile oak (Quercus petraea Liebl.) site index variations in relation to climate, topography and soil in even-aged high-forest stands in northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7909,51 +7909,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sessile oak (Quercus petraea Liebl.) site index variations in relation to climate, topography and soil in even-aged high-forest stands in northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8358,51 +8358,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Station forestière et végétation spontanée d'accompagnement : perspectives pour la diversification des jeunes pineraies de l'Orléanais.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8475,51 +8475,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact du climat sur la croissance des arbres en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vennetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8557,51 +8557,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivis de végétation : vers une méthode simple et efficace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8655,450 +8655,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03443842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensibilité des peuplements forestiers face aux dégâts du vent : influences conjointes de la station et de la structure sur la résistance de diverses essences forestières</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stocks et flux de carbone dans les forêts françaises.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérôme Pignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Badeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Dhôte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dossiers de l'Environnement de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 52 (sp), pp.139-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/5399⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02580069v1</w:t>
+                <w:t xml:space="preserve">hal-03443385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stocks et flux de carbone dans les forêts françaises.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long-term changes in wood density and radial growth of Quercus petraea Liebl. in northern France since the middle of the nineteenth century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Franc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Trees - Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 14 (7), pp.398-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s004680000055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4267/2042/5399⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03443385v1</w:t>
+                <w:t xml:space="preserve">hal-02579592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modifications à long terme, déjà constatées, de la productivité des forêts françaises.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Dhôte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue forestière française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 52 (Spécial), pp.37-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4267/2042/5405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03443539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term changes in wood density and radial growth of Quercus petraea Liebl. in northern France since the middle of the nineteenth century</w:t>
+                <w:t xml:space="preserve">Sensibilité des peuplements forestiers face aux dégâts du vent : influences conjointes de la station et de la structure sur la résistance de diverses essences forestières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Franc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trees - Structure and Function</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dossiers de l'Environnement de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 20, pp.140-148</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02579592v1</w:t>
+                <w:t xml:space="preserve">hal-02580069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stocks et flux de carbone dans les forêts françaises</w:t>
               </w:r>
@@ -9362,51 +9362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Rathgeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9668,90 +9668,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Landscape Sustainability Science on the Post-2020 Global Biodiversity Framework. Building a network of interconnected overmature forests using Airborne Laser Scanning and landscape graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Matthieu Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fuhr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Geographical Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9776,51 +9776,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building a network of overmature forests using airborne laser scanning and landscape graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9828,51 +9828,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Vacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Matthieu Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fuhr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2022 - 2022 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Kuala Lumpur, Malaysia. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9906,51 +9906,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogeography and ecological transition. Practices, synergies and boundaries with ecology. Importance of climate-induced tree species composition changes in forecasting the amount of reachable habitat for forest birds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9988,51 +9988,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A validation procedure for landscape connectivity approaches: evaluation of the accuracy of ecological corridor locations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10070,51 +10070,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendre plus fonctionnelle la trame de vieux bois dans les montagnes de l’Ain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fuhr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10185,57 +10185,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03520744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des changements climatiques sur la distribution des peuplements forestiers et conséquences sur la connectivité de la trame forestière pour l’avifaune</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Localisation des corridors écologiques entre les massifs du Vercors et des Chambarans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10243,81 +10243,81 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire de restitution du projet Trame Verte Forestière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Saint-Martin-d'Hères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03520728v1</w:t>
+                <w:t xml:space="preserve">hal-03520751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation des corridors écologiques entre les massifs du Vercors et des Chambarans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Effets des changements climatiques sur la distribution des peuplements forestiers et conséquences sur la connectivité de la trame forestière pour l’avifaune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10325,120 +10325,120 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire de restitution du projet Trame Verte Forestière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Saint-Martin-d'Hères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03520751v1</w:t>
+                <w:t xml:space="preserve">hal-03520728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie des forêts anciennes et récentes de France – un point d’étape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliet Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10532,51 +10532,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Chauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cordonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Feiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Into the Woods: Overlapping perspectives on the history of ancient forests</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Padova, Italy</w:t>
@@ -10644,51 +10644,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tatoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10927,122 +10927,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restauration écologique et connectivité : apport des modèles de distribution d’espèces, des graphes paysagers et de la modélisation des déplacements</w:t>
+                <w:t xml:space="preserve">Trame verte et bleue et restauration écologique : apport des graphes paysagers et de la modélisation des déplacements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Duflot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REVER 7 : Journées Atelier du Réseau d’Échanges et de Valorisation en Écologie de la Restauration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">22ème Édition du Forum des Gestionnaires : Génie écologique et Trame verte et bleue - Restaurer et connecter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, La Plaine Saint-Denis, France. pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02605671v1</w:t>
+                <w:t xml:space="preserve">hal-02605689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution du couvert forestier du Luberon depuis 1860 : rôles des facteurs naturels et humains</w:t>
               </w:r>
@@ -11147,549 +11121,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trame verte et bleue et restauration écologique : apport des graphes paysagers et de la modélisation des déplacements</w:t>
+                <w:t xml:space="preserve">Restauration écologique et connectivité : apport des modèles de distribution d’espèces, des graphes paysagers et de la modélisation des déplacements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Avon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Duflot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème Édition du Forum des Gestionnaires : Génie écologique et Trame verte et bleue - Restaurer et connecter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, La Plaine Saint-Denis, France. pp.23</w:t>
+              <w:t xml:space="preserve">REVER 7 : Journées Atelier du Réseau d’Échanges et de Valorisation en Écologie de la Restauration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02605689v1</w:t>
+                <w:t xml:space="preserve">hal-02605671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph theory and least-cost path: how their combination improves habitat network connectivity analysis and helps prioritize conservation measures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gradients coeur-périphérie des communautés floristiques forestières : une question d’écologie du paysage, d’écologie historique ou des deux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Arnaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Archaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCB-ECCB 2015, 27th International Congress for Conservation Biology - 4th European Congress for Conservation Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Montpellier, France. pp.1</w:t>
+              <w:t xml:space="preserve">Ecoveg11- 11ème Colloque d’Écologie des Communautés Végétales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02602170v1</w:t>
+                <w:t xml:space="preserve">hal-02602168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradients coeur-périphérie des communautés floristiques forestières : une question d’écologie du paysage, d’écologie historique ou des deux ?</w:t>
+                <w:t xml:space="preserve">Modélisation de la connectivité écologique fonctionnelle potentielle par les graphes paysagers : intérêts, limites et perspectives d'amélioration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Duflot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecoveg11- 11ème Colloque d’Écologie des Communautés Végétales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Nancy, France</w:t>
+              <w:t xml:space="preserve">Journées de la modélisation à Irstea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Clermont-Ferrand, France. pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02602168v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02602169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la connectivité écologique fonctionnelle potentielle par les graphes paysagers : intérêts, limites et perspectives d'amélioration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combining habitat suitability modelling and spatial graph for conservation planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Duflot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémi Duflot</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la modélisation à Irstea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Clermont-Ferrand, France. pp.22</w:t>
+              <w:t xml:space="preserve">IUFRO - Landscape Ecology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Tartu, France. 34 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02602169v1</w:t>
+                <w:t xml:space="preserve">hal-01247217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining habitat suitability modelling and spatial graph for conservation planning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Duflot</w:t>
+                <w:t xml:space="preserve">Graph theory and least-cost path: how their combination improves habitat network connectivity analysis and helps prioritize conservation measures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUFRO - Landscape Ecology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Tartu, France. 34 p</w:t>
+              <w:t xml:space="preserve">ICCB-ECCB 2015, 27th International Congress for Conservation Biology - 4th European Congress for Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Montpellier, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01247217v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02602170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage passé explique les gradients à longue distance c½ur-périphérie des communautés floristiques forestières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11876,316 +11876,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02600359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts des changements d’usage anciens sur la biodiversité et les sols forestiers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuité forestière dans le temps et l’espace : quelle importance pour la biodiversité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Archaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Luque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forêts et écosystèmes cultivés : vers une intensification écologique ? ANR Forgeco-GIP ECOFOR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupement d’Intérêt Public "Ecosystèmes Forestiers" (GIP ECOFOR). FRA., Dec 2013, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Naturalité, vers une autre culture des eaux et des forêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01743978v1</w:t>
+                <w:t xml:space="preserve">hal-01268970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuité forestière dans le temps et l’espace : quelle importance pour la biodiversité ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandra Luque</w:t>
+                <w:t xml:space="preserve">Impacts des changements d’usage anciens sur la biodiversité et les sols forestiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Chauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naturalité, vers une autre culture des eaux et des forêts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Chambéry, France</w:t>
+              <w:t xml:space="preserve">Forêts et écosystèmes cultivés : vers une intensification écologique ? ANR Forgeco-GIP ECOFOR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement d’Intérêt Public "Ecosystèmes Forestiers" (GIP ECOFOR). FRA., Dec 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268970v1</w:t>
+                <w:t xml:space="preserve">hal-01743978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts à long terme des changements d’usage sur la biodiversité et les sols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Feiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Chauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12476,397 +12476,397 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02593401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meta-analysis: a novel methodological tool to evaluate the impact of drivers and pressures on biodiversity</w:t>
+                <w:t xml:space="preserve">Mise au point d'outils robustes d'estimation de la richesse minérale du sol utilisant la valeur indicatrice de la flore forestière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Gegout</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALTER-Net Final Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Leipzig, Germany. pp.24</w:t>
+              <w:t xml:space="preserve">5ème Colloque d'Ecologie des communautés végétales "Ecoveg5"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Gembloux, Belgique. pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02592933v1</w:t>
+                <w:t xml:space="preserve">hal-02592172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise au point d'outils robustes d'estimation de la richesse minérale du sol utilisant la valeur indicatrice de la flore forestière</w:t>
+                <w:t xml:space="preserve">Meta-analysis: a novel methodological tool to evaluate the impact of drivers and pressures on biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hjältén</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Odor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Avon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Colloque d'Ecologie des communautés végétales "Ecoveg5"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Gembloux, Belgique. pp.14</w:t>
+              <w:t xml:space="preserve">ALTER-Net Final Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Leipzig, Germany. pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02592172v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02592933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are tree species diversity and dominance good indicators of understory diversity ? A case study in French lowland oak forests</w:t>
+                <w:t xml:space="preserve">Are tree species diversity and dominance good indicators of understory diversity ? A case study in French lowland deciduous forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Balandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUFRO Conference on Biodiversity in Forest Ecosystems and Landscapes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Kamloops, Canada. pp.27</w:t>
+              <w:t xml:space="preserve">Biodiversity in forest ecosystems and landscapes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Kamloops, Canada. 1 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02590770v1</w:t>
+                <w:t xml:space="preserve">hal-01189396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naturalité des forêts et biodiversité : une comparaison par méta-analyse de la richesse spécifique des forêts exploitées et des réserves intégrales en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12882,260 +12882,260 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Biodiversité, Naturalité, Humanité : Pour inspirer la gestion des forêts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Chambéry, France. pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02591053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are tree species diversity and dominance good indicators of understory diversity ? A case study in French lowland deciduous forests</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Richard Chevalier</w:t>
+                <w:t xml:space="preserve">Biodiversity response to forest management depends on taxonomic group : a meta-analysis in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Balandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity in forest ecosystems and landscapes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Kamloops, Canada. 1 pp</w:t>
+              <w:t xml:space="preserve">11th European Ecological Conference "Biodiversity in an ecosystem context" (EURECO-GFOE 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Leipzig, Germany. pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01189396v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02590893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity response to forest management depends on taxonomic group : a meta-analysis in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoan Paillet</w:t>
+                <w:t xml:space="preserve">Are tree species diversity and dominance good indicators of understory diversity ? A case study in French lowland oak forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Balandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th European Ecological Conference "Biodiversity in an ecosystem context" (EURECO-GFOE 2008)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Leipzig, Germany. pp.16</w:t>
+              <w:t xml:space="preserve">IUFRO Conference on Biodiversity in Forest Ecosystems and Landscapes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Kamloops, Canada. pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02590893v1</w:t>
+                <w:t xml:space="preserve">hal-02590770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des routes forestières sur la flore : effet de la distance à la lisière routière sur la diversité floristique de peuplements de chênes en forêt de plaine</w:t>
               </w:r>
@@ -13445,51 +13445,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bonneil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13773,51 +13773,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Le Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14097,51 +14097,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14218,346 +14218,346 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamics of landscape ecology research questions in French theses</w:t>
+                <w:t xml:space="preserve">Landscape ecology to address socio-environmental challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deconchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Ernoult</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bergès</w:t>
+                <w:t xml:space="preserve">Aude Zingraff-Hamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile H. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solene Croci</w:t>
+                <w:t xml:space="preserve">Clélia Sirami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cendrine Mony</w:t>
+                <w:t xml:space="preserve">Sébastien Bonthoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European landscape ecology congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Bratislava (Slovaquie), Slovakia. </w:t>
+              <w:t xml:space="preserve">International federation of landscape architechs world congress 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Nantes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266500v1</w:t>
+                <w:t xml:space="preserve">hal-05266578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape ecology to address socio-environmental challenges</w:t>
+                <w:t xml:space="preserve">The dynamics of landscape ecology research questions in French theses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deconchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Zingraff-Hamed</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile H. Albert</w:t>
+                <w:t xml:space="preserve">Aude Ernoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clélia Sirami</w:t>
+                <w:t xml:space="preserve">Solene Croci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Bonthoux</w:t>
+                <w:t xml:space="preserve">Cendrine Mony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International federation of landscape architechs world congress 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Nantes, France. </w:t>
+              <w:t xml:space="preserve">European landscape ecology congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bratislava (Slovaquie), Slovakia. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266578v1</w:t>
+                <w:t xml:space="preserve">hal-05266500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stronger legacy effects of cropland than of meadows or pastures on soil conditions and plant communities in French mountain forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Kunstler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montpied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14897,51 +14897,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tatoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Ecological Sciences, Sfécologie 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Marseille, France. pp.1, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14966,51 +14966,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining habitat suitability models and spatial graphs for landscape conservation planning: a methodological framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15087,77 +15087,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gradients cœur-périphérie des communautés floristiques forestières : une question d’écologie du paysage, d’écologie historique ou des deux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Chauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15314,273 +15314,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02606504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts mitigés des routes forestières sur la biodiversité floristique en forêt</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impacts des changements d’usage sur la biodiversité et les sols. Mieux produire et préserver : Quelles approches pour les forêts au sein des territoires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Feiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Dauffy-Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecoveg8 - 8ème colloque d'Écologie des Communautés Végétales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Nancy, France. pp.18, 2012</w:t>
+              <w:t xml:space="preserve">FORGECO 2012. Mieux produire et préserver : quelles approches pour les forêts au sein des territoires ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Lyon, France. , 2012, Actes du colloque : Mieux produire et préserver. Quelles approches pour les forêts au sein des territoires ?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02597903v1</w:t>
+                <w:t xml:space="preserve">hal-01267886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts des changements d’usage sur la biodiversité et les sols. Mieux produire et préserver : Quelles approches pour les forêts au sein des territoires ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impacts mitigés des routes forestières sur la biodiversité floristique en forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Avon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FORGECO 2012. Mieux produire et préserver : quelles approches pour les forêts au sein des territoires ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Lyon, France. , 2012, Actes du colloque : Mieux produire et préserver. Quelles approches pour les forêts au sein des territoires ?</w:t>
+              <w:t xml:space="preserve">Ecoveg8 - 8ème colloque d'Écologie des Communautés Végétales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Nancy, France. pp.18, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01267886v1</w:t>
+                <w:t xml:space="preserve">hal-02597903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatial extent of forest road effect on plant diversity in French oak stands</w:t>
               </w:r>
@@ -16184,51 +16184,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des modes de gestion sylvicole sur la biodiversité des forêts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16609,51 +16609,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les exigences écologiques des mélèzes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le mélèze, RIOU NIVERT P.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, pp.52-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16854,205 +16854,205 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expertise collective CRREF « Coupes Rases et Renouvellement des peuplements Forestiers en contexte de changement climatique » : Rapport scientifique de l’expertise</w:t>
+                <w:t xml:space="preserve">Question 1. Comment définir la coupe rase en forêt ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Landmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Catherine Collet</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Deuffic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ogée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Wurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">GIP ECOFOR; RMT AFORCE. 2023, 782 p</w:t>
+              <w:t xml:space="preserve">GIP Ecofor; INRAE; IGN; Université de Franche-Comté. 2023, pp.25-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04246488v1</w:t>
+                <w:t xml:space="preserve">hal-04851907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expertise collective CRREF « Coupes Rases et REnouvellement des peuplements Forestiers en contexte de changement climatique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Landmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17068,209 +17068,209 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GIP ECOFOR; RMT AFORCE. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04244666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Question 1. Comment définir la coupe rase en forêt ?</w:t>
+                <w:t xml:space="preserve">Expertise collective CRREF « Coupes Rases et Renouvellement des peuplements Forestiers en contexte de changement climatique » : Rapport scientifique de l’expertise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Landmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Wurpillot</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Delay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garance Marquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">GIP Ecofor; INRAE; IGN; Université de Franche-Comté. 2023, pp.25-37</w:t>
+              <w:t xml:space="preserve">GIP ECOFOR; RMT AFORCE. 2023, 782 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851907v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendre plus fonctionnelle la trame de vieux bois dans les Montagnes de l'Ain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisque Bulliffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17348,51 +17348,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du lien entre modes de gestion forestière et connectivité écologique dans les Monts de la Madeleine et les Bois Noirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17427,51 +17427,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de connectivité forestière entre le massif du Vercors et les Chambarans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lalechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17637,51 +17637,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18240,51 +18240,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18319,51 +18319,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôles écologiques des routes forestières dans la conservation de la biodiversité floristique en forêt. Volet n° 2 : Inventaires grandes surfaces en forêt d’Orléans (45)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18490,64 +18490,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité floristique sous les pylônes des lignes à THT. Étude prospective menée dans le département du Loiret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilaire Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19154,51 +19154,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">irstea. 2005, pp.103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19242,51 +19242,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">irstea. 2004, pp.61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19405,51 +19405,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">irstea. 2003, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20273,51 +20273,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rocio Besoain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Chauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Feiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idaline Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20525,51 +20525,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Delpouve" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berg&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chauchard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-22-7725-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506918v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dries Landuyt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Perring" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haben Blondeel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel de Lombaerde" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Depauw" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17086" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795838v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Boncourt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Evette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2024.46.8072" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370436v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mollier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kunsler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mulero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-023-01218-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599263v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Boncourt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Dupont" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Herviault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-024-01959-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248705v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gosselin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359994v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Landmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deuffic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wurpillot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03846703v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kunstler" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montpied" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.13156" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632246v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Padilla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tarabon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Moulherat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Boileau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Soret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.08" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749420v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lalech&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13542" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03638143v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109544" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749422v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fuhr" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Matthieu Monnet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rse2.274" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214003v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Decocq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2021.4993" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231137v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12846" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372870v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Janssen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gonin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larrieu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2021a21" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168867v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Abadie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Salvaudon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gachet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Videau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12860" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520586v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land10121320" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130649v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11273-020-09765-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129909v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610166v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tarabon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Theuriau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Isselin-Nondedeu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.HS.01" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02396658v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Avon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bezombes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Duflot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.109950" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404450v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.25733" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608147v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blondeel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Perring" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brunet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-018-0302-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136967v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Isselin-Nondedeu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.04.121" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975912v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuhr" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fee.2086" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136980v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.02.031" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608146v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Avon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnc.2018.08.005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQ06T9X3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080264v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lopez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tatoni" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.05.050" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832981v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Westrelin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tissot-Rey" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Argillier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-017-3454-2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954366v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/67866" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592226v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Feiss" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Martin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12296" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096805v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-017-0601-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608142v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/67867" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608143v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Dupouey" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/67863" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608144v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abadie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/67868" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318121v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaudet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chauchard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12384" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393253v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-015-0336-8" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269482v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2015.07.016" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128601v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;rian" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lebourgeois" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071781v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2014.14.03" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600198v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Redon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cordonnier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-014-0027-x" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844904v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chevalier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12019" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824329v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pellissier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Verheyen" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-012-9841-1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865850v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2013.06.064" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268246v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pellissier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodora Nedeltcheva" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Cecile Schmitt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2012.01435.x" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WNN9R7W1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857231v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dumas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2012.10.008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856929v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594845v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernhardt-R&#246;mermann" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gray" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Vanbergen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bohner" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2745.2011.01794.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000466v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. M&#233;rian" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bontemps" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-011-9959-2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0SC4Q14B-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593358v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hj&#228;lt&#233;n" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Odor" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.2010.01543.x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0F34BE382C38C52DDD57CDEAC463151D058C7815/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545104v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2010.3.08" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592740v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.2009.01399.x" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583419v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dauffy Richard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonneil" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gosselin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593347v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2010.01.031" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JLXB85V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455637v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loussot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2009.09.004" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195007v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nepveu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2007.09.027" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79QMPSFR-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590538v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-007-9874-0" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7437D5F0E4DC0B4821FFFE88A0E6D4467919F2C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591089v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perdereau" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thuault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588745v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589816v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587000v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vennetier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587918v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587488v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gegout" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2005091" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883949v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude G&#233;gout" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587114v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arbeille" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Richard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586491v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gilbert" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2005035" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883897v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gilbert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581458v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580701v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Laroussinie" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679797v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rome Pignard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Badeau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thimonier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dhote" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442783v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Gilbert" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5222" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588237v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443842v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5761" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580069v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443385v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Pignard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Badeau" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dh&#244;te" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5399" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443539v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5405" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579592v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004680000055" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TKHNRXSX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699244v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269711v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rathgeber" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094186v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04852111v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04160329v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Deconchat" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749441v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Monnet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749436v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vacher" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884614" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749444v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520687v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520744v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520728v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520751v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003259v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608798v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608789v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607336v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Abadie" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605688v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605671v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605679v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.. Dupouey" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605689v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602170v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602168v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Arnaudet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602169v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247217v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Duflot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600335v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600359v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743978v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268970v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041247v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dauffy-Richard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593351v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Pellissier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cluzeau" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Nedeltcheva" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593401v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lassauce" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592933v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592172v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Legrand" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590770v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Balandier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591053v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189396v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbier" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590893v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591655v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589059v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591656v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588227v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587058v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583731v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Millier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barre" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Landeau" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581841v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Jean" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580656v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gama" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580220v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Lheureux" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moulin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579743v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Herv&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266500v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Croci" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266578v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Zingraff-Hamed" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonthoux" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846782v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066896v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606820v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evette" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Dupont" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cavaill&#233;" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Breton" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Herviault" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605690v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gachet" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605676v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268969v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606504v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597903v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267886v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592934v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595426v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sardat" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Curt" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ganteaume" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Girard" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jappiot" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604804v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504476v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498674v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouget" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601637v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587173v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587451v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583502v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andersson" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Birot" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto Paivinen" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582606v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269703v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246488v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Delay" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Marquet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Collet" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244666v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851907v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522614v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisque Bulliffon" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Legland" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522624v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522618v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608788v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bezombes" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaucherand" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Spiegelberger" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605451v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse Geijzendorffer" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602165v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801386v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600175v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604809v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598605v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597893v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596911v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597891v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594235v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593353v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Boureau" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duprez" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819879v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Barbaro" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592936v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Granier" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Schmitt" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588228v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588465v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Valadon" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02584106v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582933v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583079v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581346v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703052v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581757v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583072v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580647v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703066v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kessler" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580208v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578240v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02579294v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04426718v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800364v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Besoain" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idaline Laigle" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Delpouve" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berg&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chauchard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-22-7725-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795838v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Boncourt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Evette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2024.46.8072" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370436v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mollier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kunsler" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mulero" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-023-01218-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599263v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Boncourt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Dupont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Herviault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-024-01959-5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506918v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dries Landuyt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Perring" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haben Blondeel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel de Lombaerde" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Depauw" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17086" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248705v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gosselin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359994v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Landmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deuffic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wurpillot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632246v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Padilla" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tarabon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Moulherat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Boileau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Soret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.08" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749420v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lalech&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13542" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03638143v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kunstler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109544" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749422v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fuhr" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Matthieu Monnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rse2.274" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03846703v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montpied" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.13156" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231137v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12846" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168867v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Abadie" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Salvaudon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gachet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Videau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12860" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372870v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Janssen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gonin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larrieu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2021a21" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130649v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Martin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11273-020-09765-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520586v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land10121320" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214003v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Decocq" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2021.4993" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02396658v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Avon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bezombes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Duflot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.109950" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129909v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610166v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tarabon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Theuriau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Isselin-Nondedeu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.HS.01" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404450v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.25733" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608147v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blondeel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Perring" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brunet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-018-0302-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136967v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Isselin-Nondedeu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.04.121" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975912v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuhr" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fee.2086" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136980v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.02.031" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608146v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Avon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnc.2018.08.005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQ06T9X3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832981v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Westrelin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tissot-Rey" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Argillier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-017-3454-2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080264v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lopez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tatoni" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.05.050" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954366v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/67866" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096805v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-017-0601-0" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592226v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Feiss" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Martin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12296" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608142v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/67867" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608143v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Dupouey" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/67863" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608144v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abadie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/67868" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318121v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaudet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chauchard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12384" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393253v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-015-0336-8" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269482v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2015.07.016" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071781v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2014.14.03" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128601v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;rian" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lebourgeois" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600198v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Redon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cordonnier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-014-0027-x" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865850v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Verheyen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2013.06.064" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824329v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pellissier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-012-9841-1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844904v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chevalier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12019" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268246v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pellissier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodora Nedeltcheva" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Cecile Schmitt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2012.01435.x" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WNN9R7W1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857231v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dumas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2012.10.008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856929v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594845v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernhardt-R&#246;mermann" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gray" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Vanbergen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bohner" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2745.2011.01794.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000466v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. M&#233;rian" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bontemps" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-011-9959-2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0SC4Q14B-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545104v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2010.3.08" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593358v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hj&#228;lt&#233;n" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Odor" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.2010.01543.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0F34BE382C38C52DDD57CDEAC463151D058C7815/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592740v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.2009.01399.x" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583419v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dauffy Richard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonneil" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gosselin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593347v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2010.01.031" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JLXB85V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455637v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loussot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2009.09.004" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195007v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nepveu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2007.09.027" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79QMPSFR-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590538v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-007-9874-0" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7437D5F0E4DC0B4821FFFE88A0E6D4467919F2C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591089v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perdereau" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thuault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588745v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589816v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587918v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587488v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gegout" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2005091" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587000v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vennetier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883949v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude G&#233;gout" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587114v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arbeille" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Richard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586491v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gilbert" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2005035" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883897v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gilbert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581458v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580701v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Laroussinie" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679797v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rome Pignard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Badeau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thimonier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dhote" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442783v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Gilbert" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5222" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588237v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443842v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5761" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443385v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Pignard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Badeau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dh&#244;te" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5399" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579592v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004680000055" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TKHNRXSX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443539v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5405" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580069v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699244v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269711v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rathgeber" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094186v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04852111v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04160329v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Deconchat" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749441v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Monnet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749436v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vacher" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884614" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749444v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520687v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520744v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520751v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520728v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003259v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608798v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608789v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607336v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Abadie" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605688v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605689v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605679v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.. Dupouey" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605671v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602168v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Arnaudet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602169v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247217v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Duflot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602170v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600335v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600359v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268970v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743978v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041247v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dauffy-Richard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593351v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Pellissier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cluzeau" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Nedeltcheva" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593401v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lassauce" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592172v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Legrand" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592933v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189396v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Balandier" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591053v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590893v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590770v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591655v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589059v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591656v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588227v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587058v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583731v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Millier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barre" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Landeau" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581841v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Jean" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580656v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gama" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580220v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Lheureux" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moulin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579743v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Herv&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266578v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Zingraff-Hamed" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonthoux" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266500v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Croci" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846782v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066896v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606820v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evette" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Dupont" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cavaill&#233;" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Breton" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Herviault" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605690v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gachet" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605676v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268969v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606504v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267886v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597903v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592934v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595426v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sardat" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Curt" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ganteaume" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Girard" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jappiot" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604804v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504476v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498674v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouget" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601637v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587173v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587451v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583502v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andersson" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Birot" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto Paivinen" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582606v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269703v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851907v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244666v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Collet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246488v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Delay" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Marquet" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522614v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisque Bulliffon" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Legland" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522624v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522618v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608788v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bezombes" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaucherand" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Spiegelberger" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605451v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse Geijzendorffer" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602165v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801386v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600175v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604809v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598605v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597893v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596911v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597891v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594235v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593353v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Boureau" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duprez" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819879v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Barbaro" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592936v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Granier" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Schmitt" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588228v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588465v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Valadon" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02584106v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582933v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583079v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581346v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703052v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581757v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583072v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580647v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703066v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kessler" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580208v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578240v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02579294v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04426718v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800364v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Besoain" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idaline Laigle" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>