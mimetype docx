--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (74)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (72)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -238,295 +238,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05501498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sodium Bicarbonate for Severe Metabolic Acidemia and Acute Kidney Injury</w:t>
+                <w:t xml:space="preserve">Prognostic value of functional CT imaging in COVID-ARDS: a two-centre prospective observational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Jung</w:t>
+                <w:t xml:space="preserve">Mehdi Shekarnabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Jabaudon</w:t>
+                <w:t xml:space="preserve">Alicia Guillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey de Jong</w:t>
+                <w:t xml:space="preserve">Nicolas Terzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Florian Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jules Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Cardiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Respiratory Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26, pp.177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1001/jama.2025.20231⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12931-025-03232-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05338215v1</w:t>
+                <w:t xml:space="preserve">hal-05111282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prognostic value of functional CT imaging in COVID-ARDS: a two-centre prospective observational study</w:t>
+                <w:t xml:space="preserve">Sodium Bicarbonate for Severe Metabolic Acidemia and Acute Kidney Injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Shekarnabi</w:t>
+                <w:t xml:space="preserve">Boris Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Guillien</w:t>
+                <w:t xml:space="preserve">Mathieu Jabaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Terzi</w:t>
+                <w:t xml:space="preserve">Audrey de Jong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Sigaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bitker</w:t>
+                <w:t xml:space="preserve">Jules Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26, pp.177. </w:t>
+              <w:t xml:space="preserve">JAMA Cardiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12931-025-03232-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1001/jama.2025.20231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05111282v1</w:t>
+                <w:t xml:space="preserve">hal-05338215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery of Fatigue, Cardiorespiratory Fitness, and Neuromuscular Function in COVID-19 ICU Patients: A 6-Month Follow-Up Study</w:t>
               </w:r>
@@ -780,51 +780,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential bias and misclassification of using continuous cardiac output to identify fluid responsiveness compared to calibrated measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1152,51 +1152,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid balance neutralization secured by hemodynamic monitoring versus protocolized standard of care in patients with acute circulatory failure requiring continuous renal replacement therapy: results of the GO NEUTRAL randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1420,51 +1420,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bias, trending ability and diagnostic performance of a non-calibrated multi-beat analysis continuous cardiac output monitor to identify fluid responsiveness in critically ill patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Noirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1554,51 +1554,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinants of Urine Output Using Advanced Hemodynamic Monitoring in Critically Ill Patients Undergoing Continuous Renal Replacement Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Biscarrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1792,94 +1792,94 @@
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/CCM.0000000000006091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05500314v1</w:t>
+                <w:t xml:space="preserve">hal-04531581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-low tidal volume ventilation for COVID-19-related ARDS in France (VT4COVID): a multicentre, open-label, parallel-group, randomised trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hodane Yonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1950,1164 +1950,1164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04531584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid Intake in Critically Ill Patients: The “Save Useless Fluids For Intensive Resuscitation” Multicenter Prospective Cohort Study*</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Discussions on VT4COVID – Authors' reply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Chorfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000006091⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (11), pp.e91-e92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2213-2600(23)00344-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531581v1</w:t>
+                <w:t xml:space="preserve">hal-04531580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussions on VT4COVID – Authors' reply</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Prone position decreases acute lung inflammation measured by [11C](R)-PK11195 positron emission tomography in experimental acute respiratory distress syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dhelft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lancelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Mouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 134 (2), pp.467-481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00234.2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S2213-2600(23)00344-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04531580v1</w:t>
+                <w:t xml:space="preserve">hal-04212416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prone position decreases acute lung inflammation measured by [11C](R)-PK11195 positron emission tomography in experimental acute respiratory distress syndrome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Costes</w:t>
+                <w:t xml:space="preserve">SARS-CoV-2 N-Antigen Quantification in Respiratory Tract, Plasma and Urine: Kinetics and Association with RT-qPCR Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Parraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Maucotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Bouscambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Morfin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (5), pp.1041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v15051041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00234.2022⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04212416v1</w:t>
+                <w:t xml:space="preserve">hal-04531586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SARS-CoV-2 N-Antigen Quantification in Respiratory Tract, Plasma and Urine: Kinetics and Association with RT-qPCR Results</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bitker</w:t>
+                <w:t xml:space="preserve">Safety of inter-facility transport strategies for patients referred for severe acute respiratory distress syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malik Haoutar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pinero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hodane Yonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cesareo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Emergency Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12873-023-00901-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/v15051041⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04531586v1</w:t>
+                <w:t xml:space="preserve">hal-04531579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety of inter-facility transport strategies for patients referred for severe acute respiratory distress syndrome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
+                <w:t xml:space="preserve">Precision of CT-derived alveolar recruitment assessed by human observers and a machine learning algorithm in moderate and severe ARDS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmilla Penarrubia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Orkisz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Davila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Boussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Emergency Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Intensive Care Medicine Experimental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40635-023-00495-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12873-023-00901-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04531579v1</w:t>
+                <w:t xml:space="preserve">hal-04013581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precision of CT-derived alveolar recruitment assessed by human observers and a machine learning algorithm in moderate and severe ARDS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Loic Boussel</w:t>
+                <w:t xml:space="preserve">Fluid Intake in Critically Ill Patients: The “Save Useless Fluids For Intensive Resuscitation” Multicenter Prospective Cohort Study*</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Schortgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Tabra Osorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine Experimental</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 52 (2), pp.258-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000006091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40635-023-00495-6⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04013581v1</w:t>
+                <w:t xml:space="preserve">hal-05500314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senior-COVID-Rea Cohort Study: A Geriatric Prediction Model of 30-day Mortality in Patients Aged over 60 Years in ICU for Severe COVID-19</w:t>
+                <w:t xml:space="preserve">Therapeutic Drug Monitoring of Antibiotic Drugs in Patients Receiving Continuous Renal Replacement Therapy or Intermittent Hemodialysis: A Critical Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Falandry</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Elodie Matusik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Boidin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Friggeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Collange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aging and disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14336/AD.2021.1004⟩</w:t>
+              <w:t xml:space="preserve">Therapeutic Drug Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 44 (1), pp.86-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/FTD.0000000000000941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531623v1</w:t>
+                <w:t xml:space="preserve">hal-04531627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Therapeutic Drug Monitoring of Antibiotic Drugs in Patients Receiving Continuous Renal Replacement Therapy or Intermittent Hemodialysis: A Critical Review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pharmacokinetics, efficacy and tolerance of cefoxitin in the treatment of cefoxitin-susceptible extended-spectrum beta-lactamase producing Enterobacterales infections in critically ill patients: a retrospective single-center study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Matusik</w:t>
+                <w:t xml:space="preserve">Judith Provoost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Boidin</w:t>
+                <w:t xml:space="preserve">Sabine Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Friggeri</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Céline Dupieux-Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapeutic Drug Monitoring</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 44 (1), pp.86-102. </w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.90. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/FTD.0000000000000941⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13613-022-01059-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531627v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-invasive quantification of acute macrophagic lung inflammation with [11C](R)-PK11195 using a three-tissue compartment kinetic model in experimental acute respiratory distress syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dhelft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Topical Collection on Infection and inflammation, 49 (7), pp.2122-2136. </w:t>
@@ -3139,6809 +3139,6541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacokinetics, efficacy and tolerance of cefoxitin in the treatment of cefoxitin-susceptible extended-spectrum beta-lactamase producing Enterobacterales infections in critically ill patients: a retrospective single-center study</w:t>
+                <w:t xml:space="preserve">Effects of changes in inspired oxygen fraction on urinary oxygen tension measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Chabert</w:t>
+                <w:t xml:space="preserve">Eduardo Osawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Provoost</w:t>
+                <w:t xml:space="preserve">Salvatore Cutuli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Cohen</w:t>
+                <w:t xml:space="preserve">Fumitaka Yanase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Dupieux-Chabert</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Naoya Iguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (1), pp.90. </w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine Experimental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (1), pp.52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13613-022-01059-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40635-022-00479-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531599v1</w:t>
+                <w:t xml:space="preserve">hal-04531595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of changes in inspired oxygen fraction on urinary oxygen tension measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imaging the acute respiratory distress syndrome: past, present and future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Osawa</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Talmor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine Experimental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40635-022-00479-y⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 48 (8), pp.995-1008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-022-06809-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531595v1</w:t>
+                <w:t xml:space="preserve">hal-04531607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging the acute respiratory distress syndrome: past, present and future</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Early antibiotic therapy is associated with a lower probability of successful liberation from mechanical ventilation in patients with severe acute exacerbation of chronic obstructive pulmonary disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Deniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Argaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 48 (8), pp.995-1008. </w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00134-022-06809-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13613-022-01060-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531607v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early antibiotic therapy is associated with a lower probability of successful liberation from mechanical ventilation in patients with severe acute exacerbation of chronic obstructive pulmonary disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pressure support and positive end-expiratory pressure versus T-piece during spontaneous breathing trial in difficult weaning from mechanical ventilation: study protocol for the SBT-ICU study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hodane Yonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Chauvelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Deniel</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">William Danjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dhelft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-022-01060-2⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-022-06896-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531601v1</w:t>
+                <w:t xml:space="preserve">hal-04531597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure support and positive end-expiratory pressure versus T-piece during spontaneous breathing trial in difficult weaning from mechanical ventilation: study protocol for the SBT-ICU study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Dhelft</w:t>
+                <w:t xml:space="preserve">Fluid balance neutralization secured by hemodynamic monitoring versus protocolized standard of care in critically ill patients requiring continuous renal replacement therapy: study protocol of the GO NEUTRAL randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pradat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kada Klouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Illinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 23 (1), pp.993. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13063-022-06896-4⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-022-06735-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531597v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03785334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid balance neutralization secured by hemodynamic monitoring versus protocolized standard of care in critically ill patients requiring continuous renal replacement therapy: study protocol of the GO NEUTRAL randomized controlled trial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Small, short-term, point-of-care creatinine changes as predictors of acute kidney injury in critically ill patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Toh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alwin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Kada Klouche</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Eastwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Illinger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rinaldo Bellomo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23 (1), pp.798. </w:t>
+              <w:t xml:space="preserve">Journal of Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 71, pp.154097. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13063-022-06735-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrc.2022.154097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03785334v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small, short-term, point-of-care creatinine changes as predictors of acute kidney injury in critically ill patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Virological and clinical features of acute respiratory failure associated with COVID-19 in pregnancy: a case-control study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Toh</w:t>
+                <w:t xml:space="preserve">Emilie Frobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alwin Wang</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Grégory Destras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hodane Yonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrc.2022.154097⟩</w:t>
+              <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (3), pp.242-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51893/2022.3.OA3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531614v1</w:t>
+                <w:t xml:space="preserve">hal-04533960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virological and clinical features of acute respiratory failure associated with COVID-19 in pregnancy: a case-control study.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
+                <w:t xml:space="preserve">A comparison of the hemodynamic effects of fluid bolus therapy with crystalloids vs. 4% albumin and vs. 20% albumin in patients after cardiac surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fumitaka Yanase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Cutuli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thummaporn Naorungroj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.51893/2022.3.OA3⟩</w:t>
+              <w:t xml:space="preserve">Heart &amp; Lung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (6), pp.870-876. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.hrtlng.2021.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04533960v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of a novel system to assess end-expiratory lung volume and alveolar recruitment in an ARDS model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bitker</w:t>
+                <w:t xml:space="preserve">COVID-19 symptoms at hospital admission vary with age and sex: results from the ISARIC prospective multinational observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ait Hssain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadja Cristinne Carvalho</w:t>
+                <w:t xml:space="preserve">Younes Ait Tamlihat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sascha Reidt</w:t>
+                <w:t xml:space="preserve">Kazali Enagnon Alidjnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Schranz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominik Novotni</w:t>
+                <w:t xml:space="preserve">Carlos Alexandre Antunes de Brito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine Experimental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40635-021-00410-x⟩</w:t>
+              <w:t xml:space="preserve">Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (5), pp.889-905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s15010-021-01599-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03688174v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of a novel system to assess end-expiratory lung volume and alveolar recruitment in an ARDS model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Prevalence and risk factors of hemodynamic instability associated with preload-dependence during continuous renal replacement therapy in a prospective observational cohort of critically ill patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chazot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dominik Novotni</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader Chebib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine Experimental</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-021-00883-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40635-021-00410-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04531629v1</w:t>
+                <w:t xml:space="preserve">hal-04531633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison of the hemodynamic effects of fluid bolus therapy with crystalloids vs. 4% albumin and vs. 20% albumin in patients after cardiac surgery</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Temperature and haemodynamic effects of a 100 mL bolus of 20% albumin at room versus body temperature in cardiac surgery patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fumitaka Yanase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvatore Cutuli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thummaporn Naorungroj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anthony Wilson</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Belletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heart &amp; Lung</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.hrtlng.2021.07.014⟩</w:t>
+              <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (1), pp.14-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51893/2021.1.OA1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531630v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04530196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 symptoms at hospital admission vary with age and sex: results from the ISARIC prospective multinational observational study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carlos Alexandre Antunes de Brito</w:t>
+                <w:t xml:space="preserve">The hemodynamic effects of warm versus room-temperature crystalloid fluid bolus therapy in post-cardiac surgery patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Cutuli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fumitaka Yanase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Osawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s15010-021-01599-5⟩</w:t>
+              <w:t xml:space="preserve">Perfusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (6), pp.613-623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/02676591211012204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273644v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence and risk factors of hemodynamic instability associated with preload-dependence during continuous renal replacement therapy in a prospective observational cohort of critically ill patients</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Comparison of the Hemodynamic and Temperature Effects of a 500-mL Bolus of 4% Albumin at Room Versus Body Temperature in Cardiac Surgery Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fumitaka Yanase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paul Chabert</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lucchetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thummaporn Naorungroj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Cutuli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-021-00883-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cardiothoracic and Vascular Anesthesia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (2), pp.499-507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1053/j.jvca.2020.06.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531633v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and haemodynamic effects of a 100 mL bolus of 20% albumin at room versus body temperature in cardiac surgery patients</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Open-label randomized controlled trial of ultra-low tidal ventilation without extracorporeal circulation in patients with COVID-19 pneumonia and moderate to severe ARDS: study protocol for the VT4COVID trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hodane Yonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Belletti</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Wallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.51893/2021.1.OA1⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (1), pp.692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-021-05665-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04530196v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hemodynamic effects of warm versus room-temperature crystalloid fluid bolus therapy in post-cardiac surgery patients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Restrictive fluid management versus usual care in acute kidney injury (REVERSE-AKI): a pilot randomized controlled feasibility trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvi Vaara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlies Ostermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Osawa</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elettra Poli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perfusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/02676591211012204⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (6), pp.665-673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-021-06401-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531637v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the Hemodynamic and Temperature Effects of a 500-mL Bolus of 4% Albumin at Room Versus Body Temperature in Cardiac Surgery Patients</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Prolonged postoperative cerebral oxygen desaturation after cardiac surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Cioccari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Toh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Lucchetta</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Douglas Hacking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvatore Cutuli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cardiothoracic and Vascular Anesthesia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 35 (2), pp.499-507. </w:t>
+              <w:t xml:space="preserve">European Journal of Anaesthesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (9), pp.966-974. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1053/j.jvca.2020.06.045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/EJA.0000000000001391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531648v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restrictive fluid management versus usual care in acute kidney injury (REVERSE-AKI): a pilot randomized controlled feasibility trial</w:t>
+                <w:t xml:space="preserve">Characteristics, management, and prognosis of elderly patients with COVID-19 admitted in the ICU during the first wave: insights from the COVID-ICU study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suvi Vaara</w:t>
+                <w:t xml:space="preserve">Martin Dres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlies Ostermann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bitker</w:t>
+                <w:t xml:space="preserve">David Hajage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Schneider</w:t>
+                <w:t xml:space="preserve">Saïd Lebbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elettra Poli</w:t>
+                <w:t xml:space="preserve">Antoine Kimmoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tài Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-021-06401-6⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-021-00861-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531635v1</w:t>
+                <w:t xml:space="preserve">hal-03524638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk factors associated with day-30 mortality in patients over 60 years old admitted in ICU for severe COVID-19: the Senior-COVID-Rea Multicentre Survey protocol</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amélie Malapert</w:t>
+                <w:t xml:space="preserve">Effects of hydration status and urine concentration on the quantification of cell-cycle arrest biomarkers in the urine of healthy volunteers: a randomized crossover trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Toh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Roche</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intissar Bittar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Eastwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rinaldo Bellomo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-044449⟩</w:t>
+              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (8), pp.1548-1551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ndt/gfab069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531632v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open-label randomized controlled trial of ultra-low tidal ventilation without extracorporeal circulation in patients with COVID-19 pneumonia and moderate to severe ARDS: study protocol for the VT4COVID trial</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Validation of a novel system to assess end-expiratory lung volume and alveolar recruitment in an ARDS model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Cristinne Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Roche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Wallet</w:t>
+                <w:t xml:space="preserve">Sascha Reidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Schranz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik Novotni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13063-021-05665-z⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine Experimental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (1), pp.46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40635-021-00410-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531628v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolonged postoperative cerebral oxygen desaturation after cardiac surgery</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Validation of a novel system to assess end-expiratory lung volume and alveolar recruitment in an ARDS model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Salvatore Cutuli</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Cristinne Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Reidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Schranz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik Novotni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Anaesthesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/EJA.0000000000001391⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine Experimental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (1), pp.46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40635-021-00410-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531642v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics, management, and prognosis of elderly patients with COVID-19 admitted in the ICU during the first wave: insights from the COVID-ICU study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tài Pham</w:t>
+                <w:t xml:space="preserve">A Pilot, Double-Blind, Randomized, Controlled Trial of High-Dose Intravenous Vitamin C for Vasoplegia After Cardiac Surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fumitaka Yanase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Hessels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Osawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thummaporn Naorungroj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-021-00861-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cardiothoracic and Vascular Anesthesia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (2), pp.409-416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1053/j.jvca.2019.08.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524638v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of hydration status and urine concentration on the quantification of cell-cycle arrest biomarkers in the urine of healthy volunteers: a randomized crossover trial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Continuous Magnesium Infusion to Prevent Atrial Fibrillation After Cardiac Surgery: A Sequential Matched Case-Controlled Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Osawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Cutuli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Cioccari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leah Peck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ndt/gfab069⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cardiothoracic and Vascular Anesthesia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (11), pp.2940-2947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1053/j.jvca.2020.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531638v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Type I IFN immunoprofiling in COVID-19 patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
+                <w:t xml:space="preserve">Reduced urinary levels of angiotensin-converting enzyme 2 activity predict acute kidney injury in critically ill patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheila Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intissar Bittar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Eastwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rinaldo Bellomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaci.2020.04.029⟩</w:t>
+              <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (4), pp.344-354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51893/2020.4.OA7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03491226v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04530195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pilot, Double-Blind, Randomized, Controlled Trial of High-Dose Intravenous Vitamin C for Vasoplegia After Cardiac Surgery</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Protracted viral shedding and viral load are associated with ICU mortality in Covid-19 patients with acute respiratory failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thummaporn Naorungroj</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dhelft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chauvelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Folliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cardiothoracic and Vascular Anesthesia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1053/j.jvca.2019.08.034⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-020-00783-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531662v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced urinary levels of angiotensin-converting enzyme 2 activity predict acute kidney injury in critically ill patients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Risk prediction for severe acute kidney injury by integration of urine output, glomerular filtration, and urinary cell cycle arrest biomarkers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Cutuli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Toh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intissar Bittar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Eastwood</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rinaldo Bellomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 22 (4), pp.344-354. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.51893/2020.4.OA7⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 22 (2), pp.142-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51893/2020.2.oa4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04530195v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous Magnesium Infusion to Prevent Atrial Fibrillation After Cardiac Surgery: A Sequential Matched Case-Controlled Pilot Study</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quantitative-analysis of computed tomography in COVID-19 and non COVID-19 ARDS patients: A case-control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Chauvelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Leah Peck</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dhelft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Orkisz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cardiothoracic and Vascular Anesthesia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1053/j.jvca.2020.04.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60, pp.169-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrc.2020.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531650v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protracted viral shedding and viral load are associated with ICU mortality in Covid-19 patients with acute respiratory failure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Folliet</w:t>
+                <w:t xml:space="preserve">Effect of Vitamin C, Hydrocortisone, and Thiamine vs Hydrocortisone Alone on Time Alive and Free of Vasopressor Support Among Patients With Septic Shock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomoko Fujii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Luethi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Frei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Eastwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-020-00783-4⟩</w:t>
+              <w:t xml:space="preserve">JAMA Cardiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 323 (5), pp.423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jama.2019.22176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531640v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk prediction for severe acute kidney injury by integration of urine output, glomerular filtration, and urinary cell cycle arrest biomarkers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Hemodynamic Response to Fluid Boluses for Hypotension in Children in a Cardiac ICU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Gelbart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatole Harrois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauren Gardiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherie Mcgregor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Glenn Eastwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.51893/2020.2.oa4⟩</w:t>
+              <w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (1), pp.79-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/PCC.0000000000002607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531651v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative-analysis of computed tomography in COVID-19 and non COVID-19 ARDS patients: A case-control study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Protocol and statistical analysis plan for the REstricted fluid therapy VERsus Standard trEatment in Acute Kidney Injury—REVERSE‐AKI randomized controlled pilot trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvi Vaara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlies Ostermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuomas Selander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Maciej Orkisz</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrc.2020.08.006⟩</w:t>
+              <w:t xml:space="preserve">Acta Anaesthesiologica Scandinavica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 64 (6), pp.831-838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/aas.13557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03149581v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Vitamin C, Hydrocortisone, and Thiamine vs Hydrocortisone Alone on Time Alive and Free of Vasopressor Support Among Patients With Septic Shock</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of glomerular filtration rate in lung transplant recipients highlights a dramatic loss of renal function after transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nans Florens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomoko Fujii</w:t>
+                <w:t xml:space="preserve">Emilie Kalbacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nora Luethi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Glenn Eastwood</w:t>
+                <w:t xml:space="preserve">François Philit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Cardiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jama.2019.22176⟩</w:t>
+              <w:t xml:space="preserve">Clinical Kidney Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (5), pp.828-833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ckj/sfaa053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531660v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03255376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemodynamic Response to Fluid Boluses for Hypotension in Children in a Cardiac ICU</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quantitative-analysis of computed tomography in COVID-19 and non COVID-19 ARDS patients: A case-control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Chauvelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dhelft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Orkisz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/PCC.0000000000002607⟩</w:t>
+              <w:t xml:space="preserve">Journal of Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60, pp.169-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrc.2020.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531644v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protocol and statistical analysis plan for the REstricted fluid therapy VERsus Standard trEatment in Acute Kidney Injury—REVERSE‐AKI randomized controlled pilot trial</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Circuit Survival during Continuous Venovenous Hemodialysis versus Continuous Venovenous Hemofiltration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Maria Califano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Baldwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nigel Fealy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rinaldo Bellomo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Anaesthesiologica Scandinavica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/aas.13557⟩</w:t>
+              <w:t xml:space="preserve">Blood Purification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (3), pp.281-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000504037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531658v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of glomerular filtration rate in lung transplant recipients highlights a dramatic loss of renal function after transplantation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Transpulmonary pressures in obese and non-obese COVID-19 ARDS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Mezidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Daviet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hraiech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Philit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Kidney Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ckj/sfaa053⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-020-00745-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03255376v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circuit Survival during Continuous Venovenous Hemodialysis versus Continuous Venovenous Hemofiltration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Haemodynamic effect of a 20% albumin fluid bolus in post-cardiac surgery patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Cutuli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Osawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary O’brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Canet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood Purification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000504037⟩</w:t>
+              <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (1), pp.15-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51893/2020.1.oa2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531657v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative-analysis of computed tomography in COVID-19 and non COVID-19 ARDS patients: A case-control study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maciej Orkisz</w:t>
+                <w:t xml:space="preserve">Type I IFN immunoprofiling in COVID-19 patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Trouillet-Assant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Viel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gaymard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrc.2020.08.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 146 (1), pp.206-208.e2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaci.2020.04.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531647v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Type I IFN immunoprofiling in COVID-19 patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Trouillet-Assant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Gaymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 146 (1), pp.206-208.e2. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
+              <w:t xml:space="preserve">, 2020, 146, pp.206 - 208.e2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jaci.2020.04.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531653v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03491226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transpulmonary pressures in obese and non-obese COVID-19 ARDS</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Effect of Furosemide on Urinary Oxygenation in Patients with Septic Shock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Atsushi Osawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Lucio Cutuli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Cioccari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoya Iguchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-020-00745-w⟩</w:t>
+              <w:t xml:space="preserve">Blood Purification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (4), pp.336-345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000501512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531646v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haemodynamic effect of a 20% albumin fluid bolus in post-cardiac surgery patients</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Noninvasive quantification of macrophagic lung recruitment during experimental ventilation-induced lung injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Canet</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Lavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Orkisz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Critical care and resuscitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.51893/2020.1.oa2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 127 (2), pp.546-558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00825.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531656v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Furosemide on Urinary Oxygenation in Patients with Septic Shock</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Naoya Iguchi</w:t>
+                <w:t xml:space="preserve">Feasibility and safety of ultra-low tidal volume ventilation without extracorporeal circulation in moderately severe and severe ARDS patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Marque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood Purification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000501512⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45 (11), pp.1590-1598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-019-05776-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531663v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noninvasive quantification of macrophagic lung recruitment during experimental ventilation-induced lung injury</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Non-invasive quantification of macrophagic lung recruitment during experimental ventilation-induced lung injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Le Bars</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Le Bars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Lavenne</w:t>
+                <w:t xml:space="preserve">F. Lavenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Orkisz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 127 (2), pp.546-558. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1152/japplphysiol.00825.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531665v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02274549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasibility and safety of ultra-low tidal volume ventilation without extracorporeal circulation in moderately severe and severe ARDS patients</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Classic and Nonclassic Renin-Angiotensin Systems in the Critically Ill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Burrell</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-019-05776-x⟩</w:t>
+              <w:t xml:space="preserve">Critical Care Clinics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (2), pp.213-227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ccc.2018.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531661v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-invasive quantification of macrophagic lung recruitment during experimental ventilation-induced lung injury</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The incidence, characteristics, outcomes and associations of small short-term point-of-care creatinine increases in critically ill patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Toh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Eastwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rinaldo Bellomo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00825.2018⟩</w:t>
+              <w:t xml:space="preserve">Journal of Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 52, pp.227-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrc.2019.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02274549v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classic and Nonclassic Renin-Angiotensin Systems in the Critically Ill</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Presence of Kidney Disease as an Outcome Predictor in Patients with Pulmonary Arterial Hypertension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Payet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Turquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Clinics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ccc.2018.11.002⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (2), pp.134-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000487198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531668v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The incidence, characteristics, outcomes and associations of small short-term point-of-care creatinine increases in critically ill patients</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Hemodynamic effects of extended prone position sessions in ARDS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ruste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hodane Yonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Riad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Louf-Durier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Critical Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 52, pp.227-232. </w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcrc.2019.05.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13613-018-0464-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531666v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presence of Kidney Disease as an Outcome Predictor in Patients with Pulmonary Arterial Hypertension</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Presence of kidney disease as an qutcome predictor in patients with pulmonary arterial hypertension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Payet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Turquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Nephrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 47 (2), pp.134-143. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1159/000487198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531671v1</w:t>
+                <w:t xml:space="preserve">hal-02621056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemodynamic effects of extended prone position sessions in ARDS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Intensive alveolar recruitment strategy in the post-cardiac surgery setting: one PEEP level may not fit all</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-018-0464-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thoracic Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (8), pp.2288-2292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21037/jtd.2017.07.54⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531669v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presence of kidney disease as an qutcome predictor in patients with pulmonary arterial hypertension</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Change in cardiac output during Trendelenburg maneuver is a reliable predictor of fluid responsiveness in patients with acute respiratory distress syndrome in the prone position under protective ventilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hodane Yonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Duclos</w:t>
+                <w:t xml:space="preserve">Mylène Aublanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Perinel Ragey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Riad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Nephrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000487198⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (1), pp.295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-017-1881-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621056v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intensive alveolar recruitment strategy in the post-cardiac surgery setting: one PEEP level may not fit all</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Prevalence and risk factors of hypotension associated with preload-dependence during intermittent hemodialysis in critically ill patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hodane Yonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Gobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thoracic Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21037/jtd.2017.07.54⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20 (1), pp.44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-016-1227-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531673v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Change in cardiac output during Trendelenburg maneuver is a reliable predictor of fluid responsiveness in patients with acute respiratory distress syndrome in the prone position under protective ventilation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prevalence and risk factors of hypotension associated with preload-dependence during intermittent hemodialysis in critically ill patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hodane Yonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Zakaria Riad</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Gobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 21 (1), pp.295. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13054-017-1881-0⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 20 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-016-1227-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...133 lines deleted...]
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01832321v1</w:t>
-              </w:r>
-[...132 lines deleted...]
-                <w:t xml:space="preserve">hal-04531674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie fonctionnelle et quantitative des lésions pulmonaires induites par la ventilation mécanique sur poumons sains et agressés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université de Lyon, 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021LYSE1274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03703087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9951,173 +9683,173 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Software for CT-image Analysis to Assist the Choice of Mechanical-ventilation Settings in Acute Respiratory Distress Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.E. Dávila Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dhelft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Orkisz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 International Conference on Computer Vision and Graphics (ICCVG 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Varsovie, Poland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-59006-2_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02887264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId324"/>
+      <w:footerReference w:type="default" r:id="rId313"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10264,51 +9996,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pedro Cidade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Silvio Taccone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Reyes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Merson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-026-00864-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338215v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Jung" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jabaudon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Jong" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bitker" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Audard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2025.20231" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111282v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Shekarnabi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Guillien" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terzi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sigaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-025-03232-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369458v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djahid Kennouche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Foschia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum G Brownstein" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gondin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003789" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185961v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Brownstein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003789" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060186v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deniel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-024-04993-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060187v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mezidi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hodane Yonis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvelot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dhelft" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-024-01290-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rimaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003455" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742948v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pradat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kada Klouche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-024-07676-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lancelot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Orkisz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2024.1338602" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060184v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Noirot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccrj.2024.04.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530194v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Biscarrat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chivot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000535544" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500314v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Schortgen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Tabra Osorio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Carpentier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Henry" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beuret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000006091" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531584v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Chorfa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Wallet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(23)00221-7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531581v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531580v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(23)00344-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212416v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mouton" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Bars" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Costes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00234.2022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531586v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Parraud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Maucotel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Bouscambert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Morfin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15051041" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531579v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Haoutar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pinero" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cesareo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12873-023-00901-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013581v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmilla Penarrubia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Verstraete" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Davila" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Boussel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-023-00495-6" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531623v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Falandry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Abraham" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Subtil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Collange" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14336/AD.2021.1004" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531627v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Matusik" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boidin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Friggeri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000000941" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688164v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-022-05713-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531599v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chabert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Provoost" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cohen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dupieux-Chabert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-022-01059-9" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531595v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Osawa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Cutuli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumitaka Yanase" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoya Iguchi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-022-00479-y" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531607v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Talmor" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-022-06809-8" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531601v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Deniel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cour" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Argaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Richard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-022-01060-2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531597v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Danjou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-022-06896-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785334v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Illinger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-022-06735-6" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531614v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Toh" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alwin Wang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Eastwood" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinaldo Bellomo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2022.154097" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533960v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Frobert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Destras" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2022.3.OA3" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688174v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Cristinne Carvalho" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Reidt" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Schranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Novotni" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-021-00410-x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531629v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531630v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thummaporn Naorungroj" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Wilson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hrtlng.2021.07.014" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03273644v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheryl Ann Abdukahil" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ait Hssain" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Ait Tamlihat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazali Enagnon Alidjnou" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alexandre Antunes de Brito" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-021-01599-5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531633v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chazot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Chebib" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00883-9" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530196v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Belletti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2021.1.OA1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531637v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02676591211012204" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531648v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Lucchetta" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.jvca.2020.06.045" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531635v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvi Vaara" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlies Ostermann" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schneider" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elettra Poli" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-021-06401-6" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531632v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Malapert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roche" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthiller" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-044449" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531628v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Roche" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-021-05665-z" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531642v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cioccari" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Hacking" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000001391" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524638v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dres" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hajage" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Lebbah" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kimmoun" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#224;i Pham" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00861-1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531638v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intissar Bittar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfab069" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491226v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Trouillet-Assant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Viel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaymard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pons" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2020.04.029" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531662v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Hessels" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.jvca.2019.08.034" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530195v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila Patel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2020.4.OA7" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531650v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Peck" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.jvca.2020.04.006" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531640v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dhelft" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chauvelot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Frobert" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Folliet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-020-00783-4" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531651v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2020.2.oa4" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149581v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2020.08.006" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531660v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoko Fujii" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Luethi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Young" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frei" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2019.22176" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531644v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Gelbart" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Harrois" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Gardiner" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherie Mcgregor" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000002607" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531658v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Selander" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aas.13557" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03255376v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Florens" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubourg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Kalbacher" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Philit" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaa053" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531657v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Maria Califano" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Baldwin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Fealy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000504037" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531647v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531653v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531646v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Daviet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hraiech" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-020-00745-w" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531656v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary O&#8217;brien" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Canet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2020.1.oa2" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531663v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Atsushi Osawa" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Lucio Cutuli" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000501512" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531665v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavenne" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00825.2018" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531661v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marque" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gros" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Muller" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Prat" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-019-05776-x" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274549v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Costes" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bars" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lavenne" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531668v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Burrell" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccc.2018.11.002" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531666v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2019.05.007" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531671v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sens" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Payet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Turquier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duclos" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000487198" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531669v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ruste" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Riad" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Louf-Durier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-018-0464-9" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621056v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531673v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/jtd.2017.07.54" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531672v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Aublanc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Perinel Ragey" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-017-1881-0" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832321v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bayle" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gobert" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Leray" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-016-1227-3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531674v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03703087v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSE1274" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887264v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. D&#225;vila Serrano" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-59006-2_5" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pedro Cidade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Silvio Taccone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Reyes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Merson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-026-00864-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111282v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Shekarnabi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Guillien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terzi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sigaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bitker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-025-03232-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338215v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Jung" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jabaudon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Jong" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Audard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2025.20231" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369458v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djahid Kennouche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Foschia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum G Brownstein" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gondin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003789" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185961v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Brownstein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003789" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060186v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deniel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-024-04993-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060187v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mezidi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hodane Yonis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvelot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dhelft" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-024-01290-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rimaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003455" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742948v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pradat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kada Klouche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-024-07676-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lancelot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Orkisz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2024.1338602" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060184v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Noirot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccrj.2024.04.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530194v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Biscarrat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chivot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000535544" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531581v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Schortgen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Tabra Osorio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Carpentier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Henry" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beuret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000006091" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531584v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Chorfa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Wallet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(23)00221-7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531580v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rabilloud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(23)00344-2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212416v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mouton" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Bars" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Costes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00234.2022" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531586v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Parraud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Maucotel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Bouscambert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Morfin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15051041" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531579v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Haoutar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pinero" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cesareo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12873-023-00901-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013581v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmilla Penarrubia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Verstraete" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Davila" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Boussel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-023-00495-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500314v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531627v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Matusik" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boidin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Friggeri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000000941" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531599v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chabert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Provoost" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cohen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dupieux-Chabert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-022-01059-9" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688164v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-022-05713-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531595v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Osawa" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Cutuli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumitaka Yanase" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoya Iguchi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-022-00479-y" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531607v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Talmor" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-022-06809-8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531601v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Deniel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cour" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Argaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Richard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-022-01060-2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531597v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Danjou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-022-06896-4" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785334v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Illinger" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-022-06735-6" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531614v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Toh" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alwin Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Eastwood" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinaldo Bellomo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2022.154097" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533960v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Frobert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Destras" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2022.3.OA3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531630v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thummaporn Naorungroj" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Wilson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hrtlng.2021.07.014" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03273644v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheryl Ann Abdukahil" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ait Hssain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Ait Tamlihat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazali Enagnon Alidjnou" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alexandre Antunes de Brito" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-021-01599-5" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531633v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chazot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Chebib" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00883-9" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530196v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Belletti" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2021.1.OA1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531637v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02676591211012204" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531648v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Lucchetta" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.jvca.2020.06.045" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531628v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Roche" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-021-05665-z" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531635v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvi Vaara" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlies Ostermann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schneider" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elettra Poli" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-021-06401-6" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531642v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cioccari" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Hacking" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000001391" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524638v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dres" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hajage" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Lebbah" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kimmoun" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#224;i Pham" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00861-1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531638v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intissar Bittar" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfab069" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688174v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Cristinne Carvalho" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Reidt" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Schranz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Novotni" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-021-00410-x" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531629v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531662v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Hessels" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.jvca.2019.08.034" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531650v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Peck" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.jvca.2020.04.006" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530195v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila Patel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2020.4.OA7" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531640v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dhelft" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chauvelot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Frobert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Folliet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-020-00783-4" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531651v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2020.2.oa4" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149581v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2020.08.006" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531660v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoko Fujii" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Luethi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Young" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frei" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2019.22176" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531644v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Gelbart" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Harrois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Gardiner" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherie Mcgregor" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PCC.0000000000002607" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531658v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Selander" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aas.13557" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03255376v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Florens" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubourg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Kalbacher" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Philit" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaa053" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531647v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531657v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Maria Califano" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Baldwin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Fealy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000504037" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531646v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Daviet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hraiech" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-020-00745-w" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531656v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary O&#8217;brien" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Canet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51893/2020.1.oa2" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531653v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Trouillet-Assant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Viel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaymard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pons" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2020.04.029" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491226v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531663v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Atsushi Osawa" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Lucio Cutuli" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000501512" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531665v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavenne" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00825.2018" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531661v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marque" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gros" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Muller" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Prat" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-019-05776-x" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274549v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Costes" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bars" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lavenne" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531668v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Burrell" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccc.2018.11.002" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531666v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2019.05.007" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531671v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sens" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Payet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Turquier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duclos" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000487198" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531669v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ruste" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Riad" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Louf-Durier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-018-0464-9" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621056v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531673v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/jtd.2017.07.54" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531672v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Aublanc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Perinel Ragey" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-017-1881-0" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531674v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bayle" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gobert" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Leray" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-016-1227-3" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832321v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03703087v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSE1274" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887264v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. D&#225;vila Serrano" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-59006-2_5" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>