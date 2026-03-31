--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -66,992 +66,975 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentration effects in a kinetic model with wealth and knowledge exchanges</w:t>
+                <w:t xml:space="preserve">A kinetic model for polyatomic gas with quasi-resonant collisions leading to bi-temperature relaxation processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thomas Borsoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lara Trussardi</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mathiaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Matematica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s44007-023-00081-y⟩</w:t>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 60 (2), pp.473-494. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2026008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02470191v2</w:t>
+                <w:t xml:space="preserve">hal-05095531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A coupled model for the dynamics of gas exchanges in the human lung with Haldane and Bohr's effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Concentration effects in a kinetic model with wealth and knowledge exchanges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Martin</w:t>
+                <w:t xml:space="preserve">Lara Trussardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 573, pp.111590. </w:t>
+              <w:t xml:space="preserve">La Matematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (1), pp.166-195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2023.111590⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s44007-023-00081-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883301v2</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470191v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compactness property of the linearized Boltzmann operator for a polyatomic gas undergoing resonant collisions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A coupled model for the dynamics of gas exchanges in the human lung with Haldane and Bohr's effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Borsoni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Boudin</w:t>
+                <w:t xml:space="preserve">Céline Grandmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+                <w:t xml:space="preserve">Bérénice Grec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Analysis and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmaa.2022.126579⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 573, pp.111590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2023.111590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03648331v2</w:t>
+                <w:t xml:space="preserve">hal-03883301v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy method for the Boltzmann equation of monatomic gaseous mixtures</w:t>
+                <w:t xml:space="preserve">Compactness property of the linearized Boltzmann operator for a polyatomic gas undergoing resonant collisions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thomas Borsoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Srboljub Simić</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4310/CMS.2024.v22.n1.a6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Analysis and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 517 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmaa.2022.126579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03376932v2</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03648331v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exponential convergence towards consensus for non-symmetric linear first-order systems in finite and infinite dimensions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Energy method for the Boltzmann equation of monatomic gaseous mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+                <w:t xml:space="preserve">Bérénice Grec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milana Pavić-Čolić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Trélat</w:t>
+                <w:t xml:space="preserve">Srboljub Simić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 54 (3), pp.2727--2752. </w:t>
+              <w:t xml:space="preserve">Communications in Mathematical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22 (1), pp.137-166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1137/21m1416102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4310/CMS.2024.v22.n1.a6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03210969v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376932v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A kinetic model of polyatomic gas with resonant collisions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Exponential convergence towards consensus for non-symmetric linear first-order systems in finite and infinite dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Rossi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+                <w:t xml:space="preserve">Emmanuel Trélat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ricerche di matematica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 73 (5), pp.2411-2424. </w:t>
+              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (3), pp.2727--2752. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11587-022-00733-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1137/21m1416102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629556v1</w:t>
+                <w:t xml:space="preserve">hal-03210969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional numerical study of a fluid-kinetic model for respiratory aerosols with variable size and temperature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A kinetic model of polyatomic gas with resonant collisions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Michel</w:t>
+                <w:t xml:space="preserve">Alex Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational and Theoretical Transport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 50 (5), pp.507-527. </w:t>
+              <w:t xml:space="preserve">Ricerche di matematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 73 (5), pp.2411-2424. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/23324309.2021.1906705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11587-022-00733-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02977631v1</w:t>
+                <w:t xml:space="preserve">hal-03629556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid-kinetic modelling for respiratory aerosols with variable size and temperature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional numerical study of a fluid-kinetic model for respiratory aerosols with variable size and temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amina Mecherbet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Michel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 67, pp.100-119. </w:t>
+              <w:t xml:space="preserve">Journal of Computational and Theoretical Transport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (5), pp.507-527. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/proc/202067007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/23324309.2021.1906705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02092574v1</w:t>
+                <w:t xml:space="preserve">hal-02977631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of the spectral gap for the Boltzmann multi-species operator linearized around non-equilibrium Maxwell distributions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bondesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Grec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications on Pure and Applied Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 19 (5), pp.2549-2573. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1079,3058 +1062,3637 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global existence of weak solutions to the incompressible Vlasov-Navier-Stokes system coupled to convection-diffusion equations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Fluid-kinetic modelling for respiratory aerosols with variable size and temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Michel</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Grandmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Grec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayman Moussa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amina Mecherbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Models and Methods in Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 30 (8), pp.1485-1515. </w:t>
+              <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 67, pp.100-119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0218202520500293⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/proc/202067007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02355316v2</w:t>
+                <w:t xml:space="preserve">hal-02092574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical scheme for a kinetic model for mixtures in the diffusive limit using the moment method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Global existence of weak solutions to the incompressible Vlasov-Navier-Stokes system coupled to convection-diffusion equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bérénice Grec</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerical Methods for Partial Differential Equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/num.22345⟩</w:t>
+              <w:t xml:space="preserve">Mathematical Models and Methods in Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (8), pp.1485-1515. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0218202520500293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01727725v1</w:t>
+                <w:t xml:space="preserve">hal-02355316v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion models for mixtures using a stiff dissipative hyperbolic formalism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A numerical scheme for a kinetic model for mixtures in the diffusive limit using the moment method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Bondesan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Grec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Pavan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hyperbolic Differential Equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 16 (2), pp.293--312. </w:t>
+              <w:t xml:space="preserve">Numerical Methods for Partial Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (3), pp.1184-1205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0219891619500115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/num.22345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01786824v2</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01727725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Maxwell-Stefan diffusion limit for a kinetic model of mixtures with general cross sections</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Diffusion models for mixtures using a stiff dissipative hyperbolic formalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Grec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Pavan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.na.2017.01.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hyperbolic Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (2), pp.293--312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219891619500115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303312v1</w:t>
+                <w:t xml:space="preserve">hal-01786824v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global existence of solutions to the incompressible Navier-Stokes-Vlasov equations in a time-dependent domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Grandmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayman Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Differential Equations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 262 (3), pp.1317-1340. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jde.2016.10.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01312262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opinion dynamics: kinetic modelling with mass media, application to the Scottish independence referendum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The Maxwell-Stefan diffusion limit for a kinetic model of mixtures with general cross sections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+                <w:t xml:space="preserve">Bérénice Grec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pavan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 159, pp.40-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.na.2017.01.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physa.2015.10.014⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01114091v1</w:t>
+                <w:t xml:space="preserve">hal-01303312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling and numerics for respiratory aerosols</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Opinion dynamics: kinetic modelling with mass media, application to the Scottish independence referendum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ayman Moussa</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Computational Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 18 (3), pp.723-756. </w:t>
+              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 444, pp.448-457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4208/cicp.180714.200415a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physa.2015.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01044590v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Maxwell-Stefan diffusion limit for a kinetic model of mixtures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Modelling and numerics for respiratory aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Grandmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Lorz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Applicandae Mathematicae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10440-014-9886-z⟩</w:t>
+              <w:t xml:space="preserve">Communications in Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (3), pp.723-756. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4208/cicp.180714.200415a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00554744v2</w:t>
+                <w:t xml:space="preserve">hal-01044590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion asymptotics of a kinetic model for gaseous mixtures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The Maxwell-Stefan diffusion limit for a kinetic model of mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Grec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 6 (1), pp.137-157. </w:t>
+              <w:t xml:space="preserve">Acta Applicandae Mathematicae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 136 (1), pp.79-90. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/krm.2013.6.137⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10440-014-9886-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00704952v2</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00554744v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conciliatory and contradictory dynamics in opinion formation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Diffusion asymptotics of a kinetic model for gaseous mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Grec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Mercier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Milana Pavic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 391, pp.5672-5684. </w:t>
+              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (1), pp.137-157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physa.2012.05.070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/krm.2013.6.137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00613119v1</w:t>
+                <w:t xml:space="preserve">hal-00704952v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical and numerical analysis of the Maxwell-Stefan diffusion equations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Conciliatory and contradictory dynamics in opinion formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3934/dcdsb.2012.17.1427⟩</w:t>
+              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 391, pp.5672-5684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physa.2012.05.070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00490511v1</w:t>
+                <w:t xml:space="preserve">hal-00613119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical scheme for the one-dimensional pressureless gases system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A mathematical and numerical analysis of the Maxwell-Stefan diffusion equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Mathiaud</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Grec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerical Methods for Partial Differential Equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 28 (6), pp.1729-1746. </w:t>
+              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 17 (5), pp.1427-1440. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/num.20700⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/dcdsb.2012.17.1427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00537145v2</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00490511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A kinetic model for multidimensional opinion formation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A numerical scheme for the one-dimensional pressureless gases system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mathiaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.81.036109⟩</w:t>
+              <w:t xml:space="preserve">Numerical Methods for Partial Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (6), pp.1729-1746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/num.20700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00426284v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00537145v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel in time algorithms with reduction methods for solving chemical kinetics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A kinetic model for multidimensional opinion formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sidi-Mahmoud Kaber</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Monaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Applied Mathematics and Computational Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2140/camcos.2010.5.241⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.036109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.81.036109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00541025v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00426284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion models of multicomponent mixtures in the lung</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Parallel in time algorithms with reduction methods for solving chemical kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Blouza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bérénice Grec</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidi-Mahmoud Kaber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/proc/2010008⟩</w:t>
+              <w:t xml:space="preserve">Communications in Applied Mathematics and Computational Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (2), pp.241-263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2140/camcos.2010.5.241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00455656v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00541025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the spray retroaction on the airflow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Diffusion models of multicomponent mixtures in the lung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Götz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Grec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Driss Yakoubi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 30, pp.153-165. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/proc/2010012⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 30, pp.91-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/proc/2010008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00357858v2</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00455656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid-particles flows: a thin spray model with energy exchanges</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Influence of the spray retroaction on the airflow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Grandmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Grec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Yakoubi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, CEMRACS 2008 - Modelling and Numerical Simulation of Complex Fluids, 28, pp.195-210. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/proc/2009047⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 30, pp.153-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/proc/2010012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00543156v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00357858v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global existence of solutions for the coupled Vlasov and Navier-Stokes equations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Fluid-particles flows: a thin spray model with energy exchanges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Goudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Lafitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Differential and integral equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.57262/die/1356019415⟩</w:t>
+              <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, CEMRACS 2008 - Modelling and Numerical Simulation of Complex Fluids, 28, pp.195-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/proc/2009047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00331895v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00543156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The quasi-invariant limit for a kinetic model of sociological collective behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kinetic and Related Models </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, pp.433-449. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3934/krm.2009.2.433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00357592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A kinetic approach to the study of opinion formation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Global existence of solutions for the coupled Vlasov and Navier-Stokes equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Desvillettes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Grandmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 43 (3), pp.507-522. </w:t>
+              <w:t xml:space="preserve">Differential and integral equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22 (11-12), pp.1247-1271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/m2an/2009004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.57262/die/1356019415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00256584v2</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00331895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spray impingement on a wall in the context of the upper airways</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A kinetic approach to the study of opinion formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lisl Weynans</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/proc:082301⟩</w:t>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 43 (3), pp.507-522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2009004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00338798v1</w:t>
+                <w:t xml:space="preserve">hal-00256584v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Spray impingement on a wall in the context of the upper airways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisl Weynans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 23, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/proc:082301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00338798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Liquid jet generation and break-up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Després</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lagoutière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRMA - Lectures in Mathematics and Theoretical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 7, pp.149-176. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4171/012-1/8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00020156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A modeling of compressible droplets in a fluid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Desvillettes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Motte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communications in Mathematical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 1 (4), pp.657-669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4310/CMS.2003.v1.n4.a2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Singularities of the Global Small Solutionsof the Full Boltzmann Equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Desvillettes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monatshefte für Mathematik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 131 (2), pp.91-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s006050070015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Solution with Bounded Expansion Rate to the Model of Viscous Pressureless Gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 32 (1), pp.172-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/S0036141098346840⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compactness of Linearized Kinetic Operators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSPDEIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Braga, Portugal. pp.73 - 97, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-32144-8_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01432855v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymptotic behavior of a diffusive scheme solving the inviscid one-dimensional pressureless gases system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Mathiaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HYP'2012 - Fourteenth International Conference on Hyperbolic Problems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Padova, Italy. pp.1066</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00765620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosol deposition in a ventilator circuit: comparison between experimental results and numerical computations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayman Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Duparque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Grandmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Congress International Society of Aerosols in Medicine Congress - ISAM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Monterey, CA, USA, United States. pp.174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00844575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A model of biospray for the upper airways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emanuel Jabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Mancini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">.CEMRACS 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, France. pp.41-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00076884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A kinetic model for polytropic gases with internal energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Grec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milana Pavić-Čolić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Salvarani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">84th Annual Meeting of the International Association of Applied Mathematics and Mechanics (GAMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Novi Sad, Serbia. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PAMM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 13 (1), pp.353-354, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pamm.201310172⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compactness of linearized Boltzmann operators for polyatomic gases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niclas Bernhoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milana Čolić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Grec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Models for Interacting Dynamics on Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland, pp.85-120, 2026, Trends in Mathematics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-032-02326-1_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04648146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling opinion formation by means of kinetic equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Salvarani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Modeling of Collective Behavior in Socio-Economic and Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.245-270, 2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-0-8176-4946-3_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00447659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4140,238 +4702,238 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A kinetic model for polyatomic gas with quasi-resonant collisions leading to bi-temperature relaxation processes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Counting the steady states of a rational ordinary differential equation issued from biology using algebraic methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohab Safey El Din</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Tomaszek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05095531v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation cinétique et hydrodynamique pour la physique, la chimie et la santé, analyse mathématique et numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Equations aux dérivées partielles [math.AP]. Université Pierre et Marie Curie - Paris VI, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00650560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId125"/>
+      <w:footerReference w:type="default" r:id="rId140"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4518,51 +5080,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470191v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boudin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Trussardi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44007-023-00081-y" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883301v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grandmont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Grec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2023.111590" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03648331v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Borsoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Salvarani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2022.126579" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376932v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milana Pavi&#263;-&#268;oli&#263;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srboljub Simi&#263;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/CMS.2024.v22.n1.a6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210969v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21m1416102" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629556v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Rossi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-022-00733-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977631v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Michel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23324309.2021.1906705" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092574v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Mecherbet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202067007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924308v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bondesan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Briant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/cpaa.2020112" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355316v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Moussa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202520500293" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727725v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/num.22345" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786824v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pavan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219891619500115" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01303312v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2017.01.010" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01312262v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2016.10.012" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114091v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2015.10.014" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01044590v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Lorz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4208/cicp.180714.200415a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554744v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10440-014-9886-z" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704952v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milana Pavic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2013.6.137" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613119v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Mercier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2012.05.070" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490511v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdsb.2012.17.1427" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537145v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mathiaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/num.20700" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/30AD3D8A466C225E6CFC1C441F88F56E70B52957/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426284v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Monaco" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.036109" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00541025v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Blouza" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Mahmoud Kaber" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/camcos.2010.5.241" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455656v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario G&#246;tz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/2010008" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357858v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Yakoubi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/2010012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00543156v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Boutin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fornet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Goudon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lafitte" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/2009047" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331895v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Desvillettes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57262/die/1356019415" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357592v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2009.2.433" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256584v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2009004" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338798v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisl Weynans" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc:082301" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020156v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baranger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Baudin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Despr&#233;s" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagouti&#232;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/012-1/8" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/S02-K5C2MVTW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432855v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32144-8_4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00765620v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00844575v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duparque" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Grasseau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thiriet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00076884v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emanuel Jabin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mancini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648146v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niclas Bernhoff" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milana &#268;oli&#263;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02326-1_2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447659v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-8176-4946-3_10" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095531v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00650560v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Borsoni" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boudin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mathiaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Salvarani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2026008" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470191v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Trussardi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44007-023-00081-y" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883301v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grandmont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Grec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2023.111590" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03648331v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2022.126579" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376932v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milana Pavi&#263;-&#268;oli&#263;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srboljub Simi&#263;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/CMS.2024.v22.n1.a6" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210969v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21m1416102" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629556v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Rossi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-022-00733-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977631v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23324309.2021.1906705" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924308v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bondesan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Briant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/cpaa.2020112" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092574v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Mecherbet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202067007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355316v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Moussa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202520500293" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727725v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/num.22345" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786824v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pavan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219891619500115" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01312262v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2016.10.012" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01303312v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2017.01.010" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114091v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2015.10.014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01044590v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Lorz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4208/cicp.180714.200415a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554744v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10440-014-9886-z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704952v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milana Pavic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2013.6.137" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613119v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Mercier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2012.05.070" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490511v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdsb.2012.17.1427" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537145v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/num.20700" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/30AD3D8A466C225E6CFC1C441F88F56E70B52957/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426284v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Monaco" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.036109" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00541025v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Blouza" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Mahmoud Kaber" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/camcos.2010.5.241" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455656v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario G&#246;tz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/2010008" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357858v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Yakoubi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/2010012" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00543156v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Boutin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fornet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Goudon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lafitte" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/2009047" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357592v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2009.2.433" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331895v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Desvillettes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57262/die/1356019415" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256584v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2009004" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338798v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisl Weynans" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc:082301" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020156v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baranger" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Baudin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Despr&#233;s" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagouti&#232;re" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/012-1/8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/S02-K5C2MVTW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558226v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Motte" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/CMS.2003.v1.n4.a2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558209v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s006050070015" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G5233N8T-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558205v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/S0036141098346840" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432855v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32144-8_4" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00765620v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00844575v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duparque" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Grasseau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thiriet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00076884v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emanuel Jabin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mancini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559373v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pamm.201310172" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648146v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niclas Bernhoff" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milana &#268;oli&#263;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02326-1_2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447659v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-8176-4946-3_10" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562835v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Audebert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohab Safey El Din" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Tomaszek" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00650560v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>