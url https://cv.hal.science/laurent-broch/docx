--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1130,1363 +1130,1363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02558316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-phonon (percolation) behavior and local clustering of CdxZn1−xSe-cubic mixed crystals (x ≤ 0.3): A Raman–ab initio study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pagès</w:t>
+                <w:t xml:space="preserve">In situ spectroelectrochemical ellipsometry using super continuum white laser: Study of the anodization of magnesium alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Dicko</w:t>
+                <w:t xml:space="preserve">Delphine Veys-Renaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Broch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. J B Torres</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Rocca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5111106⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B Microelectronics and Nanometer Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (6), pp.062911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/1.5122320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02289768v1</w:t>
+                <w:t xml:space="preserve">hal-02355013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ spectroelectrochemical ellipsometry using super continuum white laser: Study of the anodization of magnesium alloy</w:t>
+                <w:t xml:space="preserve">Coloration mechanism of electrochromic Na x WO3 thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Gilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Tresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Broch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Veys-Renaux</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kessein Eric Tillous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B Microelectronics and Nanometer Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1116/1.5122320⟩</w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (5), pp.1104-1107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.44.001104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02355013v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02900737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coloration mechanism of electrochromic Na x WO3 thin films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PDMS membranes modified by polyelectrolyte multilayer deposition to improve OSN separation of diluted solutes in toluene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahbub Morshed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Gilliot</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Broch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Tresse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Broch</w:t>
+                <w:t xml:space="preserve">Halima Alem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kessein Eric Tillous</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Denis Roizard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 44 (5), pp.1104-1107. </w:t>
+              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 237, pp.116331. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OL.44.001104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.seppur.2019.116331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02900737v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PDMS membranes modified by polyelectrolyte multilayer deposition to improve OSN separation of diluted solutes in toluene</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-phonon (percolation) behavior and local clustering of CdxZn1−xSe-cubic mixed crystals (x ≤ 0.3): A Raman–ab initio study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Baker Shoker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahbub Morshed</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Broch</w:t>
+                <w:t xml:space="preserve">H. Dicko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Halima Alem</w:t>
+                <w:t xml:space="preserve">V. J B Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Roizard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrei V. Postnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 237, pp.116331. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126 (10), pp.105707. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.seppur.2019.116331⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5111106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391641v1</w:t>
+                <w:t xml:space="preserve">hal-02289768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ellipsometry of Colloidal Solutions: New Experimental Setup and Application to Metallic Colloids</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Organic Aerosols in the Presence of CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; in the Early Earth and Exoplanets: UV–Vis Refractive Indices of Oxidized Tholins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Stchakovsky</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aotmane En Naciri</w:t>
+                <w:t xml:space="preserve">Lisseth Gavilan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Broch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanna Akil</w:t>
+                <w:t xml:space="preserve">Nathalie Carrasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouari Chaoui</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benjamin Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Vettier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.7b00490⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 848 (1), pp.L5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/aa8cc4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02899471v1</w:t>
+                <w:t xml:space="preserve">insu-01808648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic Aerosols in the Presence of CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; in the Early Earth and Exoplanets: UV–Vis Refractive Indices of Oxidized Tholins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lisseth Gavilan</w:t>
+                <w:t xml:space="preserve">Oxide Growth Mechanism on Mg AZ91 Alloy by Anodizing: Combination of Electrochemical and Ellipsometric In-Situ Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Veys-Renaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Broch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Vettier</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Stein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/aa8cc4⟩</w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 164 (14), pp.C1059-C1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/2.1421714jes⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01808648v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02900731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxide Growth Mechanism on Mg AZ91 Alloy by Anodizing: Combination of Electrochemical and Ellipsometric In-Situ Measurements</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ellipsometry of Colloidal Solutions: New Experimental Setup and Application to Metallic Colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Battie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Stchakovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aotmane En Naciri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanna Akil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouari Chaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 164 (14), pp.C1059-C1066. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33 (30), pp.7425-7434. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/2.1421714jes⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.7b00490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02900731v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-forward Raman selection rules for the phonon-polariton in (Zn, Be)Se alloys</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pagès</w:t>
+                <w:t xml:space="preserve">Mild covalent functionalization of single-walled carbon nanotubes highlighted by spectroscopic ellipsometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Battie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Firszt</w:t>
+                <w:t xml:space="preserve">M. Dossot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Strzałkowski</w:t>
+                <w:t xml:space="preserve">Naoual Allali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Paszkowicz</w:t>
+                <w:t xml:space="preserve">Victor Mamane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aotmane En Naciri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 120 (18), pp.185702. </w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 96, pp.557-564. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4967315⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2015.09.066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02900944v1</w:t>
+                <w:t xml:space="preserve">hal-01505212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mild covalent functionalization of single-walled carbon nanotubes highlighted by spectroscopic ellipsometry</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pressure-induced phonon freezing in the ZnSeS II–VI mixed crystal: phonon–polaritons and ab initio calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naoual Allali</w:t>
+                <w:t xml:space="preserve">R. Hajj Hussein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Polian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Mamane</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aotmane En Naciri</w:t>
+                <w:t xml:space="preserve">A. V Postnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Dicko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 96, pp.557-564. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (20), pp.205401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2015.09.066⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/28/20/205401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01505212v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02900700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-induced phonon freezing in the ZnSeS II–VI mixed crystal: phonon–polaritons and ab initio calculations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near-forward Raman selection rules for the phonon-polariton in (Zn, Be)Se alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Dicko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Firszt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Hajj Hussein</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Polian</w:t>
+                <w:t xml:space="preserve">K. Strzałkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. V Postnikov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Dicko</w:t>
+                <w:t xml:space="preserve">W. Paszkowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 28 (20), pp.205401. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120 (18), pp.185702. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/28/20/205401⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4967315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02900700v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02900944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth Mechanism during the Early Stages of electrodeposition of Bismuth telluride films</w:t>
               </w:r>
@@ -3721,77 +3721,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charge transfer between covalently grafted groups and single-walled carbon nanotubes evidenced by Raman and ellipsometric spectroscopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dossot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naoual Allali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Mamane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Battie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4469,103 +4469,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical indices of organic aerosols for oxidizing atmospheres of Earth-like exoplanets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisseth Gavilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Broch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Carrasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Vettier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Planetary Science Congress 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Berlin, Germany. pp.EPSC2018-107-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4616,51 +4616,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Battie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aotmane En Naciri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Stchakovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reiko Oda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5033,51 +5033,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4161F69D"/>
+    <w:nsid w:val="26BB0E5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5264,51 +5264,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-broch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4266-1918" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152326014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05132399v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zimmer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Broch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montassar Billeh Bouzouraa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz Winiarski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163905" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450913v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kfoury" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Battie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aotmane En Naciri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Voue" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-024-05937-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262373v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alhaddad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M B Shoker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pag&#232;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Postnikov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V J B Torres" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0134454" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328533v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elmahjoubi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shoker" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Torres" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Polian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-39248-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993415v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Baker Shoker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Postnikov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0150353" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03154248v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lora Jovanovic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gautier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Protopapa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Bertrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2021.114398" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02558316v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gilliot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.389063" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02289768v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dicko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. J B Torres" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei V. Postnikov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5111106" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355013v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Veys-Renaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rocca" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5122320" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900737v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Tresse" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kessein Eric Tillous" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.001104" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391641v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahbub Morshed" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roizard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2019.116331" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02899471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Stchakovsky" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanna Akil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouari Chaoui" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b00490" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01808648v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisseth Gavilan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carrasco" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fleury" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vettier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa8cc4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900731v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.1421714jes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900944v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Firszt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Strza&#322;kowski" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Paszkowicz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4967315" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01505212v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dossot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoual Allali" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mamane" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2015.09.066" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47GHLX54-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900700v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hajj Hussein" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V Postnikov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/20/205401" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297874v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.05.190" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJZ4D6GN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297879v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.11.138" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5C097JLK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297882v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ahlers" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabella Brand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2013.08.010" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGNSKD1K-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391225v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jamon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Lauret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2012.05.057" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VF7BZ4NQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900601v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Johann" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.046" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900595v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.49.003250" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900581v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.008814" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900586v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Beck" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2743273" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04530356v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900853v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legeai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Thiebaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900937v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900842v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900945v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02925183v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fayolle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quirico" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925163v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gao Jie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pouget" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiko Oda" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900882v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamadou Dicko" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Polian" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Postnikov" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900802v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925153v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900864v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Hajj Hussein" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748813v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011METZ006S" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-broch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4266-1918" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152326014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05132399v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zimmer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Broch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montassar Billeh Bouzouraa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz Winiarski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163905" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450913v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kfoury" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Battie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aotmane En Naciri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Voue" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-024-05937-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262373v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alhaddad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M B Shoker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pag&#232;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Postnikov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V J B Torres" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0134454" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328533v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elmahjoubi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shoker" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Torres" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Polian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-39248-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993415v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Baker Shoker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Postnikov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0150353" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03154248v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lora Jovanovic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gautier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Protopapa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Bertrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2021.114398" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02558316v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gilliot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.389063" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355013v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Veys-Renaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rocca" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5122320" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900737v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Tresse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kessein Eric Tillous" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.001104" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391641v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahbub Morshed" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roizard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2019.116331" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02289768v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dicko" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. J B Torres" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei V. Postnikov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5111106" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01808648v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisseth Gavilan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carrasco" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fleury" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vettier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa8cc4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900731v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.1421714jes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02899471v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Stchakovsky" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanna Akil" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouari Chaoui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b00490" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01505212v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dossot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoual Allali" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mamane" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2015.09.066" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47GHLX54-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900700v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hajj Hussein" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V Postnikov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/20/205401" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900944v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Firszt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Strza&#322;kowski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Paszkowicz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4967315" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297874v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.05.190" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJZ4D6GN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297879v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.11.138" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5C097JLK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297882v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ahlers" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabella Brand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2013.08.010" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGNSKD1K-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391225v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jamon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Lauret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2012.05.057" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VF7BZ4NQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900601v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Johann" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.046" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900595v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.49.003250" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900581v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.008814" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900586v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Beck" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2743273" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04530356v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900853v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legeai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Thiebaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900937v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900842v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900945v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02925183v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fayolle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quirico" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925163v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gao Jie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pouget" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiko Oda" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900882v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamadou Dicko" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Polian" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Postnikov" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900802v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925153v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900864v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Hajj Hussein" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748813v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011METZ006S" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>