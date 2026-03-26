--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent BRUN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laurent-brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9261-2666</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIRAD -Maîtrise des Intrants et des Résidus phytosanitaires pour des vergers d'Abricotiers Durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Codini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Fevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 109, pp.72-84. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2026-vol109-art06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05480440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-environment GWAS uncovers markers associated to biotic stress response and genotype-by-environment interactions in stone fruit trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïma Dlalah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horticulture research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (7), pp.uhaf088. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hr/uhaf088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dare to be resilient: the key to future pesticide-free orchards?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75 (13), pp.3835-3848. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erae150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560076v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting stone fruit trees to pesticide reduction: screening apricot and peach core collections for multi-pest resistance via integrative phenotyping under low pesticide management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1384, pp.329-338. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1384.43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protecting Apricot Orchards with Rain Shelters Reduces Twig Blight Damage Caused by Monilinia spp. and Makes It Possible to Reduce Fungicide Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Walser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Saudreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (5), pp.1338. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/agronomy13051338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduire les dégâts provoqués par les monilioses sur abricotier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Moncorger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaslain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oboussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 759-760, p10-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04902570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre la contamination des fleurs par Monilinia laxa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 740, p38-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre la contamination des fleurs par Monilinia laxa. Le développement d'un modèle phéno-climatique de contamination des fleurs d'abricotier par la moniliose va permettre d'optimiser le pilotage de la protection contre la maladie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03500297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different methods of evaluation of Monilinia laxa on apricot flowers and branches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. del Cueto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Stefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Oberhänsli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1290, pp.129-134. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2020.1290.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05151269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enroulement chlorotique de l'abricotier (ECA) : les moyens de lutte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Labeyrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Decugis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Courthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Peyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 736, p11-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enroulement chlorotique de l'abricotier (ECA): situation en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sauvion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Labeyrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 735, p9-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future development of apricot blossom blight under climate change in Southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Garcia de Cortazar-Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Buléon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112, pp.125960. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2019.125960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chancre de l'abricotier, diversité bactérienne en verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Berge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Borschinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 727 (727), pp.42-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CAP ReD : Cerisier Abricotier Pruniers - Réduction des intrants et durabilité des systèmes de production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Defert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gallia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Hostalnou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 76, pp.311-334. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/40xtkp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des intrants et durabilité des systèmes de production. Synthèse des résultats du projet Cap Red ©</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timmy Defert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gallia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hostalnou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infos CTIFL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 355, pp.35-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection des abricotiers : un projet de haute volée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Bourbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 720, pp.29-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection des abricotiers: un projet de haute volée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Bourbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 720, p29-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteria from four phylogroups of the Pseudomonas syringae complex can cause bacterial canker of apricot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Morgaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Blanco Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Chandeysson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 68 (7), pp.1249-1258. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apple prolifération, maladie ponctuelle ou émergente ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Zambujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sauvion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 395, pp.28-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier abricot : des bâches contre les maladies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 393, pp.54-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cynips du châtaignier : mise en œuvre et développement de la maitrise de ce ravageur par des moyens de contrôle biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L Brachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M. Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hennion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Deplaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boutitie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 55, pp.121-133. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.513776598154762E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide des sensibilités variétales aux bio-agresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Arbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Supplément n°698</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des variétés de pommier testées en stratégie « bas-intrants »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 690, pp.12-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regular bearing in the apple – Architectural basis for an early diagnosis on the young tree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 174, pp.10-16. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scienta.2014.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a cultivar mixture on scab, powdery mildew and rosy aphid in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 43, pp.207-212. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2012.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 11 Oïdium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 671, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tavelure du pommier: Prophylaxie et stratégies de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, janv-fév, pp.24-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life cycle analysis reveals higher agroecological benefits of organic and low-input apple production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Hayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33 (3), pp.581-592. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S13593-012-0124-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 7 Puceron cendré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 664, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 8 Oïdium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 665, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 10 : la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 670, 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 9 La cloque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 669, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enroulement chlorotique de l'abricotier (ECA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sauvion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Marie-Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Peyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, mai 2012 (654), pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 5: la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 662, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 6 La tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 663, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioREco, un dispositif innovant pour évaluer les pratiques de protection en verger de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoom 26. Arboriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 29 novembre 2011 (1502), pp.2-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 4 La rouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 1 Le chancre bactérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Arbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 659, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité au Monilia sur fleur de 16 variétés d'abricot : 4 années d'observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arbo Bio Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 159, pp.5-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 2 Le chancre bactérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Leon-Chapoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 660, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévoir les attaques de tavelure du pommier - Est-il possible de prévoir les périodes de fortes projections d'ascospores en verger ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lemarquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Orain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 640, pp.35-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle sélection fruitière pour une production durable, à faible niveau d'intrants ? Méthodologie pour un réseau de sélection variétale décentralisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 15, pp.105-115. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/tjwc-sq36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pommier et ses bioagresseurs – Les composantes dynamique et structurelle de l’architecture de l’arbre modulent les dynamiques d’infestation et d’infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 15, pp.65-77. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/kph6-vm20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 3 Monilioses sur fleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 661, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lancement des fiches &amp;quot;sensibilité variétale&amp;quot; : une descritpion rigourouse est nécessaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 659, pp.6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie &amp;quot;bas intrants fongicides&amp;quot; sur pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 636, pp.40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bactériose de l'abricotier fait des dégâts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Léon-Chapoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Exbrayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 298, pp.32-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vergers de pommiers : Démasquer la tavelure dissimulée sur feuilles !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois Toubon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 635, pp.27-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démasquer la tavelure dissimulée sur feuilles en vergers de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois Toubon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 624, pp.9-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioREco : un dispositif pour évaluer les pratiques de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Hayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 641, pp.30-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioReco un dispositif innovant. Evaluation des performances et de l'impact environnemental des pratiques de protection en verger de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture en Val de Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9, pp.9-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pomme: la charge ne suffit pas à expliquer la qualité du fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hucbourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 276, pp.44-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of apple cultivar susceptibility to Venturia inaequalis on scab epidemics in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 27 (6), pp.1009-1019. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2007.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamme variétale d'abricotiers : évaluation de la sensibilité au monilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 626-627, pp.20-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies innovantes contre la tavelure du pommier. Conception, évaluation et intégration en vergers à l'INRA : sept ans d'expérimentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 612, pp.10-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02657812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmenter le potentiel de production par la conduite centrifuge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hucbourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 277 (octobre), pp.50-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de protection innovantes contre la tavelure du pommier : conception, évaluation et intégration en verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, pp.33-45. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/06e2-y743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of leaf litter management on scab development in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 118, pp.249-255</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of cultivar mixtures on scab control in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56 (6), pp.1014-1022. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3059.2007.01695.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résistance partielle du pommier. Une alternative pour le contrôle de la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 617, pp.35-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does manipulation of fruit-tree architecture affect the development of pests and pathogens? A case study in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Horticultural Science and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 81 (4), pp.765-773</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la conduite centrifuge sur les principaux bio-agresseurs du pommier : 4 années d'expérimentation dans un verger conduit en Agriculture Biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arbo Bio Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 106, pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conduite centrifuge a des effets sur les bio agresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 76, pp.26-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conduite centrifuge a des effets sur les bio agreseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunil Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 247, pp.15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la conduite centrifuge du pommier sur l’infestation par les bio-agresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 581, pp.37-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diminuer les contaminations de tavelure : c'est possible en réduisant l'inoculum d'automne - bilan de 2 années d'essai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arbo Bio Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 88, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mildiou de la vigne, cuivre et sol : une longue histoire commune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Geoffrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 564, pp.37-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diminution des contaminations de tavelure en verger de pommiers par réduction de l'inoculum d'automne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fauriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 62, pp.12-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of elevated soil copper on phenology, growth and reproduction of five ruderal plant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Le Corff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 122, pp.361-368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of copper availability to plants in copper-contaminated vineyard soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Hinsinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pepin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 111, pp.293-302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between extractable copper, soil properties and copper uptake by wild plants in vineyard soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Richarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Rémy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 102, pp.151-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-environment GWAS to decipher the response to natural infections in apricot and peach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïma Dlalah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rosaceae Genomics Conference (RGC 12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Sant Feliu de Guíxols, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verger Bio : repenser les systèmes pour des performances durables. MIRAD - Maîtrise des Intrants et des Résidus phytosanitaires pour des vergers d’Abricotiers Durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Fevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Codini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon agricole international tech &amp; bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chambres d'agriculture, Sep 2025, Bourg-lès-Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapter le matériel végétal pour une arboriculture bio plus résiliente - Evaluation de la sensibilité aux maladies de la Core Collection abricotiers INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon Agricole International tech &amp; bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chambres d'agriculture, Sep 2025, BOURG-LES-VALENCE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the multi-disease challenge in apricot through single and multienvironment genome wide association studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHS Plum Apricot 2024 - 1. International Symposium on Apricot and Plum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE PACA - GAFL (UR1052 GAFL Génétique et amélioration des fruits et légumes), Apr 2024, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing multi-pest and disease resistance in stone fruit trees through genome-wide association studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eucarpia; International Society for Horticultural Sciences (ISHS); Julius Kühn-Institut (JKI), Sep 2023, Dresden (GERMANY), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of diseases susceptibility of peach cultivars in experimental plots and on-farm for organic and low-input systems. Baseline of french case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie-Joy Ondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation in Integrated &amp; Organic Horticulture, INNOHORT 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jun 2015, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of a cultivar mixture on scab control in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lemarquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Orain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International conference on organic fruit growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Hohenheim, Germany. 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'un mélange variétal sur la tavelure, l'oïdium et le puceron cendré en verger de pommier AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre technique Agriculture Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Technique Interprofessionnel des Fruits et Légumes (CTIFL). La Force, FRA., Feb 2013, Lanxade, France. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to optimize fruit production systems using life cycle assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. international Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Organisation for Biological Control of Noxious Animals and Plants (IOBC). DNK., Oct 2012, Kusadasi, Turkey. XIV + 558 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité à l'oïdium et à la tavelure d'une gamme variétale de pommier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Technique Agriculture Biologique Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Lanxade, France. pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'un mélange variétal sur la tavelure, l'oïdium et le puceron cendré en verger de pommier AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tech&amp;Bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chambre d'Agriculture de la Drôme (CA 26). Bourg lès Valence, FRA., Sep 2013, Bourg les Valence, France. 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a cultivar mixture on scab, powdery mildew and rosy aphid in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International IOBC-WPRS Workshop on Pome Fruit Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Organisation for Biological Control of Noxious Animals and Plants (IOBC). DNK., Aug 2011, Hasselt, Belgium. XIII + 336 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between Venturia inaequalis potential ascospore dose, aerial ascospore concentration, climatic risks and scab development; effects on experimental designs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International IOBC-WPRS Workshop on Pome Fruit Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Organisation for Biological Control of Noxious Animals and Plants (IOBC). DNK., Aug 2011, Hasselt, Belgium. XIII + 336 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances agronomiques et environnementales en verger de pommiers : 8 années d’expérimentation système</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Légumes &amp; Cultures Pérennes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Dec 2012, Avignon, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale de l'abricotier au Monilia sur fleur, à la tavelure et à la rouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Phytosanitaire Fruits à Noyau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Balandran, France. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tavelure du pommier : comparaison de stratégies de protection en AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Légumes et Cultures Pérennes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Dec 2012, Avignon, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apricot susceptibility to blossom brown rot (&amp;lt;em&amp;gt;Monilia&amp;lt;/em&amp;gt; spp.) and leaf rust &amp;lt;em&amp;gt;(Tranzschelia&amp;lt;/em&amp;gt; spp.) under low-input production system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. international conference on organic fruit-Growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Hohenheim, Germany. 427 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tavelure du pommier : comparaison de méthodes de prophylaxie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clemence Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Légumes et Cultures Pérennes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Dec 2012, Avignon, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abricot, fruit d'un terroir. La diversité de l'abricot, une richesse attachée au terroir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marie Ferréol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abricot de Rhône-Alpes, une stratégie d'avance!</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Mercurol, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et enjeux de la valeur agronomique technologique et environnementale chez les espèces fruitières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Grivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Brand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Eric Durel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres du Végétal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilités variétales. Pêchers & Abricotier. Bilan de 14 années d’observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIFFEL, salon Méditerranéen Interprofessionnel de la Filière Fruits Et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Avignon, France. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of fungicide protection strategies in experimental apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is it possible to predict the aerial concentrations of Venturia inaequalis ascospores in apple orchards?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Orain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building up, management and evaluation of orchard systems: a four-year experience in apple production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Buléon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the susceptibility to pests and diseases of 36 apple cultivars in 4 low-input organic orchards in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Conference on Organic Fruit Growing. Ecofruit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Hohenheim Universität, Germany. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop regularity and fruit quality. When tree manipulation and genetics need to meet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prototyping orchard systems to reduce pesticide use: a five-year experience in apple production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Buléon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. ESA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des pratiques de protection et du développement des maladies en vergers de pommiers biologiques dans le Sud-Est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois Toubon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does knowledge on fruit tree architecture and its implications for orchard management improve horticultural sustainability ? An overview of recent advances in the apple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric P.-E. Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne E. Costes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc J.-L. Regnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I. International Symposium on Horticulture in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Vienne, Austria. pp.243-250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de systèmes vergers pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIVAL 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Angers, France. 36 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilités variétales: bilan du réseau de vergers semi-extensifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la prophylaxie ? Comment ? Diaporama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réduction de l'inoculum primaire de tavelure en vergers de pommiers. Intégration de la prophylaxie dans le système de production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Saint-Marcel-lès-Valence, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of centrifugal tree training on pests and pathogens in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de protection innovantes contre la tavelure du pommier: conception, évaluation et intégration en verger. Diaporama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'innovation agronomique - Protection intégrée en arboriculture et viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Paris, France. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of apple cultivar mixtures on the epidemic of Venturia inaequalis in a treated orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Lindau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of centrifugal training on pests and pathogens in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on arthropod pest problems in pome fruit production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Lleida, Spain. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbre fruitier. Architecture et variabilité génétique, manipulations, répercussions sur l’épidémiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire INRA SPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diminution des contaminations de tavelure en verger de pommier bio par réduction de l'inoculum d'automne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres techniques Agriculture Biologique Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Lanxade, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02826183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la sensibilité variétale sur le déroulement des épidémies de tavelure en vergers de pommiers. Diaporama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres techniques Agriculture Biologique Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Lanxade, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02826408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of ploughing in and removing litter leaves from the ground on the development of scab epidemics in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Scientific Conference of the International Society of Organic Agriculture Research (ISOFAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Adelaide, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la réduction de l'inoculum d'automne sur le développement des épidémies de tavelure en verger de pommiers biologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Dumont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées techniques Fruits et Légumes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Saint Pierre des Corps, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raisonner la lutte contre la tavelure du pommier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque CTIFL/INRA - Production Fruitière Intégrée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Balandran, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raisonner la lutte contre la tavelure du pommier, un enjeu majeur pour une arboriculture durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Conférence Internationale sur les maladies des plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2003, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la sensibilité variétale aux maladies de la Core Collection abricotier INRAE Gotheron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Le Pans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asensio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the genetic architecture of biotic stress response in stone fruit tree orchards under natural infections with a multi-environment GWAS approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïma Dlalah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet des fourmis sur le développement du puceron cendré en vergers de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE Unité Expérimentale de Recherches Intégrées en Production Fruitière de Gotheron. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can organic agriculture give up copper as a crop protection product? Summary of the scientific assessment report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on se passer du cuivre en protection des cultures biologiques ? Rapport d'expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on se passer du cuivre en protection des cultures biologiques ? Synthèse de l'expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018, 66 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on se passer du cuivre en protection des cultures biologiques ? Résumé de l'expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can organic agriculture give up copper as a crop protection product? Synthesis of the scientific assessment report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018, 64 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimised resource use for top quality environment – SMARTFRUIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering plant resilience mechanisms to face the multiple disease challenge in fruit trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot-Turion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's find more resilient trees to reduce the use of phytosanitary products in orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Signoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tersys Implanteus 1st Summer School (TISS1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité et structuration des populations de Pseudomonas syringae en vergers d'abricotier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Morgaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Borschinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Chandeysson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rencontres Plantes-Bactéries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Aussois, France. , 2016, 12ièmes Rencontres Plantes-Bactéries, 11-15 janvier 2016, Centre Paul Langevin 75300 Aussois</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanges variétaux et prophylaxie : association de 2 pratiques culturales pour limiter le développement des bioagresseurs en vergers de pommiers AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Production horticole intégrée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Avignon, France. 1 p., 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is it possible to predict the aerial concentrations of Venturia inaequalis ascospores in apple orchards. Poster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Orain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France. 1 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-extensive&amp;quot; orchards as a model for sustainable fruit growing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST 864 meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Vienna, Austria. 1 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of burying and removing dead leaves from the ground on the development of scab epidemics in an apple organic orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International Conference on Cultivation Technique and Phytopathological Problems in Organic Fruit-Growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2004, Weinsberg, Germany. 1 p., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une gestion des résistances du pommier à la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Caffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Le Cam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Eric Durel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Brisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 764, pp.21-25, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anticipation des impacts du changement climatique sur les bioagresseurs en arboriculture fruitière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Pincebourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Saudreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Quae. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les productions fruitières à l'heure du changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.319-353, 2022, 9782759232512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03498867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La combinaison de méthodes, fondement de la protection intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Caffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser la protection des cultures. Innovations et transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae Educagri Editions, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on se passer du cuivre en protection des cultures biologiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.126, 2019, Matière à Débattre et Décider, Andrivon, Didier; Savini, Isabelle, 9782759229970</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId322"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent BRUN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laurent-brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9261-2666</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIRAD -Maîtrise des Intrants et des Résidus phytosanitaires pour des vergers d'Abricotiers Durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Codini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Fevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 109, pp.72-84. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2026-vol109-art06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05480440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-environment GWAS uncovers markers associated to biotic stress response and genotype-by-environment interactions in stone fruit trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïma Dlalah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horticulture research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (7), pp.uhaf088. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hr/uhaf088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dare to be resilient: the key to future pesticide-free orchards?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75 (13), pp.3835-3848. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erae150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560076v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting stone fruit trees to pesticide reduction: screening apricot and peach core collections for multi-pest resistance via integrative phenotyping under low pesticide management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1384, pp.329-338. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1384.43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protecting Apricot Orchards with Rain Shelters Reduces Twig Blight Damage Caused by Monilinia spp. and Makes It Possible to Reduce Fungicide Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Walser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Saudreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (5), pp.1338. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/agronomy13051338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduire les dégâts provoqués par les monilioses sur abricotier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Moncorger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaslain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oboussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 759-760, p10-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04902570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre la contamination des fleurs par Monilinia laxa. Le développement d'un modèle phéno-climatique de contamination des fleurs d'abricotier par la moniliose va permettre d'optimiser le pilotage de la protection contre la maladie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03500297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre la contamination des fleurs par Monilinia laxa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 740, p38-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enroulement chlorotique de l'abricotier (ECA) : les moyens de lutte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Labeyrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Decugis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Courthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Peyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 736, p11-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enroulement chlorotique de l'abricotier (ECA): situation en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sauvion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Labeyrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 735, p9-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future development of apricot blossom blight under climate change in Southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Garcia de Cortazar-Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Buléon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112, pp.125960. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2019.125960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different methods of evaluation of Monilinia laxa on apricot flowers and branches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. del Cueto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Stefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Oberhänsli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1290, pp.129-134. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2020.1290.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05151269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteria from four phylogroups of the Pseudomonas syringae complex can cause bacterial canker of apricot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Morgaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Blanco Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Chandeysson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 68 (7), pp.1249-1258. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apple prolifération, maladie ponctuelle ou émergente ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Zambujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sauvion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 395, pp.28-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier abricot : des bâches contre les maladies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 393, pp.54-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des intrants et durabilité des systèmes de production. Synthèse des résultats du projet Cap Red ©</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timmy Defert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gallia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hostalnou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infos CTIFL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 355, pp.35-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CAP ReD : Cerisier Abricotier Pruniers - Réduction des intrants et durabilité des systèmes de production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Defert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gallia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Hostalnou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 76, pp.311-334. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/40xtkp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection des abricotiers : un projet de haute volée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Bourbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 720, pp.29-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection des abricotiers: un projet de haute volée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Bourbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 720, p29-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chancre de l'abricotier, diversité bactérienne en verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Berge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Borschinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 727 (727), pp.42-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cynips du châtaignier : mise en œuvre et développement de la maitrise de ce ravageur par des moyens de contrôle biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L Brachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M. Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hennion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Deplaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boutitie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 55, pp.121-133. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.513776598154762E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des variétés de pommier testées en stratégie « bas-intrants »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 690, pp.12-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide des sensibilités variétales aux bio-agresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Arbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Supplément n°698</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regular bearing in the apple – Architectural basis for an early diagnosis on the young tree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 174, pp.10-16. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scienta.2014.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tavelure du pommier: Prophylaxie et stratégies de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, janv-fév, pp.24-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a cultivar mixture on scab, powdery mildew and rosy aphid in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 43, pp.207-212. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2012.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 11 Oïdium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 671, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life cycle analysis reveals higher agroecological benefits of organic and low-input apple production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Hayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33 (3), pp.581-592. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S13593-012-0124-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 9 La cloque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 669, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 10 : la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 670, 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 8 Oïdium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 665, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 5: la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 662, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enroulement chlorotique de l'abricotier (ECA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sauvion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Marie-Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Peyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, mai 2012 (654), pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 6 La tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 663, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 7 Puceron cendré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 664, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévoir les attaques de tavelure du pommier - Est-il possible de prévoir les périodes de fortes projections d'ascospores en verger ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lemarquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Orain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 640, pp.35-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 4 La rouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 1 Le chancre bactérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Arbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 659, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité au Monilia sur fleur de 16 variétés d'abricot : 4 années d'observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arbo Bio Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 159, pp.5-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 2 Le chancre bactérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Leon-Chapoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 660, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle sélection fruitière pour une production durable, à faible niveau d'intrants ? Méthodologie pour un réseau de sélection variétale décentralisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 15, pp.105-115. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/tjwc-sq36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 3 Monilioses sur fleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 661, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pommier et ses bioagresseurs – Les composantes dynamique et structurelle de l’architecture de l’arbre modulent les dynamiques d’infestation et d’infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 15, pp.65-77. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/kph6-vm20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lancement des fiches &amp;quot;sensibilité variétale&amp;quot; : une descritpion rigourouse est nécessaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 659, pp.6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioREco, un dispositif innovant pour évaluer les pratiques de protection en verger de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoom 26. Arboriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 29 novembre 2011 (1502), pp.2-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie &amp;quot;bas intrants fongicides&amp;quot; sur pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 636, pp.40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bactériose de l'abricotier fait des dégâts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Léon-Chapoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Exbrayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 298, pp.32-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démasquer la tavelure dissimulée sur feuilles en vergers de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois Toubon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 624, pp.9-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vergers de pommiers : Démasquer la tavelure dissimulée sur feuilles !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois Toubon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 635, pp.27-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioReco un dispositif innovant. Evaluation des performances et de l'impact environnemental des pratiques de protection en verger de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture en Val de Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9, pp.9-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioREco : un dispositif pour évaluer les pratiques de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Hayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 641, pp.30-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of apple cultivar susceptibility to Venturia inaequalis on scab epidemics in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 27 (6), pp.1009-1019. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2007.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamme variétale d'abricotiers : évaluation de la sensibilité au monilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 626-627, pp.20-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pomme: la charge ne suffit pas à expliquer la qualité du fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hucbourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 276, pp.44-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies innovantes contre la tavelure du pommier. Conception, évaluation et intégration en vergers à l'INRA : sept ans d'expérimentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 612, pp.10-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02657812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmenter le potentiel de production par la conduite centrifuge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hucbourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 277 (octobre), pp.50-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of leaf litter management on scab development in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 118, pp.249-255</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of cultivar mixtures on scab control in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56 (6), pp.1014-1022. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3059.2007.01695.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résistance partielle du pommier. Une alternative pour le contrôle de la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 617, pp.35-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de protection innovantes contre la tavelure du pommier : conception, évaluation et intégration en verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, pp.33-45. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/06e2-y743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la conduite centrifuge sur les principaux bio-agresseurs du pommier : 4 années d'expérimentation dans un verger conduit en Agriculture Biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arbo Bio Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 106, pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conduite centrifuge a des effets sur les bio agresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 76, pp.26-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conduite centrifuge a des effets sur les bio agreseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunil Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 247, pp.15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does manipulation of fruit-tree architecture affect the development of pests and pathogens? A case study in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Horticultural Science and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 81 (4), pp.765-773</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la conduite centrifuge du pommier sur l’infestation par les bio-agresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 581, pp.37-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diminuer les contaminations de tavelure : c'est possible en réduisant l'inoculum d'automne - bilan de 2 années d'essai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arbo Bio Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 88, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mildiou de la vigne, cuivre et sol : une longue histoire commune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Geoffrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 564, pp.37-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diminution des contaminations de tavelure en verger de pommiers par réduction de l'inoculum d'automne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fauriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 62, pp.12-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of elevated soil copper on phenology, growth and reproduction of five ruderal plant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Le Corff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 122, pp.361-368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of copper availability to plants in copper-contaminated vineyard soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Hinsinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pepin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 111, pp.293-302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between extractable copper, soil properties and copper uptake by wild plants in vineyard soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Richarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Rémy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 102, pp.151-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapter le matériel végétal pour une arboriculture bio plus résiliente - Evaluation de la sensibilité aux maladies de la Core Collection abricotiers INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon Agricole International tech &amp; bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chambres d'agriculture, Sep 2025, BOURG-LES-VALENCE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verger Bio : repenser les systèmes pour des performances durables. MIRAD - Maîtrise des Intrants et des Résidus phytosanitaires pour des vergers d’Abricotiers Durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Fevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Codini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon agricole international tech &amp; bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chambres d'agriculture, Sep 2025, Bourg-lès-Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-environment GWAS to decipher the response to natural infections in apricot and peach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïma Dlalah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rosaceae Genomics Conference (RGC 12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Sant Feliu de Guíxols, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the multi-disease challenge in apricot through single and multienvironment genome wide association studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHS Plum Apricot 2024 - 1. International Symposium on Apricot and Plum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE PACA - GAFL (UR1052 GAFL Génétique et amélioration des fruits et légumes), Apr 2024, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing multi-pest and disease resistance in stone fruit trees through genome-wide association studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI Eucarpia Symposium on Fruit Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eucarpia; International Society for Horticultural Sciences (ISHS); Julius Kühn-Institut (JKI), Sep 2023, Dresden (GERMANY), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of diseases susceptibility of peach cultivars in experimental plots and on-farm for organic and low-input systems. Baseline of french case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie-Joy Ondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation in Integrated &amp; Organic Horticulture, INNOHORT 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jun 2015, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of a cultivar mixture on scab control in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lemarquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Orain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International conference on organic fruit growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Hohenheim, Germany. 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'un mélange variétal sur la tavelure, l'oïdium et le puceron cendré en verger de pommier AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tech&amp;Bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chambre d'Agriculture de la Drôme (CA 26). Bourg lès Valence, FRA., Sep 2013, Bourg les Valence, France. 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to optimize fruit production systems using life cycle assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. international Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Organisation for Biological Control of Noxious Animals and Plants (IOBC). DNK., Oct 2012, Kusadasi, Turkey. XIV + 558 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité à l'oïdium et à la tavelure d'une gamme variétale de pommier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Technique Agriculture Biologique Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Lanxade, France. pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'un mélange variétal sur la tavelure, l'oïdium et le puceron cendré en verger de pommier AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre technique Agriculture Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Technique Interprofessionnel des Fruits et Légumes (CTIFL). La Force, FRA., Feb 2013, Lanxade, France. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between Venturia inaequalis potential ascospore dose, aerial ascospore concentration, climatic risks and scab development; effects on experimental designs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International IOBC-WPRS Workshop on Pome Fruit Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Organisation for Biological Control of Noxious Animals and Plants (IOBC). DNK., Aug 2011, Hasselt, Belgium. XIII + 336 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a cultivar mixture on scab, powdery mildew and rosy aphid in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International IOBC-WPRS Workshop on Pome Fruit Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Organisation for Biological Control of Noxious Animals and Plants (IOBC). DNK., Aug 2011, Hasselt, Belgium. XIII + 336 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tavelure du pommier : comparaison de stratégies de protection en AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Légumes et Cultures Pérennes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Dec 2012, Avignon, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale de l'abricotier au Monilia sur fleur, à la tavelure et à la rouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Phytosanitaire Fruits à Noyau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Balandran, France. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apricot susceptibility to blossom brown rot (&amp;lt;em&amp;gt;Monilia&amp;lt;/em&amp;gt; spp.) and leaf rust &amp;lt;em&amp;gt;(Tranzschelia&amp;lt;/em&amp;gt; spp.) under low-input production system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. international conference on organic fruit-Growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Hohenheim, Germany. 427 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances agronomiques et environnementales en verger de pommiers : 8 années d’expérimentation système</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Légumes &amp; Cultures Pérennes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Dec 2012, Avignon, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tavelure du pommier : comparaison de méthodes de prophylaxie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clemence Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Légumes et Cultures Pérennes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Dec 2012, Avignon, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abricot, fruit d'un terroir. La diversité de l'abricot, une richesse attachée au terroir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marie Ferréol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abricot de Rhône-Alpes, une stratégie d'avance!</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Mercurol, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et enjeux de la valeur agronomique technologique et environnementale chez les espèces fruitières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Grivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Brand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Eric Durel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres du Végétal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilités variétales. Pêchers & Abricotier. Bilan de 14 années d’observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIFFEL, salon Méditerranéen Interprofessionnel de la Filière Fruits Et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Avignon, France. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop regularity and fruit quality. When tree manipulation and genetics need to meet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the susceptibility to pests and diseases of 36 apple cultivars in 4 low-input organic orchards in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Conference on Organic Fruit Growing. Ecofruit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Hohenheim Universität, Germany. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building up, management and evaluation of orchard systems: a four-year experience in apple production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Buléon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prototyping orchard systems to reduce pesticide use: a five-year experience in apple production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Buléon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. ESA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of fungicide protection strategies in experimental apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is it possible to predict the aerial concentrations of Venturia inaequalis ascospores in apple orchards?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Orain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de systèmes vergers pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanny Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIVAL 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Angers, France. 36 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilités variétales: bilan du réseau de vergers semi-extensifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does knowledge on fruit tree architecture and its implications for orchard management improve horticultural sustainability ? An overview of recent advances in the apple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric P.-E. Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne E. Costes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc J.-L. Regnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I. International Symposium on Horticulture in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Vienne, Austria. pp.243-250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des pratiques de protection et du développement des maladies en vergers de pommiers biologiques dans le Sud-Est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois Toubon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la prophylaxie ? Comment ? Diaporama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réduction de l'inoculum primaire de tavelure en vergers de pommiers. Intégration de la prophylaxie dans le système de production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Saint-Marcel-lès-Valence, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de protection innovantes contre la tavelure du pommier: conception, évaluation et intégration en verger. Diaporama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'innovation agronomique - Protection intégrée en arboriculture et viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Paris, France. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of centrifugal tree training on pests and pathogens in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of apple cultivar mixtures on the epidemic of Venturia inaequalis in a treated orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Lindau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of centrifugal training on pests and pathogens in apple orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on arthropod pest problems in pome fruit production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Lleida, Spain. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la sensibilité variétale sur le déroulement des épidémies de tavelure en vergers de pommiers. Diaporama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres techniques Agriculture Biologique Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Lanxade, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02826408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diminution des contaminations de tavelure en verger de pommier bio par réduction de l'inoculum d'automne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres techniques Agriculture Biologique Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Lanxade, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02826183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbre fruitier. Architecture et variabilité génétique, manipulations, répercussions sur l’épidémiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire INRA SPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of ploughing in and removing litter leaves from the ground on the development of scab epidemics in an organic apple orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Scientific Conference of the International Society of Organic Agriculture Research (ISOFAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Adelaide, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raisonner la lutte contre la tavelure du pommier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque CTIFL/INRA - Production Fruitière Intégrée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Balandran, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la réduction de l'inoculum d'automne sur le développement des épidémies de tavelure en verger de pommiers biologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Dumont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées techniques Fruits et Légumes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Saint Pierre des Corps, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raisonner la lutte contre la tavelure du pommier, un enjeu majeur pour une arboriculture durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Conférence Internationale sur les maladies des plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2003, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la sensibilité variétale aux maladies de la Core Collection abricotier INRAE Gotheron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Le Pans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asensio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet des fourmis sur le développement du puceron cendré en vergers de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE Unité Expérimentale de Recherches Intégrées en Production Fruitière de Gotheron. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on se passer du cuivre en protection des cultures biologiques ? Rapport d'expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can organic agriculture give up copper as a crop protection product? Summary of the scientific assessment report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on se passer du cuivre en protection des cultures biologiques ? Synthèse de l'expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018, 66 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on se passer du cuivre en protection des cultures biologiques ? Résumé de l'expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can organic agriculture give up copper as a crop protection product? Synthesis of the scientific assessment report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut National de la Recherche Agronomique (INRA). 2018, 64 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimised resource use for top quality environment – SMARTFRUIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Asencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the genetic architecture of biotic stress response in stone fruit tree orchards under natural infections with a multi-environment GWAS approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïma Dlalah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une gestion des résistances du pommier à la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Caffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Le Cam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Eric Durel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Brisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 764, pp.21-25, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering plant resilience mechanisms to face the multiple disease challenge in fruit trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot-Turion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's find more resilient trees to reduce the use of phytosanitary products in orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Serrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Signoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tersys Implanteus 1st Summer School (TISS1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité et structuration des populations de Pseudomonas syringae en vergers d'abricotier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Morgaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Borschinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Chandeysson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rencontres Plantes-Bactéries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Aussois, France. , 2016, 12ièmes Rencontres Plantes-Bactéries, 11-15 janvier 2016, Centre Paul Langevin 75300 Aussois</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanges variétaux et prophylaxie : association de 2 pratiques culturales pour limiter le développement des bioagresseurs en vergers de pommiers AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Production horticole intégrée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Avignon, France. 1 p., 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is it possible to predict the aerial concentrations of Venturia inaequalis ascospores in apple orchards. Poster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Orain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France. 1 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-extensive&amp;quot; orchards as a model for sustainable fruit growing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST 864 meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Vienna, Austria. 1 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of burying and removing dead leaves from the ground on the development of scab epidemics in an apple organic orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Le Vallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International Conference on Cultivation Technique and Phytopathological Problems in Organic Fruit-Growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2004, Weinsberg, Germany. 1 p., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anticipation des impacts du changement climatique sur les bioagresseurs en arboriculture fruitière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Pincebourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Saudreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Quae. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les productions fruitières à l'heure du changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.319-353, 2022, 9782759232512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03498867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La combinaison de méthodes, fondement de la protection intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana L. Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Caffier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser la protection des cultures. Innovations et transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae Educagri Editions, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on se passer du cuivre en protection des cultures biologiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Daire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.126, 2019, Matière à Débattre et Décider, Andrivon, Didier; Savini, Isabelle, 9782759229970</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId322"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B8A5BF32"/>
+    <w:nsid w:val="02B925EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-brun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9261-2666" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05480440v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chamet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Codini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fevrier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol109-art06" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05069706v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Serrie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Dlalah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf088" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560076v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ribeyre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae150" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04337220v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clauzel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1384.43" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106602v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Walser" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Saudreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy13051338" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902570v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Moncorger" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Merlin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaslain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Oboussier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901706v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tresson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Dam" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03500297v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05151269v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. del Cueto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stefani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Oberh&#228;nsli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roch" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2020.1290.24" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901220v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labeyrie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Decugis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goral" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Courthieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Peyre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901604v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361185v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Garcia de Cortazar-Atauri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bul&#233;on" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.125960" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901566v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Parisi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Berge" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Borschinger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lacroix" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629344v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Millan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Defert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gallia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hostalnou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/40xtkp" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624706v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Millan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timmy Defert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gallia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hostalnou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624955v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Bourbier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901377v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622425v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Morgaint" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Blanco Garcia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guilbaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Chandeysson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13051" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620360v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zambujo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623092v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607793v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L Brachet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Fernandez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hennion" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Deplaude" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutitie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513776598154762E12" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903219v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mercier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Guillermin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Arbona" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635912v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Hubert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asencio" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268553v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric Lauri" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2014.05.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647026v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana L. Parisi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Eric Parveaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gomez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2012.09.014" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645989v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Laget" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645311v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201368v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hayer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gaillard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S13593-012-0124-7" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209903v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Eric Parveaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Libourel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Warlop" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209904v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209905v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651197v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506228v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Th&#233;baud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Marie-Jeanne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649404v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Broquaire" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209886v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Libourel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Romet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647222v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanny Guinaudeau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Morel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646519v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Broquaire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648364v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646045v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642572v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delaunay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Leon-Chapoux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649221v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Didelot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarquand" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Orain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644350v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tjwc-sq36" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643033v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Simon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Morel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/kph6-vm20" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643268v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647974v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656183v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666718v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie L&#233;on-Chapoux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fournier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Exbrayat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653946v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Francois Toubon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662804v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654271v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Sauphanor" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653743v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665649v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Girard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hucbourg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666045v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2007.12.009" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4R4SN4PT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666653v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657812v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665479v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663240v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Didelot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/06e2-y743" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665707v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chauffour" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien de Le Vallee" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662672v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2007.01695.x" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653901v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656216v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Defrance" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664470v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654497v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655947v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Simon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680028v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672879v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672771v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Geoffrion" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670512v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fauriel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682386v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Le Corff" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maillet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682301v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pepin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698816v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Richarte" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herrmann" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. R&#233;my" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064924v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285784v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288237v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560062v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209956v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fleury" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738751v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Brenner" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie-Joy Ondet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Libourel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795483v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811499v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747599v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hayer" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gaillard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209923v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808898v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747782v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747654v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749237v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810082v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747841v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746309v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750361v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811069v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gilles" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Ferr&#233;ol" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750112v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Grivault" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Brand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eric Durel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Plenet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805555v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756746v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757373v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Payen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754754v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819519v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Romet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757676v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754482v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756515v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964667v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric P.-E. Lauri" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Costes" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc J.-L. Regnard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824706v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754195v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817145v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757027v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Miranda" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821956v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754748v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Clement" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818809v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762959v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826183v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826408v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763827v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833524v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dumont" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759760v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759783v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958281v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le Pans" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asensio" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04759062v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707099v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubry" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944797v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bertrand" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daire" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791118v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790342v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791535v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944872v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816182v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155954v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181863v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Gilles" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Signoret" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743174v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810500v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818461v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823954v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825007v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rolland" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190270v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Caffier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Cam" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Eric Durel" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Brisset" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurens" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03498867v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saudreau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803347v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791366v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1563/9782759229987/peut-on-se-passer-du-cuivre-en-protection-des-cultures-biologiques" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-brun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9261-2666" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05480440v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chamet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Codini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fevrier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol109-art06" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05069706v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Serrie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Dlalah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf088" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560076v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ribeyre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae150" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04337220v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clauzel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1384.43" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106602v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Walser" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Saudreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy13051338" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902570v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Moncorger" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Merlin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaslain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Oboussier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03500297v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tresson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Dam" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901706v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901220v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labeyrie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Decugis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goral" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Courthieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Peyre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901604v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361185v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Garcia de Cortazar-Atauri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bul&#233;on" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.125960" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05151269v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. del Cueto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stefani" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Oberh&#228;nsli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2020.1290.24" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622425v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Parisi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Morgaint" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Blanco Garcia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guilbaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Chandeysson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13051" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620360v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zambujo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623092v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624706v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Millan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timmy Defert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gallia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hostalnou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629344v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Millan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Defert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gallia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hostalnou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/40xtkp" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624955v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Bourbier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901377v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901566v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Berge" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Borschinger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lacroix" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607793v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L Brachet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Fernandez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hennion" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Deplaude" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutitie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513776598154762E12" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635912v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Hubert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asencio" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903219v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mercier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Guillermin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Arbona" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268553v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric Lauri" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2014.05.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645311v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gomez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Eric Parveaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647026v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana L. Parisi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2012.09.014" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645989v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Laget" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201368v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hayer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gaillard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S13593-012-0124-7" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651197v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Eric Parveaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Libourel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Warlop" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209905v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209904v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649404v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Broquaire" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506228v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Th&#233;baud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Marie-Jeanne" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209886v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Libourel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Romet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209903v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649221v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Didelot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarquand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Orain" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646519v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Broquaire" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648364v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646045v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642572v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delaunay" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Leon-Chapoux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644350v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tjwc-sq36" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643268v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643033v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Simon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Morel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/kph6-vm20" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647974v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647222v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanny Guinaudeau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Morel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656183v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666718v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie L&#233;on-Chapoux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fournier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Exbrayat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662804v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Francois Toubon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653946v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653743v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Sauphanor" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654271v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666045v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2007.12.009" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4R4SN4PT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666653v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665649v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Girard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hucbourg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657812v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665479v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665707v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chauffour" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien de Le Vallee" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662672v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2007.01695.x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653901v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663240v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Didelot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/06e2-y743" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664470v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Defrance" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654497v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655947v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Simon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656216v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680028v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672879v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672771v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Geoffrion" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670512v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fauriel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682386v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Le Corff" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maillet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682301v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pepin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698816v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Richarte" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herrmann" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. R&#233;my" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288237v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285784v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064924v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560062v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209956v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fleury" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738751v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Brenner" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie-Joy Ondet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Libourel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795483v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808898v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747599v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hayer" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gaillard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209923v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811499v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747654v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747782v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747841v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810082v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746309v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749237v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750361v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811069v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gilles" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Ferr&#233;ol" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750112v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Grivault" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Brand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eric Durel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Plenet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805555v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757676v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819519v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Romet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754754v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754482v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756746v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757373v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Payen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824706v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754195v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964667v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric P.-E. Lauri" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Costes" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc J.-L. Regnard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756515v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817145v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821956v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757027v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Miranda" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754748v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Clement" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818809v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826408v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826183v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762959v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763827v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759760v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833524v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dumont" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759783v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958281v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le Pans" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asensio" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707099v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubry" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791118v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bertrand" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daire" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944797v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790342v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791535v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944872v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816182v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04759062v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190270v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Caffier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Cam" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Eric Durel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Brisset" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurens" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155954v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181863v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Gilles" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Signoret" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743174v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810500v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818461v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823954v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825007v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rolland" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03498867v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saudreau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803347v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791366v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1563/9782759229987/peut-on-se-passer-du-cuivre-en-protection-des-cultures-biologiques" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>