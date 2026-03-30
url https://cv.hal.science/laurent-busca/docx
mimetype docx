--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -629,178 +629,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'apport du concept de fétiche à l'étude des dynamiques des marchés de haute technologie</w:t>
+                <w:t xml:space="preserve">The Performative Effect of Marketing Metrics: Investigating the Sensemaking Process of Social Media Managers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bertrandias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24èmes Journées Normandes de Recherche en Consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Caen, France</w:t>
+              <w:t xml:space="preserve">GIT Pratiques du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Aix -en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05381850v1</w:t>
+                <w:t xml:space="preserve">hal-05266396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Performative Effect of Marketing Metrics: Investigating the Sensemaking Process of Social Media Managers</w:t>
+                <w:t xml:space="preserve">L'apport du concept de fétiche à l'étude des dynamiques des marchés de haute technologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bertrandias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GIT Pratiques du Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Aix -en-Provence, France</w:t>
+              <w:t xml:space="preserve">24èmes Journées Normandes de Recherche en Consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266396v1</w:t>
+                <w:t xml:space="preserve">hal-05381850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une typologie de l'indifférence dans la consommation : Implications pour le marketing responsable</w:t>
               </w:r>
@@ -1479,588 +1479,588 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04110711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a cultural (dis)intertwinement theory: Insights from social media</w:t>
+                <w:t xml:space="preserve">Le consommateur multiface : Pratiques et conséquences du gouvernement des médias sociaux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bertrandias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th European Marketing Academy Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Oslo, Norway</w:t>
+              <w:t xml:space="preserve">32 ème Congrès de l’Association Française du Marketing (AFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04791557v1</w:t>
+                <w:t xml:space="preserve">halshs-01406754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le consommateur multiface : Pratiques et conséquences du gouvernement des médias sociaux.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward a cultural (dis)intertwinement theory: Insights from social media.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bertrandias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bertrandias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32 ème Congrès de l’Association Française du Marketing (AFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">45th Annual Conference of the European Marketing Academy (EMAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01406754v1</w:t>
+                <w:t xml:space="preserve">halshs-01406483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a cultural (dis)intertwinement theory: Insights from social media.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'étude des routines marketing : conceptualisation, perspectives théoriques et pertinence managériale et pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th Annual Conference of the European Marketing Academy (EMAC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Oslo, Norway</w:t>
+              <w:t xml:space="preserve">34ème Conférence de l’Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01406483v1</w:t>
+                <w:t xml:space="preserve">hal-04791577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'étude des routines marketing : conceptualisation, perspectives théoriques et pertinence managériale et pédagogique</w:t>
+                <w:t xml:space="preserve">The Many-Faced Consumer: Practices and Consequences of Social Media Government</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bertrandias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34ème Conférence de l’Association Française du Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Association for Consumer Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04791577v1</w:t>
+                <w:t xml:space="preserve">hal-04791597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Many-Faced Consumer: Practices and Consequences of Social Media Government</w:t>
+                <w:t xml:space="preserve">Toward a cultural (dis)intertwinement theory: Insights from social media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bertrandias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association for Consumer Research Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">45th European Marketing Academy Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04791597v1</w:t>
+                <w:t xml:space="preserve">hal-04791557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La théorie du dispositif de Michel Foucault : proposition d’un cadre conceptuel appliqué aux communautés virtuelles gérées par les marques</w:t>
+                <w:t xml:space="preserve">Trouver sa légitimité : comment les Community Managers tentent de s’intégrer dans une stratégie marketing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bertrandias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13èmes Journées Normandes de Recherche sur la Consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NIMEC, Nov 2014, Rouen, France</w:t>
+              <w:t xml:space="preserve">30ème Congrès de l'AFM (Association Française du Marketing) - Innovation et territoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFM (Association Française du Marketing), May 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04235855v1</w:t>
+                <w:t xml:space="preserve">hal-04218454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trouver sa légitimité : comment les Community Managers tentent de s’intégrer dans une stratégie marketing.</w:t>
+                <w:t xml:space="preserve">La théorie du dispositif de Michel Foucault : proposition d’un cadre conceptuel appliqué aux communautés virtuelles gérées par les marques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Busca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bertrandias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème Congrès de l'AFM (Association Française du Marketing) - Innovation et territoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFM (Association Française du Marketing), May 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">13èmes Journées Normandes de Recherche sur la Consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NIMEC, Nov 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04218454v1</w:t>
+                <w:t xml:space="preserve">hal-04235855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2239,51 +2239,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BF0DC262"/>
+    <w:nsid w:val="A9BBB01D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2470,51 +2470,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-busca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4436-4933" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23539257X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04680040v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Loupiac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cr&#233;pin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Busca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1113020ar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129201v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cauchard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Folcher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mussol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/9ZEF-V857" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03256558v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grobert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Vellera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/caim.12443" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02391063v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bertrandias" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intmar.2019.08.002" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381850v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266396v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04680787v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04680801v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03964770v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544807v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791500v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Massa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967491v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Collin-Lachaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Volle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Do Vale" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacob" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791509v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04110711v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pichon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791557v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01406754v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01406483v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791577v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791597v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04235855v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04218454v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01649049v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-busca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4436-4933" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23539257X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04680040v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Loupiac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cr&#233;pin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Busca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1113020ar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129201v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cauchard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Folcher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mussol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/9ZEF-V857" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03256558v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grobert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Vellera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/caim.12443" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02391063v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bertrandias" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intmar.2019.08.002" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266396v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381850v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04680787v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04680801v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03964770v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544807v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791500v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Massa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967491v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Collin-Lachaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Volle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Do Vale" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacob" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791509v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04110711v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pichon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01406754v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01406483v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791577v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791597v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791557v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04218454v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04235855v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01649049v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>