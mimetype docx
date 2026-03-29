--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -474,256 +474,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05529074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La notation musicale dans le papyrus P. CtYBR inv. 4510 : relecture et nouvelles interprétations</w:t>
+                <w:t xml:space="preserve">De l’« êta négligé » au « pi tiré vers le bas » : problèmes d’identification et de dénomination des signes musicaux d’après le P. Mich. inv. 1205</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Greek and roman musical studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (2), pp.1-29. </w:t>
+              <w:t xml:space="preserve">Archiv für Papyrusforschung und verwandte Gebiete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69 (2), pp.296-317. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/22129758-12341391⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/apf-2023-0017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04104686v1</w:t>
+                <w:t xml:space="preserve">halshs-04451048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’« êta négligé » au « pi tiré vers le bas » : problèmes d’identification et de dénomination des signes musicaux d’après le P. Mich. inv. 1205</w:t>
+                <w:t xml:space="preserve">Compte rendu de : &amp;quot;Musique et danse dans le monde gréco-romain : l'apport des papyrus&amp;quot;, Textes rassemblés et édités par M.-H. Marganne et G. Nocchi Macedo, Liège, Presses universitaires de Liège, 2022 (Cahiers du CeDoPaL 10)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archiv für Papyrusforschung und verwandte Gebiete</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des Études Grecques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 136, pp.202-204</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04451048v1</w:t>
+                <w:t xml:space="preserve">halshs-04451042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu de : &amp;quot;Musique et danse dans le monde gréco-romain : l'apport des papyrus&amp;quot;, Textes rassemblés et édités par M.-H. Marganne et G. Nocchi Macedo, Liège, Presses universitaires de Liège, 2022 (Cahiers du CeDoPaL 10)</w:t>
+                <w:t xml:space="preserve">La notation musicale dans le papyrus P. CtYBR inv. 4510 : relecture et nouvelles interprétations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Études Grecques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Greek and roman musical studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (2), pp.1-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/22129758-12341391⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-04451042v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04104686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Publishing open-access bibliographical data on Ancient Greek and Latin texts: challenges, constraints, progression</w:t>
               </w:r>
@@ -2697,51 +2697,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03996940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dadisho‘ Qaṭraya. Commentaire sur le Paradis des Pères. Tome III (2e partie, questions 179-291)</w:t>
+                <w:t xml:space="preserve">Dadisho‘ Qaṭraya. Commentaire sur le Paradis des Pères. Tome II (2e partie, questions 1-178)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Phillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
@@ -2756,97 +2756,97 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bady</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Les Éditions du Cerf, 2022, Sources Chrétiennes 628, 978-2-204-14704-0</w:t>
+              <w:t xml:space="preserve">Les Éditions du Cerf, 2022, Sources Chrétiennes 627, 978-2-204-14703-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923795v1</w:t>
+                <w:t xml:space="preserve">hal-04923794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dadisho‘ Qaṭraya. Commentaire sur le Paradis des Pères. Tome II (2e partie, questions 1-178)</w:t>
+                <w:t xml:space="preserve">Dadisho‘ Qaṭraya. Commentaire sur le Paradis des Pères. Tome III (2e partie, questions 179-291)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Phillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
@@ -2861,73 +2861,73 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bady</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Les Éditions du Cerf, 2022, Sources Chrétiennes 627, 978-2-204-14703-3</w:t>
+              <w:t xml:space="preserve">Les Éditions du Cerf, 2022, Sources Chrétiennes 628, 978-2-204-14704-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923794v1</w:t>
+                <w:t xml:space="preserve">hal-04923795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dadisho‘ Qaṭraya. Commentaire sur le Paradis des Pères. Tome I (1re partie)</w:t>
               </w:r>
@@ -3893,737 +3893,844 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01444520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Cours (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séminaire «Initiation à la musique grecque antique : l'Introduction harmonique de Cléonide» (2025-2026)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Capron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Weddigen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Master. Séminaire « Initiation à la musique grecque antique : l’Introduction harmonique de Cléonide », École Normale Supérieure (Ulm), France. 2025, pp.23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cours</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05526895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Femme, le Serpent et les zélés Moralistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04003035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliotheca hagiographica latina (BHL) et Bibliotheca hagiographica graeca (BHG) : fiche technique et liens utiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04003043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des « Apophtegmata patrum » en grec, en araméen christopalestinien… et en arménien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ponctuation dans les manuscrits en araméen christopalestinien : quelle importance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les “Vitae Patrum” : brève histoire de l’édition d’un corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarmatas, Silvain et Théophile sont dans un codex (ou deux) : quand l’identification des textes sert la codicologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De quoi l’« Anthologie grecque » est-elle le nom ? Histoire éditoriale d’un corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La tradition des collections et des compilations de textes : le cas des “Compositiones lucenses”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le prix pour soigner son âme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autorité et enjeux de pouvoir : quel auteur pour les « Carmina Marciana » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le “Fragmentum Muratorianum”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04451301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4633,511 +4740,511 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">11.11 Prayer of Manasseh : Christian Palestinian Aramaic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textual History of the Bible, vol. 2: The Deuterocanonical Scriptures, part 2C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.272-274. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/2452-4107_thb_COM_0211110000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03551827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4.12 Ecclesiasticus/Ben Sira: Christian Palestinian Aramaic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textual History of the Bible, vol. 2: The Deuterocanonical Scriptures, part 2B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.282-283. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/2452-4107_thb_com_0204120000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03551823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.4.11 Baruch/Jeremiah : Letter of Jeremiah : Christian Palestinian Aramaic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textual History of the Bible, vol. 2: The Deuterocanonical Scriptures, part 2B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.110-111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/2452-4107_thb_com_0202041100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03551821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Textual History of the Bible, vol. 2: The Deuterocanonical Scriptures (gen. ed. A. Lange; vol. eds. F. Feder and M. Henze). Christian Palestinian Aramaic Texts.</w:t>
+                <w:t xml:space="preserve">2.1.11 Baruch/Jeremiah : 1 Baruch : Christian Palestinian Aramaic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Textual History of the Bible, vol. 2, The Deuterocanonical Scriptures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/2452-4107_thb_com_241939⟩</w:t>
+              <w:t xml:space="preserve">Textual History of the Bible, vol. 2: The Deuterocanonical Scriptures, part 2B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.37-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/2452-4107_thb_com_0202011100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03514702v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2.1.11 Baruch/Jeremiah : 1 Baruch : Christian Palestinian Aramaic</w:t>
+                <w:t xml:space="preserve">Textual History of the Bible, vol. 2: The Deuterocanonical Scriptures (gen. ed. A. Lange; vol. eds. F. Feder and M. Henze). Christian Palestinian Aramaic Texts.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Textual History of the Bible, vol. 2: The Deuterocanonical Scriptures, part 2B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/2452-4107_thb_com_0202011100⟩</w:t>
+              <w:t xml:space="preserve">Textual History of the Bible, vol. 2, The Deuterocanonical Scriptures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/2452-4107_thb_com_241939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03551829v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03514702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">15.11 Wisdom of Solomon : Christian Palestinian Aramaic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textual History of the Bible, vol. 2: The Deuterocanonical Scriptures, part 2C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.535-536. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/2452-4107_thb_com_0215110000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03551828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId103"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5205,51 +5312,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A6EC95AA"/>
+    <w:nsid w:val="55EB6290"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5436,51 +5543,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-capron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6874-0839" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/14815428X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/305341427" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000426651450" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciris.huma-num.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05529074v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delattre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04104686v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22129758-12341391" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451048v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/apf-2023-0017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451042v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242823v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Giovacchini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.7530" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910285v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grignon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.526" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507316v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506073v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/SE.61.0.3286686" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507301v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552381v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Clarysse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothy J. Thompson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506070v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552237v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550909v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550903v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944167v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dumoulin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fournet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Husson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550878v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451060v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451260v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03989051v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03989023v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03989145v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04010493v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506080v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552737v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551087v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551059v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552203v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552213v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996940v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lemaire" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923795v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Phillips" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bady" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923794v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923796v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526288v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03516434v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552436v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552366v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002830v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065915v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Berra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Psilakis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Weiss" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036626v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509598v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caye" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01444520v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04003035v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04003043v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451282v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451272v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451285v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451275v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451270v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451287v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451294v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451289v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451301v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551827v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_COM_0211110000" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551823v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_0204120000" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551821v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_0202041100" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514702v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_241939" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551829v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_0202011100" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551828v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_0215110000" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-capron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6874-0839" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/14815428X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/305341427" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000426651450" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciris.huma-num.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05529074v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delattre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451048v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/apf-2023-0017" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451042v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04104686v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22129758-12341391" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242823v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Giovacchini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.7530" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910285v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grignon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.526" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507316v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506073v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/SE.61.0.3286686" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507301v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552381v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Clarysse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothy J. Thompson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506070v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552237v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550909v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550903v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944167v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dumoulin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fournet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Husson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550878v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451060v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451260v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03989051v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03989023v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03989145v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04010493v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506080v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552737v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551087v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551059v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552203v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552213v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996940v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lemaire" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923794v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Phillips" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bady" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923795v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923796v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526288v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03516434v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552436v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552366v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002830v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065915v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Berra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Psilakis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Weiss" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036626v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509598v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caye" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01444520v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05526895v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Weddigen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04003035v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04003043v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451282v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451272v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451285v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451275v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451270v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451287v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451294v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451289v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04451301v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551827v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_COM_0211110000" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551823v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_0204120000" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551821v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_0202041100" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551829v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_0202011100" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514702v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_241939" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551828v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2452-4107_thb_com_0215110000" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>