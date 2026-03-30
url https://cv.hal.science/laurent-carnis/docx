--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,7742 +66,7992 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preventing Road Accidents by Deterring Excessive Speeding</w:t>
+                <w:t xml:space="preserve">Social identity and relationship to traffic rules among different categories of road users: presentation and results of the DIALOGUE project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anthony Piermattéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Routa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Notes du CREOGN</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">Workshop “Social identity and relationship to traffic rules”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491740v1</w:t>
+                <w:t xml:space="preserve">hal-05561878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Lemennicier (1943–2019): défenseur infatigable de la liberté</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acceptability of public policies in mobility and road safety: a scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anthony Piermattéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Bec-Gerion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal des économistes et des études humaines</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05084963v1</w:t>
+              <w:t xml:space="preserve">Road Safety on Five Continents (RS5C) conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Swedish National Road and Transport Research Institute (VTI), Sep 2025, Leeds, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05388141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévenir les accidents de la route par la dissuasion des vitesses excessives</w:t>
+                <w:t xml:space="preserve">Tous logés à la même enseigne ? La légitimité des règles de circulation face à un manque d’équité perçue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Carnis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anthony Piermattéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Bec-Gerion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Eyssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Notes du CREOGN</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05130855v1</w:t>
+              <w:t xml:space="preserve">7èmes Rencontres Francophone Transport Mobilité (RFTM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres Francophone Transport Mobilité (RFTM), Jun 2025, Dunkerque, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05160318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the 80 km/h speed limit save lives in France?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">L’acceptabilité des politiques publiques dans les champs de la mobilité et de la sécurité routière : une analyse de la portée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Bec-Gerion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Eyssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Safety Research</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04699257v1</w:t>
+              <w:t xml:space="preserve">6eme Rencontres Francophones Transport Mobilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Bruxelles, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rule-orientation and adherence to traffic laws among French drivers: An exploratory study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Carnis</w:t>
+                <w:t xml:space="preserve">Road Safety Management in Africa: Challenges and Solutions for Tomorrow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04680486v1</w:t>
+              <w:t xml:space="preserve">Piarc World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Piarc, Oct 2023, Prague (Czech Republic), Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04562567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the health crisis, COVID 19, on compliance with safety rules by type of user: Comparative analysis of car drivers and motorcyclists</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The impact of perceived legitimacy on road traffic rules internalization and self-reported compliance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Piermattéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Evennou</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04431804v1</w:t>
+              <w:t xml:space="preserve">17th European Congress of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Ljubljana, Slovenia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Multidimensional Model of Legitimacy: Validation of the Traffic Rules Perceived Legitimacy scale</w:t>
+                <w:t xml:space="preserve">Vers un modèle multidimensionnel de la légitimité : étude préliminaire appliquée à la sécurité routière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Varet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Piermattéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology, Public Policy, and Law</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">14ème Congrès International de Psychologie Sociale en Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04342132v1</w:t>
+                <w:t xml:space="preserve">hal-04196742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Clustering Analysis of Lebanese Adaptive Driving Behaviors in Response to Road Complexity</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Toward a mutlidimensional model of perceived legitimacy of traffic rules: results from a literature review and an empirical study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Varet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open transportation Journal</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04611905v1</w:t>
+              <w:t xml:space="preserve">17th European Congress of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Ljubljana, Slovenia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Voyage de l'Humanité, aux origines de la richesse et des inégalités de Oded Galor&amp;quot;, Notes de lecture par Laurent Carnis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La sécurité routière en Algérie au défi du management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal des libertes</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04331548v1</w:t>
+              <w:t xml:space="preserve">sanuit-maghreb, 1er colloque international de sécurité routière au Maghreb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, TUNIS, Tunisie. 17p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of perceived legitimacy of road safety rules in France</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Impact du confinement sur la perception de la mobilité et de la sécurité routière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Eyssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bel-Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Evennou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Procedia</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04344416v1</w:t>
+              <w:t xml:space="preserve">JM-RST Journées Mobilités du Réseau Scientifique et Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, (visioconférence), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03663599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valoriser les dommages corporels : un enjeu important pour la sécurité routière</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Sécurité routière et véhicule autonome : Une analyse néo-institutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PONDERATION</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04315441v1</w:t>
+              <w:t xml:space="preserve">Conférence conjointe virtuelle ACPSER/PRI 2021, 30ème Conférence de l&amp;apos;Association Canadienne des Professionnels de la SEcurité Routière et 14ème Congrès mondial de la PRI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Virtuel, France. 19p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03327340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre continuité et renouveau</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Étude de la perception des usagers de la route sur le permis à points en Algérie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04282204v2</w:t>
+              <w:t xml:space="preserve">RFTM 2021, 3èmes Rencontres Francophones Transport Mobilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Marne-la-Vallée, France. 18p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions entre règles sociales de santé publique : étude des liens entre le port du masque et les règles routières en temps de crise sanitaire</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Sécurité routière et véhicule autonome : le positionnement de la question en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03798079v1</w:t>
+              <w:t xml:space="preserve">30ème conférence de l&amp;apos;Association Canadienne des Professionnels de la Sécurité Routière, Webinaire série : Conception évoluée des véhicules, véhicules autonomes et connectés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, virtuel, France. 19p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A change for road safety management in Algeria?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Developing safe system projects in Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Usami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noella B Kunsoan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Persia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayan Gonzalez Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Meta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03673270v1</w:t>
+              <w:t xml:space="preserve">26th World Road Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Abou Dhabi, United Arab Emirates. 16 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03007699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economic valuation of preventing fatal and serious road injuries. Results of a Willingness-To-Pay study in four European countries</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Perspectives critiques sur l'évaluation socio-économique des politiques publiques de sécurité routière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03782320v1</w:t>
+              <w:t xml:space="preserve">26th World Road Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Abou Dhabi, Émirats arabes unis. 14 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02987232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an Integrated Road Safety Management: The Institutional-Strategy-Environment (ISE) Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The cost of road injuries in France: some preliminary outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Large</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Safety</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04313910v1</w:t>
+              <w:t xml:space="preserve">18th International Conference Road Safety on Five Continents (RS5C 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, JEJU, South Korea. 14 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02265815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The excuse is worse than the fault: It's time now to improve road safety in Lebanon</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Valorisation socio-économique de la morbidité routière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Large</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Studies on Transport Policy</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03382986v1</w:t>
+              <w:t xml:space="preserve">Comité des études DSR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, PARIS, France. 19 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Enjeux de sécurité chez les piétons et les cyclistes. Éditorial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Laboratoire DEST, Dynamiques économiques et sociales des transports, visite de la DS, le 29 mai 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Papon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Armoogum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie Claude Ouimet</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hivert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03364010v1</w:t>
+              <w:t xml:space="preserve">Visite de la Direction Scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Marne la Vallée, Cité Descartes, France. 22p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01583710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Perceived Legitimacy in Understanding Traffic Rule Compliance: A Scoping Review</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">An economic analysis of wrong-way driving and possible countermeasures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Kemel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03303792v1</w:t>
+              <w:t xml:space="preserve">TRA - Transport Research Arena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, France. 9p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00983342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rien ne sert de courir, il faut partir à point</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Physical Impairment and Medical Care Spending by Road Accident Victims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Achit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science .. et pseudo-sciences</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03373580v1</w:t>
+              <w:t xml:space="preserve">16th Road Safety on Four Continents Conference (RS4C)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, China. 12p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00853403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Costs related to serious road injuries: a European perspective</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Présentation Dest à la journée de connaissance réciproque avec l'ERUDITE, 29/01/2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Loup Madre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu de Lapparent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rune Elvik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Transport Research Review (ETRR)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02988298v1</w:t>
+              <w:t xml:space="preserve">Journée de connaissance réciproque avec l'ERUDITE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux et défis de la sécurité routière en Tunisie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Conséquences socioéconomiques pour les victimes un an après l'accident de la route : résultats de la cohorte ESPARR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Chossegros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03002786v1</w:t>
+              <w:t xml:space="preserve">ADELF épidémiologie sociale et inégalités de santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, TOULOUSE, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01218145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systematic cost-benefit analysis of 29 road safety measures</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Public Policy in Evolution: Speed Enforcement in France (2000-2010)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-02571836v1</w:t>
+              <w:t xml:space="preserve">Australasian Road Safety Research, Policing and Education Conference 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Australia. 10p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analysis of official road crash cost estimates in European countries</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Automated Speed Enforcement: What The French Experience Can Teach Us</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Safety science</w:t>
-[...2666 lines deleted...]
-                <w:t xml:space="preserve">hal-04148300v1</w:t>
+              <w:t xml:space="preserve">Road Safety 2020: Smart Solutions, Sustainability, Vision The Australasian College of Road Safety Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Perth, Western Australia, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00430965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acceptability of public policies in mobility and road safety: a scoping review</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La prévention du risque routier professionnel au sein du corps des sapeurs-pompiers en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Kletzlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Anaïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Dias</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Giuriati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Pérona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Road Safety on Five Continents (RS5C) conference</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05388141v1</w:t>
+              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tous logés à la même enseigne ? La légitimité des règles de circulation face à un manque d’équité perçue</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preventing Road Accidents by Deterring Excessive Speeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Rencontres Francophone Transport Mobilité (RFTM)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05160318v1</w:t>
+              <w:t xml:space="preserve">Les Notes du CREOGN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’acceptabilité des politiques publiques dans les champs de la mobilité et de la sécurité routière : une analyse de la portée</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Bertrand Lemennicier (1943–2019): défenseur infatigable de la liberté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gentier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6eme Rencontres Francophones Transport Mobilité</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04779894v1</w:t>
+              <w:t xml:space="preserve">Journal des économistes et des études humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (1), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/jeeh-2025-0010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Road Safety Management in Africa: Challenges and Solutions for Tomorrow</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D Mignot</w:t>
+                <w:t xml:space="preserve">Prévenir les accidents de la route par la dissuasion des vitesses excessives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Piarc World Congress</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04562567v1</w:t>
+              <w:t xml:space="preserve">Les Notes du CREOGN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05130855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of perceived legitimacy on road traffic rules internalization and self-reported compliance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Towards a Multidimensional Model of Legitimacy: Validation of the Traffic Rules Perceived Legitimacy scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Varet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Piermattéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th European Congress of Psychology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04196483v1</w:t>
+              <w:t xml:space="preserve">Psychology, Public Policy, and Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (2), pp.206-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/law0000416⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04342132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers un modèle multidimensionnel de la légitimité : étude préliminaire appliquée à la sécurité routière</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A Clustering Analysis of Lebanese Adaptive Driving Behaviors in Response to Road Complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Kobeissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafic Faddoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wassim Raphael</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Congrès International de Psychologie Sociale en Langue Française</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04196742v1</w:t>
+              <w:t xml:space="preserve">Open transportation Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/0126671212315104240521104431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a mutlidimensional model of perceived legitimacy of traffic rules: results from a literature review and an empirical study.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Does the 80 km/h speed limit save lives in France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th European Congress of Psychology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04196493v1</w:t>
+              <w:t xml:space="preserve">Journal of Safety Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 88, pp.326 - 335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsr.2023.11.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sécurité routière et véhicule autonome : Une analyse néo-institutionnelle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Rule-orientation and adherence to traffic laws among French drivers: An exploratory study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cestac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence conjointe virtuelle ACPSER/PRI 2021, 30ème Conférence de l&amp;apos;Association Canadienne des Professionnels de la SEcurité Routière et 14ème Congrès mondial de la PRI</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03327340v1</w:t>
+              <w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 105, pp.417-426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trf.2024.07.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la perception des usagers de la route sur le permis à points en Algérie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Impact of the health crisis, COVID 19, on compliance with safety rules by type of user: Comparative analysis of car drivers and motorcyclists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Eyssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bel-Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Evennou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFTM 2021, 3èmes Rencontres Francophones Transport Mobilité</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03328468v1</w:t>
+              <w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 101, pp.186 - 198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trf.2023.12.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04431804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sécurité routière en Algérie au défi du management</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Le Voyage de l'Humanité, aux origines de la richesse et des inégalités de Oded Galor&amp;quot;, Notes de lecture par Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">sanuit-maghreb, 1er colloque international de sécurité routière au Maghreb</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03451603v1</w:t>
+              <w:t xml:space="preserve">Journal des libertes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21, pp 131-138</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04331548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du confinement sur la perception de la mobilité et de la sécurité routière</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The impact of perceived legitimacy of road safety rules in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carnis Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Varet Florent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Evennou</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pelé Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JM-RST Journées Mobilités du Réseau Scientifique et Technique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03663599v1</w:t>
+              <w:t xml:space="preserve">Transportation Research Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Transport Research Arena (TRA) Conference, 72, pp.1069 - 1073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trpro.2023.11.537⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04344416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sécurité routière et véhicule autonome : le positionnement de la question en France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Valoriser les dommages corporels : un enjeu important pour la sécurité routière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème conférence de l&amp;apos;Association Canadienne des Professionnels de la Sécurité Routière, Webinaire série : Conception évoluée des véhicules, véhicules autonomes et connectés</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03328412v1</w:t>
+              <w:t xml:space="preserve">PONDERATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 129, p 9-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing safe system projects in Africa</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Entre continuité et renouveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th World Road Congress</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03007699v1</w:t>
+              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 80-81 | 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/cst.12558⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282204v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives critiques sur l'évaluation socio-économique des politiques publiques de sécurité routière</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Interactions entre règles sociales de santé publique : étude des liens entre le port du masque et les règles routières en temps de crise sanitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Eyssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bel-Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Evenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th World Road Congress</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02987232v1</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 67 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.09.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03798079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cost of road injuries in France: some preliminary outcomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Economic valuation of preventing fatal and serious road injuries. Results of a Willingness-To-Pay study in four European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Schoeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Large</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Koning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stjin Daniels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference Road Safety on Five Continents (RS5C 2018)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02265815v1</w:t>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 173, 13p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2022.106705⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03782320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation socio-économique de la morbidité routière</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A change for road safety management in Algeria?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comité des études DSR</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01713565v1</w:t>
+              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022, 10p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25578/RTS_ISSN1951-6614_2022-07⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03673270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratoire DEST, Dynamiques économiques et sociales des transports, visite de la DS, le 29 mai 2017</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Towards an Integrated Road Safety Management: The Institutional-Strategy-Environment (ISE) Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Hivert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Visite de la Direction Scientifique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01583710v1</w:t>
+              <w:t xml:space="preserve">Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 83 (8), pp 1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/safety8040083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An economic analysis of wrong-way driving and possible countermeasures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The excuse is worse than the fault: It's time now to improve road safety in Lebanon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Kobeissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Kemel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRA - Transport Research Arena</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-00983342v1</w:t>
+              <w:t xml:space="preserve">Case Studies on Transport Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (9), pp 500-510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cstp.2021.02.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03382986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Impairment and Medical Care Spending by Road Accident Victims</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les Enjeux de sécurité chez les piétons et les cyclistes. Éditorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Casteels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamza Achit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Carnis</w:t>
+                <w:t xml:space="preserve">Marie Claude Ouimet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Road Safety on Four Continents Conference (RS4C)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-00853403v1</w:t>
+              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Enjeux de sécurité chez les piétons et les cyclistes, 2021, 3p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25578/RTS_ISSN1951-6614_2021-0B⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03364010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation Dest à la journée de connaissance réciproque avec l'ERUDITE, 29/01/2013</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The Role of Perceived Legitimacy in Understanding Traffic Rule Compliance: A Scoping Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Varet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de connaissance réciproque avec l'ERUDITE</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-00856204v1</w:t>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 159, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2021.106299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03303792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences socioéconomiques pour les victimes un an après l'accident de la route : résultats de la cohorte ESPARR</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Rien ne sert de courir, il faut partir à point</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADELF épidémiologie sociale et inégalités de santé</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01218145v1</w:t>
+              <w:t xml:space="preserve">Science .. et pseudo-sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 336, pp 17-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Public Policy in Evolution: Speed Enforcement in France (2000-2010)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L Carnis</w:t>
+                <w:t xml:space="preserve">Enjeux et défis de la sécurité routière en Tunisie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Bouhamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australasian Road Safety Research, Policing and Education Conference 2011</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-00910971v1</w:t>
+              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020, 16p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25578/RTS_ISSN1951-6614_2020-09⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03002786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated Speed Enforcement: What The French Experience Can Teach Us</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Costs related to serious road injuries: a European perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Schoeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Wijnen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy Weijermars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rune Elvik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Road Safety 2020: Smart Solutions, Sustainability, Vision The Australasian College of Road Safety Conference</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">European Transport Research Review (ETRR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12544-020-00448-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An analysis of official road crash cost estimates in European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Wijnen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy Weijermars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Schoeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ward van den Berghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Safety science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 113, pp. 318-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssci.2018.12.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A systematic cost-benefit analysis of 29 road safety measures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stijn Daniels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Martensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Schoeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wouter van den Berghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Papadimitriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 133, 13 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2019.105292⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02571836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insécurité routière et développement économique : analyse du cas algérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Bougueroua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018, 13p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25578/RTS_ISSN1951-6614_2018-02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01777863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smart cities and transport infrastructures topical collection: Smarter transport and smarter transport infrastructure for a smarter city</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Transport Research Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (10), 3p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12544-018-0303-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01821399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les programmes de contrôle automatisé de la vitesse : une approche par la comparaison internationale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pondération</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 114, pp.14-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyser la sécurité routière sous l'angle économique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Préventique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 157, pp. 26-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01764874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les changements du programme de contrôle automatisé de la vitesse en France comme évolutions d’un système sociotechnique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72 | 2017, pp.161-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/cst.12169⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04153719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economic Development, mobility and traffic accidents in Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Bougueroua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 92, pp 168-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2016.03.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01304279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of introducing an administrative .05% blood alcohol concentration limit on law enforcement patterns and alcohol-related collisions in Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bellavance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Marcil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 82, pp 101-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2015.04.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Political Economy of Lighthouses: Some Further Considerations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal des économistes et des études humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20 (2), pp 143-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/jeeh-2014-0017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving the safety effect of speed camera programs through innovations: Evidence from the French experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Safety Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55, pp 135-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsr.2015.08.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A few seconds to have an accident, a long time to recover. Consequences for road accident victims from the ESPARR cohort two years after the accident</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Charnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Chossegros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 72, pp. 422-432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2014.07.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01066284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The injured victim’s health care spending: is there an effect of the origin of accident?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Achit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Economics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (5), pp 350-355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13504851.2013.861576⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00942341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physical Impairment and Medical Care Spending for Road Crash Victims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Achit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Securitas Vialis. Revista Europea de Tráfico, Transportes y Seguridad Vial </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18, pp 36-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les territoires comme contraintes inévitables pour les dispositifs de contrôle sanction automatisé de la vitesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 64 | 2013, pp.3-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/cst.12130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is injury compensation inequitable? Evidence from road accidents victims in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gérard Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Dervaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Economics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (1), pp.28-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13504851.2012.671917⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les accidents corporels de la route : quels en sont les impacts économiques ? Le cas français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Achit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Circulation routière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1, pp 34-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00853307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is injury compensation inequitable ? Evidence from road accidents victims in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Dervaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Economics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (1), pp 28-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13504851.2012.671917⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00868289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An assessment of the safety effects of the French speed camera program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51, pp 301-309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2012.11.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00851367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nusantara: Between sky and earth, could the PPP be the solution for Indonesian airport infrastructures?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eny Yuliawati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Case Studies on Transport Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (1-2), pp 18-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cstp.2013.08.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels enseignements peut-on tirer des statistiques des infractions au Code de la route sur la politique publique de sécurité routière ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2013 (02), pp.87-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4074/S076189801300201x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00968225v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Provision of Lighthouses Services: a Political Economy Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Public Choice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 157 (1-2), pp 51-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11127-012-9951-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00868849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une approche économique des dégâts de gibier. Indemnisation, prix et propriété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Facchini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 327-328, pp.126-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/economierurale.3393⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04761369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Radars en Folie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transports : économie, politique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 468, pp 227-235</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00973403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les missions de police routière de la sûreté du Québec : entre politique publique, logique territoriale et contraintes économiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp 765-787</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">He who is Unfit to Serve his Fellow Citizens Wants to Rule Them. The Political Dimensions of Mises' Theory of Bureaucracy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal des Economistes et des Etudes Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (1), pp 1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2202/1145-6396.1246⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00908949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les missions de sécurité routière de la police de Montréal : Analyse stratégique et dynamique organisationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 37 (214), pp 45-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/RFG.214.45-61⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00904110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automated Speed Enforcement: What the French Experience Can Teach Us</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Transportation Safety and Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3 (1), pp 15-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19439962.2010.551450⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00904103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-00430965v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A neo-institutional approach to automated speed enforcement systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Transport Research Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2 (1), pp 1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12544-010-0023-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00905058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economie de la sécurité routière : définition, connaissance et enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 57 | 2010, pp.5-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/cst.12091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04152951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie d'une analyse économique en sécurité routière est-elle inéluctable ? Leçons anglo-saxonnes particulières sur le contrôle automatisé de la vitesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 53 | 2008, pp.29-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/cst.12066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essai d’estimation d’une vitesse optimale pour les véhicules légers sur le réseau interurbain français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 46 | 2004, pp.63-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/cst.12027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confronting standards for a traffic safety rule: fairness and perceived legitimacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Piermattéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Varet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th European Congress of Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Paphos, Cyprus. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Psychology Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 84 (Supplément 1), pp.445, 2025, Abstract book of the 19th European Congress of Psychology - Transforming Psychological Science: the 2030 agenda, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1024/2673-8627/a000085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05133674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7811,147 +8061,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prévention des accidents de la route chez les sapeurs-pompiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Kletzlen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Anaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Giuriati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Pérona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05215046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7961,4012 +8211,4012 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissuader les vitesses excessives par le contrôle et la sanction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La vitesse prise entre des injonctions contradictoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Vitesse : Enjeux contemporains et Politiques Publiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.259-281, 2023, Sécurités et Mobilités, 9782336404011</w:t>
+              <w:t xml:space="preserve">Carnis Laurent et Mignot Dominique, (coord.) La Vitesse : Enjeux contemporains et Politiques Publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.13-20, 2023, Sécurités et Mobilités, 9782336404011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04562908v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04562876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion de la vitesse face aux régulations politiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Dissuader les vitesses excessives par le contrôle et la sanction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Vitesse : Enjeux contemporains et Politiques Publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Harmattan, pp.199-216, 2023, Sécurités et Mobilités, 9782336404011</w:t>
+              <w:t xml:space="preserve">, L'Harmattan, pp.259-281, 2023, Sécurités et Mobilités, 9782336404011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04562899v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04562908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vitesse prise entre des injonctions contradictoires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La gestion de la vitesse face aux régulations politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnis Laurent et Mignot Dominique, (coord.) La Vitesse : Enjeux contemporains et Politiques Publiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.13-20, 2023, Sécurités et Mobilités, 9782336404011</w:t>
+              <w:t xml:space="preserve">La Vitesse : Enjeux contemporains et Politiques Publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.199-216, 2023, Sécurités et Mobilités, 9782336404011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04562876v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04562899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Red Light Running, In: Encyclopedia of Law and Economics, A. Marciano and G.B. Ramello (eds.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Red Light Running, In: Encyclopedia of Law and Economics, A. Marciano and G.B. Ramello (eds.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature, 9 p, 2020, Springer Nature, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4614-7883-6_588-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02921812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opérations policières en sécurité routière : les conditions de leur succès. In: Maurice Cusson, Olivier Ribaud, Étienne Blais et Michel M. Raynaud (Dir.) Nouveau traité de sécurité : sécurité intérieure et sécurité urbaine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Politique et management de la sécurité routière. In: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.) La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Etienne Blais</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lassarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opérations policières en sécurité routière : les conditions de leur succès. In: Maurice Cusson, Olivier Ribaud, Étienne Blais et Michel M. Raynaud (Dir.) Nouveau traité de sécurité : sécurité intérieure et sécurité urbaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hurtubise et Septentrion, pp 139-148, 2019, 978-2897813451</w:t>
+              <w:t xml:space="preserve">Politique et management de la sécurité routière. In: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.) La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L&amp;apos;Harmattan, pp 75-93, 2019, 978-2343173931</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02529699v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02531074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La politique de contrôle et de sanction et le rapport à la règle. In: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.), La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Dissuasion : l'effet de la sanction sur le crime In: Maurice Cusson, Olivier Ribaud, Étienne Blais et Michel M. Raynaud (Dir.) Nouveau traité de sécurité intérieure : sécurité intérieure et sécurité urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Cestac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La politique de contrôle et de sanction et le rapport à la règle. In: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.), La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L&amp;apos;Harmattan, pp 117-135, 2019, 978-2343173931</w:t>
+              <w:t xml:space="preserve">Dissuasion : l&amp;apos;effet de la sanction sur le crime In: Maurice Cusson, Olivier Ribaud, Étienne Blais et Michel M. Raynaud (Dir.) Nouveau traité de sécurité intérieure : sécurité intérieure et sécurité urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hurtubise et Septentrion, pp 369-378, 2019, 978-2897813451</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536556v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02557154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatisation de la conduite et dépendance algorithmique : les enjeux de la mobilité algorithmique, In: Algorithmes et décisions publiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Opérations policières en sécurité routière : les conditions de leur succès. In: Maurice Cusson, Olivier Ribaud, Étienne Blais et Michel M. Raynaud (Dir.) Nouveau traité de sécurité : sécurité intérieure et sécurité urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatisation de la conduite et dépendance algorithmique : les enjeux de la mobilité algorithmique, In: Algorithmes et décisions publiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermès, pp 125-142, 2019, Les essentiels d'Hermès, 978-2-271-12466-1</w:t>
+              <w:t xml:space="preserve">Opérations policières en sécurité routière : les conditions de leur succès. In: Maurice Cusson, Olivier Ribaud, Étienne Blais et Michel M. Raynaud (Dir.) Nouveau traité de sécurité : sécurité intérieure et sécurité urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hurtubise et Septentrion, pp 139-148, 2019, 978-2897813451</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02006225v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02529699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le coût des accidents de la circulation routière. in: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.), La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La politique de contrôle et de sanction et le rapport à la règle. In: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.), La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pascal Assailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cestac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le coût des accidents de la circulation routière. in: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.), La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L&amp;apos;Harmattan, pp 55-72, 2019, 978-2343173931</w:t>
+              <w:t xml:space="preserve">La politique de contrôle et de sanction et le rapport à la règle. In: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.), La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L&amp;apos;Harmattan, pp 117-135, 2019, 978-2343173931</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536561v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politique et management de la sécurité routière. In: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.) La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Automatisation de la conduite et dépendance algorithmique : les enjeux de la mobilité algorithmique, In: Algorithmes et décisions publiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lassarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique et management de la sécurité routière. In: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.) La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L&amp;apos;Harmattan, pp 75-93, 2019, 978-2343173931</w:t>
+              <w:t xml:space="preserve">Automatisation de la conduite et dépendance algorithmique : les enjeux de la mobilité algorithmique, In: Algorithmes et décisions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermès, pp 125-142, 2019, Les essentiels d'Hermès, 978-2-271-12466-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02531074v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02006225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissuasion : l'effet de la sanction sur le crime In: Maurice Cusson, Olivier Ribaud, Étienne Blais et Michel M. Raynaud (Dir.) Nouveau traité de sécurité intérieure : sécurité intérieure et sécurité urbaine</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Le coût des accidents de la circulation routière. in: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.), La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dissuasion : l&amp;apos;effet de la sanction sur le crime In: Maurice Cusson, Olivier Ribaud, Étienne Blais et Michel M. Raynaud (Dir.) Nouveau traité de sécurité intérieure : sécurité intérieure et sécurité urbaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hurtubise et Septentrion, pp 369-378, 2019, 978-2897813451</w:t>
+              <w:t xml:space="preserve">Le coût des accidents de la circulation routière. in: Carnis Laurent, Gabaude Catherine et Gallenne Marie-Line (ed.), La sécurité routière en France, Quand la recherche fait son bilan et trace des perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L&amp;apos;Harmattan, pp 55-72, 2019, 978-2343173931</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02557154v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insécurité routière en Algérie : Quel impact du nouveau Code de la route sur l'accidentalité routière ? In: Évaluation des politiques de sécurité routière, Nouvelles technologies, enjeux économiques et communication</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Économie de la sécurité routière : quelques perspectives issues de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sandrine Gaymard et Teodor Tiplica. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insécurité routière en Algérie : Quel impact du nouveau Code de la route sur l'accidentalité routière ? In: Évaluation des politiques de sécurité routière, Nouvelles technologies, enjeux économiques et communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, 20p, 2017, 978-2-343-13181-8</w:t>
+              <w:t xml:space="preserve"> Sécurité Routière : un défi à l'aube du XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.63-80, 2017, Logiques Sociales, 978-2-343-10404-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01674702v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01509924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Économie de la sécurité routière : quelques perspectives issues de la recherche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Insécurité routière en Algérie : Quel impact du nouveau Code de la route sur l'accidentalité routière ? In: Évaluation des politiques de sécurité routière, Nouvelles technologies, enjeux économiques et communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriam Bougueroua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Sécurité Routière : un défi à l'aube du XXIe siècle</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.63-80, 2017, Logiques Sociales, 978-2-343-10404-1</w:t>
+              <w:t xml:space="preserve">Insécurité routière en Algérie : Quel impact du nouveau Code de la route sur l'accidentalité routière ? In: Évaluation des politiques de sécurité routière, Nouvelles technologies, enjeux économiques et communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 20p, 2017, 978-2-343-13181-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01509924v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01674702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vitesses excessives ne sont pas une fatalité, In : Ligue contre la Violence Routière, Objectif Zéro Accident, Chapitre 3 : Les usagers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La vie n'a pas de prix, mais l'insécurité routière a un coût, In : Ligue contre la Violence Routière, Objectif Zéro Accident, Chapitre 3: Les usagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les vitesses excessives ne sont pas une fatalité, In : Ligue contre la Violence Routière, Objectif Zéro Accident, Chapitre 3 : Les usagers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Les Petits Matins, pp 138-139, 2015</w:t>
+              <w:t xml:space="preserve">La vie n'a pas de prix, mais l'insécurité routière a un coût, In : Ligue contre la Violence Routière, Objectif Zéro Accident, Chapitre 3: Les usagers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Petits Matins, pp 107-109, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01217813v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vie n'a pas de prix, mais l'insécurité routière a un coût, In : Ligue contre la Violence Routière, Objectif Zéro Accident, Chapitre 3: Les usagers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Les vitesses excessives ne sont pas une fatalité, In : Ligue contre la Violence Routière, Objectif Zéro Accident, Chapitre 3 : Les usagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vie n'a pas de prix, mais l'insécurité routière a un coût, In : Ligue contre la Violence Routière, Objectif Zéro Accident, Chapitre 3: Les usagers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Les Petits Matins, pp 107-109, 2015</w:t>
+              <w:t xml:space="preserve">Les vitesses excessives ne sont pas une fatalité, In : Ligue contre la Violence Routière, Objectif Zéro Accident, Chapitre 3 : Les usagers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Petits Matins, pp 138-139, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01214905v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il faut tuer le soldat radar ?&amp;quot; Étude exploratoire sur l'utilisation des médias à l'encontre du programme automatisé de la vitesse. In: Sécurité, éducation et mobilités, Maîtrise des risques et prévention, Tome 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Caignaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Il faut tuer le soldat radar ?" Étude exploratoire sur l'utilisation des médias à l'encontre du programme automatisé de la vitesse. In: Sécurité, éducation et mobilités, Maîtrise des risques et prévention, Tome 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'HARMATTAN, pp 131-148, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01217810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse et déterminants de la durée de l'arrêt de travail pour les victimes d'un accident de la route en France : Premiers éléments d'analyse. In: Sécurité, éducation et mobilités, Maîtrise des risques et prévention, Tome 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Achit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyse et déterminants de la durée de l'arrêt de travail pour les victimes d'un accident de la route en France : Premiers éléments d'analyse. In: Sécurité, éducation et mobilités, Maîtrise des risques et prévention, Tome 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'HARMATTAN, pp 93-104, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01217816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traffic Lights Violations, In : Encyclopedia of Law and Economics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traffic Lights Violations, In : Encyclopedia of Law and Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SPRINGER, 10 p, 2014, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4614-7883-6_588-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01214408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conditions d’une politique de sécurité routière durable ? L’exemple de la politique d’automatisation des contrôles routiers en France. In : Mobilités et transports durables : des enjeux sécuritaires et de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les conditions d’une politique de sécurité routière durable ? L’exemple de la politique d’automatisation des contrôles routiers en France. In : Mobilités et transports durables : des enjeux sécuritaires et de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'HARMATTAN, pp 153-172, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01026345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse économique des choix de vitesse : entre théorie et pratique. In : Pour une économie de la sécurité routière. Émergence d'une approche pour l'élaboration de politiques publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyse économique des choix de vitesse : entre théorie et pratique. In : Pour une économie de la sécurité routière. Émergence d'une approche pour l'élaboration de politiques publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ECONOMICA, pp. 140-159, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00903536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de l'offre des écoles de conduite en France et performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Maman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Abramovici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bancel-Charensol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Jougleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Pellegrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pour une économie de la sécurité routière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01623993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. In: Pour une économie de la sécurité routière, Emergence d'une approche pour l'élaboration de politiques publiques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D Mignot</w:t>
+                <w:t xml:space="preserve">La valorisation économique des dommages corporels est-elle inégalitaire ? L'exemple des victimes de l'insécurité routière indemnisées en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Dervaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Introduction. In: Pour une économie de la sécurité routière, Emergence d'une approche pour l'élaboration de politiques publiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ECONOMICA, 8p, 2011</w:t>
+              <w:t xml:space="preserve">La valorisation économique des dommages corporels est-elle inégalitaire ? L'exemple des victimes de l'insécurité routière indemnisées en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Canadian Association of Road Safety Professionals, CARSP, 26p, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00876854v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00908976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La valorisation économique des dommages corporels est-elle inégalitaire ? L'exemple des victimes de l'insécurité routière indemnisées en France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Vaillant</w:t>
+                <w:t xml:space="preserve">Introduction. In: Pour une économie de la sécurité routière, Emergence d'une approche pour l'élaboration de politiques publiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La valorisation économique des dommages corporels est-elle inégalitaire ? L'exemple des victimes de l'insécurité routière indemnisées en France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Canadian Association of Road Safety Professionals, CARSP, 26p, 2011</w:t>
+              <w:t xml:space="preserve">Introduction. In: Pour une économie de la sécurité routière, Emergence d'une approche pour l'élaboration de politiques publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECONOMICA, 8p, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00908976v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00876854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche économique et institutionelle des limitations de vitesse : les enseignements du Montana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DEKKERS MA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire vitesse, Apports récents de la recherche en matière de vitesse, Actes INRETS N°105</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRETS, pp.141-157, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00542619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vitesse : enjeux contemporains et politiques publiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. L'Harmattan, 322 p., 2023, Sécurités et Mobilités, Laurent Carnis, 9782336404011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04562853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sécurité routière en France : quand la recherche fait son bilan et trace des perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gabaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Line Gallenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L&amp;apos;Harmattan, 436 p., 2019, 978-2-343-17393-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation des politiques de sécurité routière : Nouvelles technologies, enjeux économiques et communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 187p, 2017, 978-2-343-13181-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01678875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les politiques d’automatisation des contrôles de vitesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux - IFSTTAR, OSI1, 258p, 2017, Ouvrages scientifiques, 978-2-85782-721-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Road Safety Management in Africa: Challenges and Solutions for Tomorrow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXVII World Road Congress Prague 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Prague, Czech Republic. XXVII World Road Congress Prague 2023, pp.1, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04320921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing perceived legitimacy of road traffic rules: Construction and validation of the Traffic Rule Perceived Legitimacy Scale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Piermattéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th Transport Research Arena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Lisbon, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rule Internalization and Self-reported Compliance: The Impact of Perceived Legitimacy of Road Safety Rules in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Varet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th Transport Research Arena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Lisbon, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing perceived legitimacy of road traffic rules: Construction and validation of the Traffic Rule Perceived Legitimacy Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Varet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transport Research Arena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04435002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport à la règle et légitimité perçue: Évaluation des nudges comme levier de conformité et d'adhésion aux règles de circulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Piermattéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université Gustave Eiffel. 2023, 38p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04313974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport final du projet 2RLP (Rapport à la règle et légitimité perçue : évaluation des nudges comme levier de conformité et d'adhésion aux règles de circulation).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Piermattéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Catholique de Lille; Université Gustave Eiffel. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des effets des politiques de mobilité et de sécurité routière sur l'accidentalité routière des villes-centres en milieu urbain. Livrable 2 du projet PUSER (Politiques Urbaines de Sécurité Routière)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Monetary valuation of the prevention of road fatalities and serious road injuries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Koning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Hiron</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stijn Daniels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raschid Urmeew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Cerema - Centre d'Etudes et d'Expertise sur les Risques, l'Environnement, la Mobilité et l'Aménagement. 2021</w:t>
+              <w:t xml:space="preserve">VIAS Institute (Belgium); BASt (Germany); KiM Netherlands Institute for Transport Policy Analysis (The Netherlands); Université Gustave Eiffel (France); KiM Netherlands Institute for Transport Policy Analysis. 2021, pp.125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04431054v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04575341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monetary valuation of the prevention of road fatalities and serious road injuries</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Évaluation des effets des politiques de mobilité et de sécurité routière sur l'accidentalité routière des villes-centres en milieu urbain. Livrable 2 du projet PUSER (Politiques Urbaines de Sécurité Routière)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fourrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Raschid Urmeew</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Vanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Hiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">VIAS Institute (Belgium); BASt (Germany); KiM Netherlands Institute for Transport Policy Analysis (The Netherlands); Université Gustave Eiffel (France); KiM Netherlands Institute for Transport Policy Analysis. 2021, pp.125</w:t>
+              <w:t xml:space="preserve">Cerema - Centre d'Etudes et d'Expertise sur les Risques, l'Environnement, la Mobilité et l'Aménagement. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04575341v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04431054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assesment of the Action Plan and of regional instruments, Deliverable 3.1</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Enquête sur le rapport à la règle chez les automobilistes français.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cestac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">D3.1, European Project Saferafrica. 2018, pp.166</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pascal Assailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Eyssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2018, 76 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04575198v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02158510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D3.1. Assessment of the Action Plan and of regional instruments - Final version</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Assesment of the Action Plan and of regional instruments, Deliverable 3.1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eddy Anthony</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Adolehoume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aketch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l&amp;apos;Aménagement et des Réseaux. 2018, 166p</w:t>
+              <w:t xml:space="preserve">D3.1, European Project Saferafrica. 2018, pp.166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02470278v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04575198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquête sur le rapport à la règle chez les automobilistes français.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">D3.1. Assessment of the Action Plan and of regional instruments - Final version</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2018, 76 p</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amakoé Adolehoume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Akecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Anthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l&amp;apos;Aménagement et des Réseaux. 2018, 166p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02158510v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La valeur des dommages corporels : Une perspective économique des méthodes d'évaluation et d'harmonisation de l'indemnisation des victimes d'accidents de la route</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Dervaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Harrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Lecocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gérard Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Convention n° CV 0004621, Ministère de l'Ecologie, de l’Energie, du Développement durable et le la Mer Direction de la Sécurité et de la Circulation Routières. 2010, pp.94</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798073v1</w:t>
-              </w:r>
-[...819 lines deleted...]
-                <w:t xml:space="preserve">hal-01678875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnis Laurent, "L'oeil de l'Etat, Moderniser, Uniformiser, détruire" de James C. Scott, Notes de lecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, pp 147-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact contrôle automatisé feu rouge : Eléments de réflexion critiques autour d'une revue de littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, 54p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00543634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du contrôle automatisé feu rouge : Analyse des franchissements de feux rouges sur l'agglomération nantaise avant le déploiement de dispositifs de contrôle automatisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kemel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, 36p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00544173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revue de littérature internationale sur le contrôle automatisé de la vitesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, 5p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00545851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11976,112 +12226,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bureaucratie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carnis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Ecole Autrichienne de A à Z</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05092391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId287"/>
+      <w:footerReference w:type="default" r:id="rId290"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12228,51 +12478,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carnis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084963v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gentier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jeeh-2025-0010" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130855v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699257v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garcia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsr.2023.11.019" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680486v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cestac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2024.07.022" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431804v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Eyssartier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Grani&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bel-Latour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Evennou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2023.12.013" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342132v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Varet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pel&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Piermatt&#233;o" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/law0000416" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611905v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Kobeissy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafic Faddoul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Raphael" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0126671212315104240521104431" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331548v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344416v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carnis Laurent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varet Florent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pel&#233; Marie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.11.537" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315441v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282204v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12558" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798079v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Eyssartier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Evenou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.09.005" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673270v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Haddad" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2022-07" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782320v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Schoeters" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Large" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Koning" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stjin Daniels" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2022.106705" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313910v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/safety8040083" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382986v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cstp.2021.02.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364010v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Casteels" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mignot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Ouimet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2021-0B" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03303792v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Granie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2021.106299" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373580v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988298v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Wijnen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Weijermars" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rune Elvik" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12544-020-00448-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002786v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Bouhamed" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2020-09" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571836v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Daniels" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Martensen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter van den Berghe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Papadimitriou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2019.105292" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XVF6DF34-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972407v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ward van den Berghe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bauer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2018.12.004" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821399v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12544-018-0303-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812145v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764874v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Bougueroua" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2018-02" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153719v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12169" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304279v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2016.03.016" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214910v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Blais" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bellavance" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Marcil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2015.04.038" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214541v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jeeh-2014-0017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240139v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsr.2015.08.007" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066284v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Tournier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Charnay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tardy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chossegros" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2014.07.011" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSNZ6XRB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942341v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Achit" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2013.861576" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063627v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514407v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G&#233;rard Vaillant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vaillant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dervaux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2012.671917" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853307v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913634v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eny Yuliawati" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cstp.2013.08.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-721WH8T0-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968225v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S076189801300201x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868289v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851367v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2012.11.022" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MVQ0S9G-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868849v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11127-012-9951-y" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933394v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12130" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761369v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Facchini" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.3393" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908949v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Carnis" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1145-6396.1246" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-TG55S9QP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973403v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914818v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904103v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19439962.2010.551450" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904110v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.214.45-61" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-2HF9LTLP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905058v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12544-010-0023-4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152951v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12091" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151533v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12066" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148300v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12027" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388141v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Th&#233;venet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Bec-Gerion" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160318v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779894v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562567v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mignot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04196483v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04196742v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04196493v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327340v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328468v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451603v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663599v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328412v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007699v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Usami" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noella B Kunsoan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Persia" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayan Gonzalez Hernandez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Meta" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987232v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265815v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Martin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713565v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583710v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Papon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Armoogum" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hivert" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983342v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kemel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853403v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856204v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Loup Madre" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Hubert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Lapparent" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218145v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hours" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910971v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430965v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133674v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/2673-8627/a000085" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215046v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kletzlen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Ana&#239;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Giuriati" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane P&#233;rona" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562908v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562899v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562876v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921812v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7883-6_588-2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529699v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536556v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pascal Assailly" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006225v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536561v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531074v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lassarre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557154v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Poirier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674702v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriam Bougueroua" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509924v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=52621" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217813v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214905v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217810v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Caignaert" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217816v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214408v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7883-6_588-1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026345v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903536v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623993v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Maman" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Abramovici" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bancel-Charensol" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jougleux" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pellegrin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876854v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908976v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542619v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313974v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04199596v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431054v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fourrel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ledoux" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Vanco" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hiron" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575341v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raschid Urmeew" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575198v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Adolehoume" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aketch" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Anthony" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470278v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amako&#233; Adolehoume" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Akecht" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Anthony" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158510v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798073v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Harrant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lecocq" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320921v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04199590v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04199588v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435002v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562853v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380318v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gabaude" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Line Gallenne" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04697107v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678875v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Blanchard" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419382v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543634v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544173v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dik" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kemel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545851v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hamelin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092391v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05561878v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Piermatt&#233;o" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Th&#233;venet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Routa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Grani&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carnis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388141v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Bec-Gerion" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160318v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Eyssartier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779894v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562567v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Carnis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mignot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04196483v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pel&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04196742v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Varet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04196493v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451603v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Haddad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663599v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Eyssartier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bel-Latour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Evennou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327340v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328468v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328412v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007699v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Usami" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noella B Kunsoan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Persia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayan Gonzalez Hernandez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Meta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265815v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Large" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Martin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mignot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713565v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583710v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Papon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Armoogum" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hivert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983342v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kemel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853403v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Achit" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856204v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Loup Madre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Hubert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Lapparent" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218145v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hours" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tardy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Charnay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chossegros" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910971v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430965v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557910v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kletzlen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Ana&#239;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Giuriati" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane P&#233;rona" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491740v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084963v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gentier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jeeh-2025-0010" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130855v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342132v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/law0000416" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611905v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Kobeissy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafic Faddoul" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Raphael" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0126671212315104240521104431" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699257v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garcia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsr.2023.11.019" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680486v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cestac" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2024.07.022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431804v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2023.12.013" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331548v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344416v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carnis Laurent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varet Florent" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pel&#233; Marie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.11.537" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315441v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282204v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12558" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798079v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Evenou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.09.005" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782320v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Schoeters" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Koning" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stjin Daniels" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2022.106705" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673270v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2022-07" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313910v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/safety8040083" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382986v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cstp.2021.02.006" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364010v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Casteels" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Ouimet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2021-0B" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03303792v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Granie" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2021.106299" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373580v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002786v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Bouhamed" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2020-09" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988298v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Wijnen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Weijermars" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rune Elvik" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12544-020-00448-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972407v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ward van den Berghe" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bauer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2018.12.004" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571836v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Daniels" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Martensen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter van den Berghe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Papadimitriou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2019.105292" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XVF6DF34-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777863v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Bougueroua" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2018-02" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821399v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12544-018-0303-y" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812145v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764874v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153719v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12169" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304279v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2016.03.016" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214910v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Blais" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bellavance" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Marcil" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2015.04.038" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214541v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jeeh-2014-0017" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240139v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsr.2015.08.007" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066284v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Tournier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2014.07.011" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSNZ6XRB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942341v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2013.861576" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063627v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933394v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12130" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514407v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G&#233;rard Vaillant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vaillant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dervaux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2012.671917" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853307v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868289v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851367v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2012.11.022" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MVQ0S9G-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913634v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eny Yuliawati" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cstp.2013.08.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-721WH8T0-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968225v2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S076189801300201x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868849v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11127-012-9951-y" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761369v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Facchini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.3393" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973403v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914818v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908949v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1145-6396.1246" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-TG55S9QP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904110v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.214.45-61" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-2HF9LTLP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904103v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19439962.2010.551450" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905058v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12544-010-0023-4" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152951v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12091" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151533v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12066" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148300v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12027" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133674v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/2673-8627/a000085" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215046v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562876v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562908v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562899v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921812v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7883-6_588-2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531074v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lassarre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557154v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Poirier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529699v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536556v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pascal Assailly" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006225v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536561v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509924v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=52621" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674702v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriam Bougueroua" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214905v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217813v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217810v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Caignaert" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217816v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214408v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7883-6_588-1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026345v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903536v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623993v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Maman" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Abramovici" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bancel-Charensol" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jougleux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pellegrin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908976v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876854v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542619v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562853v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380318v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gabaude" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Line Gallenne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678875v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Blanchard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04697107v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320921v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04199588v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04199590v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435002v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313974v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04199596v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575341v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raschid Urmeew" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431054v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fourrel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ledoux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Vanco" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hiron" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158510v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575198v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Adolehoume" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aketch" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Anthony" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470278v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amako&#233; Adolehoume" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Akecht" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Anthony" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798073v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Harrant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lecocq" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419382v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543634v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544173v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dik" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kemel" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545851v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hamelin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092391v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>