--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Clavier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IMT Nord Europe, Univ. Lille, CNRS, UMR 8520 - IEMN, F-59000 Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS, UAR 3380 - IRCICA</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explainable AI for Enhancing Efficiency of DL-Based Channel Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali J Ghandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Machine Learning in Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3, pp.976 - 996. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmlcn.2025.3596548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Field Strength Prediction Using Modern Machine Learning in European Cities From Few RF-EMF Measurements: A Neural Tangent Kernel Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Schampheleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Deruyck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.131003-131014. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3589492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Synapse Saturation in Spiking Neural Networks for Wake Up Receivers in Internet of Things Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Internet of Things Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JIOT.2025.3599668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05229337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EME-CNTK: Infinite Limits of Convolutional Neural Network for Urban Electromagnetic Field Exposure Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Egea-Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.P. Gaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.49476-49488. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3380835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal Denoising and Detection for Uplink in LoRa Networks based on Bayesian-optimized Deep Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (1), pp.214 - 218. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2022.3217337⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04168105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Explainable AI for Channel Estimation in Wireless Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ghandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2023.3345632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decentralized fault-tolerant controller based on cooperative smart-wireless sensors in large-scale buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lala Rajaoarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacer Kouider M’sirdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moamar Sayed-Mouchaweh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Computer Applications (JNCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Journal of Network and Computer Applications, 214, pp.103605. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnca.2023.103605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asynchronous WPNC With DFT Precoding and Symbol-Spaced Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Hron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Sykora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (9), pp.2279-2282. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2023.3291594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IP Impairment Models for Performance Evaluation of Wireless Systems in Railway Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Sabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Torrego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.69928-69938. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3292794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Geometry-based Analysis of the Impact of Underlying Uncorrelated IoT Networks on LoRa Coverage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Chevillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Diouris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.8790-8803. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3141540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Outdoor Electromagnetic Field Exposure Mapping Generation Using Conditional GANs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rédha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esteban Egea-Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (24), pp.9643. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22249643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Interference Arising From Random Spatial Fields of Interferers Utilizing Multiple Subcarriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1, pp.1-28. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-022-02110-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03605575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandpass NGD function design for 5G microwave signal delay synchronization application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lalléchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lala Rajaoarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Sanchez Galan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Ravelo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (S1), pp.53-71. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crphys.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Resource Optimization of Random Access for Transmitters with Correlated Activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders E Kalør</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petar Popovski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (9), pp.3055-3059. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2021.3090110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impulsive Noise Modeling and Robust Receiver Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-020-01868-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence for heavy tailed interference in the IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mads Lauridsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (3), pp.692-695. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2020.3034430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Salp Swarm Optimization Algorithm: Application in Feature Weighting for Blind Modulation Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Ben Chaabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akram Belazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallegue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (16), pp.2002. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics10162002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint modeling of received power, mean delay, and delay spread for wideband radio channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayush Bharti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramoni Adeogun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuesong Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois-Xavier Briol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Antennas and Propagation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 69 (8), pp.4871-4882. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAP.2021.3060099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading UHF RFID tags inside passenger vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handeme Nguema Igondjo My-Mirabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of scientific and technical research in engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (5), pp.32-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiuser detection for downlink communication in lora-like networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.A. Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.199001-199015. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3034973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Unsupervised LLR Estimation with unknown Noise Distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020 (1), pp.26. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-019-1608-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception and deployment of the APOLLINE sensor network for IAQ monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hanoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Verbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, IOP Conference Series: Materials Science and Engineering, 609, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899x/609/4/042026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of T-Nb2O5 thin-films deposited by atomic layer deposition for miniaturized electrochemical energy storage devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliha Ouendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Arico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Codron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Wallart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Storage Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, pp.581-588. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ensm.2018.08.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02135683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Interference for Uplink SCMA in Large-Scale Wireless Networks without Coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (1), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-018-1225-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacity Bounds for Additive Symmetric $\alpha $ -Stable Noise Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Information Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 63 (8), pp.5115-5123. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIT.2017.2676104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event detection in sensor networks with non-linear amplifiers via mixture series expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengfei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (18), pp.6939-6946. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2016.2592103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location of Things: Geospatial Tagging for IoT Using Time-of-Arrival</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Avnit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), pp.174-185. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSIPN.2016.2531422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On detection method for soft iterative decoding in the presence of impulsive interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dimanche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18, pp.945-948. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2014.2320921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint estimation of state and noise parameters in a linear dynamic system with impulsive measurement noise: Application to OFDM systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Jaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vanheeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dsp.2014.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal PWR codes for TH-PPM UWB multiple-access interference mitigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kouassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Doumbia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17, pp.103-106. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2012.112812.122204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clipping demapper for LDPC decoding in impulsive channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassen Benmaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (5), pp.968-971. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2013.031913.130060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relay characteristic impact on energy consumption in heterogeneous sensor network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEU-INTERNATIONAL JOURNAL OF ELECTRONICS AND COMMUNICATIONS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 66, pp.495-501. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeue.2011.10.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoding metric study for turbo codes in very impulsive environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16, pp.256-258. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2011.112311.111504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical channel model based on alpha-stable random processes and application to the 60 GHz ultra wide band channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58, pp.1457-1467. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCOMM.2010.05.090069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-stable interference modeling and Cauchy receiver for an IR-UWB ad hoc network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Alain Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58 (6), pp.1748 - 1757. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCOMM.2010.06.090074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-stable multiple access interference modelling for amplify-and-forward multihop ad hoc networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46, pp.1160-1162. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/el.2010.1465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor coverage improvement of MB-OFDM UWB signals with radio over POF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Vilcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 282, pp.4706-4715. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2009.09.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00471849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Impulse Response Model for the 60 Ghz Channel Based on Spectral Techniques of alpha-stable Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of IEEE International Conference on communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.5040 - 5045. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2007.832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00255914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposition of a baseband UWB signal at 60 GHz for high data rate indoor WLAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Deparis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjabballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 15, pp.609-611</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path delay model based on stable distribution for the 60GHz indoor channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE GLOBECOM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.441-467</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path delay model based on alpha-stable distribution for the 60 GHz indoor channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Sabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of Global Telecommunications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Volume 3, pp.1638 - 1643 vol.3. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2003.1258515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00255952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path loss model of the 60 GHz indoor radio channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 34, pp.158-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compound statistical model for 60 GHz channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lethuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Rachdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> IEEE 54th Vehicular Technology Conference. VTC Fall 2001. Proceedings (Cat. No.01CH37211) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, pp.1780-1784. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/vtc.2001.956506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence du comportement d'ancrages superficiels sur la résistance globale d'arcs monotubulaires : application aux serres tunnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Motro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Construction Métallique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 2, pp.28-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02576484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (128)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interference Aware Ultra Reliable Communications in In-X IoT Sub-Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Ngom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Joint European Conference on Networks and Communications & 6G Summit (EuCNC/6G Summit)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Poznan, Poland. pp.187-192, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EuCNC/6GSummit63408.2025.11037153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secrecy Energy-Efficient Solution in Multi-User NOMA-Enabled Ambient Backscattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miled Alam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IEEE International Mediterranean Conference on Communications and Networking (MEDITCOM 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation d'une loi de saut en fréquence par une analyse de la transformée de Fourier bidimensionnelle du spectrogramme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Khalaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Louchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ray Abdo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2025-30° Colloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRETSI, Aug 2025, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05233046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of PAPR-Aware OFDM Waveforms for Integrated Sensing and Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eya Gourar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 101st Vehicular Technology Conference (VTC2025-Spring)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05265250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realistic EMF Exposure Estimation from Low Density Sensor Network by Finite &amp; Infinite Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gaillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 19th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Stockholm, Sweden. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP63536.2025.10999838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05150287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverted BER Trends for Energy-Detected GRSM-MQAM Massive MIMO Downlink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oshin Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haïfa Farès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amor Nafkha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 21th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Marrakesh, Morocco. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/wimob66857.2025.11257439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05395480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling Low-Power Signature Recognition for the IoT with SLIF neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2024 - 32nd European conference on signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Lyon, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Best paper award] GLIP: Electromagnetic Field Exposure Map Completion by Deep Generative Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 35th International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valencia, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC59610.2024.10817428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Dynamic Multicored Neighbors Discovery approach in BLE for Low Power Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Wohwe Sambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Delafaite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rédha Kassi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France. pp.701-706, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMob61911.2024.10770476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning-based Successive Interference Cancellation to Improve Uplink in LoRa Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth IEEE International Mediterranean Conference on Communications and Networking (IEEE MEDITCOM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Madrid, Spain. pp.179-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secure Transmission in NOMA Systems: An Efficient Resource Allocation Strategy Using Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miled Alam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Standards for Communications and Networking (CSCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Belgrade, Serbia. pp.73-78, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSCN63874.2024.10849738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On exploiting the synaptic interaction properties to obtain frequency-specific neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Cazé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCAS 2023 - IEEE 16th Dallas Circuits and Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Denton, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DCAS57389.2023.10130264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récepteur Wake-up radio basé sur des réseaux de neurones à impulsions pour la détection de séquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoRes 2023 - 8èmes Rencontres Francophones sur la Conception de protocoles, l'évaluation de performances et l'expérimentation de Réseaux de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Cargese, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04090633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wake-up radio receiver based on Spiking Neurons for detecting activation sequence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Glasgow, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC55385.2023.10118713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04115278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EME-GAN: A Conditional Generative Adversarial Network based Indoor EMF Exposure Map Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29Â Colloque sur le traitement du signal et des image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRETSI - Groupe de Recherche en Traitement du Signal et des Images, Aug 2023, Grenoble, France. pp.745-748</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle de fiabilité dans les réseaux IoT avec un mélange d'exponentielles comme modèle d'interférence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Ngom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIXème Colloque Francophone de Traitement du Signal et des Images (GRETSI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Resource Allocation for Outage Minimization in Random Access with Correlated Activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders E Kalør</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petar Popovski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Austin, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771709⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching predictive controller for building optimal thermal comfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-H. Benzaama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. K. M'Sirdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moamar Sayed-Mouchaweh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Mediterranean Conference on Control and Automation (MED 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Vouliagmeni, Greece. pp.127-132, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MED54222.2022.9837246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03835197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Log-Likelihood Ratio Estimation for Short Packets in Impulsive Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dadja Anade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Austin, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EME-Net: A U-net-based Indoor EMF Exposure Map Reconstruction Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taghrid Mazloum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanshan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 16th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Madrid, Spain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP53622.2022.9769645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning-based receiver for Uplink in LoRa Networks with Sigfox Interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 18th International Conference on Wireless and Mobile Computing, Networking and Communications, WiMob 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Thessaloniki, Greece. pp.25-29, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMob55322.2022.9941543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning-based Signal Detection for Uplink in LoRa-like Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 32nd Annual International Symposium on Personal, Indoor and Mobile Radio Communications, PIMRC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Helsinki, Finland. pp.617-621</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart cities à Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinar IOT for smart and green cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-stable model for interference in IoT networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Rodriguez Larrad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Antenna Measurements and Applications, CAMA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes Juan-les-Pins, France. pp.575-578, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMA49227.2021.9703600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear combining in dependent α-stable interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2020 - IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Dublin, Ireland. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC40277.2020.9148724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460193v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero on site testing of railway wireless systems: the Emulradio4Rail platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Sabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gransart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Torrego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">93rd Vehicular Technology Conference (VTC2021-Spring)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTC2021-Spring51267.2021.9448903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03361485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate $alpha$-Stable Models in OFDM-Based IoT Networks with Interference From a Poisson Spatial Field of Interferers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCCN 2020 - 23rd International Conference on Distributed Computer and Communication Networks: Control, Computation, Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Virtual Event, Russia. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint statistical modeling of received power, mean delay, and delay spread for indoor wideband radio channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayush Bharti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark. poster P1.083, 5 p., </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP48036.2020.9135412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serial interference cancellation for improving uplink in LoRa-like networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications (IEEE PIMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, London, United Kingdom. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Domain NOMA Without SIC in Downlink CSS-Based LoRa Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference Distributed Computer and Communication Networks, DCCN 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Moscow, Russia. pp.3-13, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66471-8_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emulation of various radio access technologies for zero on site testing in the railway domain - the Emulradio4rail platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Vizzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Transport Research Arena, TRA 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Helsinki, Finland. 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03343233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emulation of end-to-end communications systems in railway scenarios: physical layer results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Moreno Garcia-Loygorri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Torrego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark. Paper 9135760, 5 p., </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP48036.2020.9135760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust and Simple Log-Likelihood Approximation for Receiver Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Marrakesh, Morocco. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2019.8886114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Validity of Isotropic Complex α-Stable Interference Models for Interference in the IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lille, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02263787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure indirecte des performances de LLR approché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copula-Based Interference Models for IoT Wireless Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2019 - 53rd IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Shanghai, China. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2019.8761783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power control in parallel symmetric α-stable noise channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPAWC 2019 - 20th IEEE International Workshop on Signal Processing Advances in Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Cannes, France. p.1 à 5, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPAWC.2019.8815443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02130226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating and Experimenting Interference Mitigation by Capture Effect in LoRa Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cong-Duc Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ehsan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 3rd International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3341325.3342022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance théorique d'un neurone à spikes Integrate-and-Fire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Danneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception and deployment of the Apolline sensor network for IAQ monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hanoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Verbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X IAQVEC 2019 - 10th international conference on Indoor Air Quality, Ventilation and Energy Conservation in Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Bari, Italy. 042026, 6 p., </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/609/4/042026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardware-in-the-loop and Software-in-the-loop platform for test and validation of adaptable radio communications systems for railways at IP layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Net4Rails</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Colmar, France. 9p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canal à deux relais utilisant Compress-and-Forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple antenna receiver under impulsive SαS noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas de Araujo Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2019, 17th IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Marrakech, Morocco. 6 p., </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2019.8885790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Outage Probability to ALOHA MAC Layer Performance Analysis in Distributed WSNs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Amine Seddik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2018 - IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-channel Distributed MAC protocol for WSN-based wildlife monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WiMob 2018 - 14th International Conference on Wireless and Mobile Computing, Networking and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LoRa-like CSS-based PHY Layer Capture Effect and Serial Interference Cancellation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th European Wireless (EW’2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Catania, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CupCarbon-Lab: An IoT Emulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marc Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massinissa Lounis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Consumer Communications &amp; Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Las Vegas, United States. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCNC.2018.8319313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the two-way diamond relay channel with lattice-based Compress-and-Forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Barcelona, Spain. pp.1772-1777, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2018.8377136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Localization and Clock Off- set Estimation via Time-Of-Arrival with Ranging Offset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Avnit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Roma, Italy. pp.672-676</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CupCarbon: A New Platform for the Design, Simulation and 2D/3D Visualization of Radio Propagation and Interferences in IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Combeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marc Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vauzelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Consumer Communications &amp; Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Las Vegas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Six-Port Reflectometer in WR15 Metallic Waveguide for Free-Space Sensing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pomorski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lallemand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Topical Conference on Wireless Sensors and Sensor Networks (WiSNet 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Anaheim, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Estimation of an Approximated Likelihood Ratio in Impulsive Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Annual International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Bologna, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2018.8580788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of stochastic resonance in a 65 nm CMOS artificial neuron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Hedayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Sourikopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Danneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise and Fluctuations (ICNF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Vilnius, Lithuania. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNF.2017.7985962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of LoRa Low Power and Wide Area Network Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IEEE International Conference on Advanced Technologies for Signal and Image Processing (ATSIP'2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Fez, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01516485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIMO communication with impulsive and dependent interference - the Copula receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Soret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2017 - XXVIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LoRa: LPWAN Technology for Smart City</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Olivier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SoC SIP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01556270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Interference for Wireless Sensor Network Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Smart Technologies (WOSTec'17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wireless Communication in Dynamic Interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Dorville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of OFDM Based Communication System with Alpha-Stable Interference using CupCarbon Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SoC 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achievable rates for additive isotropic α-stable noise channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Lopes de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Information Theory (ISIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Barcelona, Spain. pp.1874-1878, </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIT.2016.7541624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition: Channel Exploration/Exploitation Based on a Thompson Sampling Approach in a Radio Cognitive Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arash Maskooki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Loscrì</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWSN - International Conference on Embedded Wireless Systems and Networks (dependability competition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01249135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of LoRa radio solution for PREDNET wildlife animal tracking project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Pieter Meijers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Igual-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riaan Wolhuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LPWAN 2016 - The 1st international conference on IoT and M2M wireless LPWA (Low Power Wide Area) technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Paris Roissy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evaluation of Interference Impact on the Energy Consumption in Wireless Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Igual-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul Vyas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IEEE International Symposium on a World of Wireless, Mobile and Multimedia Networks (WoWMoM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01289487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of OFDM Based Communication System with Alpha-Stable Interference using CupCarbon Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Internet of Things and Cloud Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Cambridge, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2896387.2900321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01294140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of an approximated likelihood ratio for iterative decoding in impulsive environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dimanche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Doha, Qatar. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2016.7565031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Digital Delay Line with Coarse/Fine tuning through Gate/Body biasing in 28nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Sourikopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Frappé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Kaiser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th European Solid-State Device Research Conference (ESSDERC) / 42nd European Solid-State Circuits Conference (ESSCIRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Lausanne, Switzerland. pp.145-148, </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESSCIRC.2016.7598263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Thompson Sampling Approach to Channel Exploration-Exploitation Problem in Multihop Cognitive Radio Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Loscrì</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01355002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of IEEE 802.15.4 PHY with Impulsive Network Interference in CupCarbon Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahim Kacimi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Networks, Computers and Communications (ISNCC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tunis, Tunisia. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISNCC.2016.7746102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Interference for Wireless Sensor Network Simulators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on Big Data and Advanced Wireless technologies (BDAW'2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Blagoevgrad, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skew-t copula for dependence modelling of impulsive (α-stable) interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributional upper bound on the interference in spatial wireless multiuser ultrawideband communication systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing, ICASSP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Florence, Italy. pp.5764-5768, </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2014.6854708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimentation and modeling of node energy consumption in wireless sensor networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Igual-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Villeneuve d'Ascq, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of 60-GHz channels based on energy detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Mebaley-Ekome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Frappé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Sourikopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Ultra-WideBand (ICUWB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France. pp.68-73, </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICUWB.2014.6958953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decision feedback equalizer with channel-dependent power consumption for 60-GHz receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Sourikopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Frappé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems, ISCAS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Melbourne, Australia. pp.1484-1487, </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCAS.2014.6865427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust receiver in impulsive noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Villeneuve d'Ascq, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la lecture de tags RFID situés à l'intérieur d'un véhicule à partir d'un interrogateur extérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M. Handeme Nguema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées Nationales Microondes, JNM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France. papier J3-AP1-4, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance-weighted the imbalanced data for C-SVM classifier to human activity recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Abidine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fergani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Workshop on Systems, Signal Processing and their Applications, WoSSPA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Algiers, Algeria. pp.330-335, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WoSSPA.2013.6602386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB channel modeling for objects evolving in impulsive environnements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Communications and Networking Conference Workshops (WCNCW), 2012 IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.191 - 195, </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOMW.2010.5700305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00732995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holistic Modeling of Embedded Systems with Multi-Discipline Feedback: Application to a Precollision Mitigation Braking System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pêcheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Minerve Louërat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Aboushady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Cenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Automation and Test in Europe (DATE'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Dresden, Germany. pp.739-744</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-SVM versus CRF classifier for human activity recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Abidine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fergani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Electrical Engineering and Control Applications, ICEECA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Khenchela, Algeria. paper CS-254, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Receiver study for cooperative communications in convolved additive α-stable interference plus Gaussian thermal noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth International Symposium on Wireless Communication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Paris, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude théorique et expérimentale de la propagation d'ondes UHF en environnement semi-confiné : application au cas des véhicules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Handeme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées Nationales du Réseau Doctoral en Micro-nanoélectronique, JNRDM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Marseille, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB channel modeling for objects evolving in impulsive environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference, WCNC 2012, Workshop on Internet of Things Enabling Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Paris, France. pp.191-195, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNCW.2012.6215488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interference and digital communications (turbo codes, cooperation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Mathematical Models for Impulsiveness : Alpha-Stable Processes for Signal Processing and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holistic modelling of heterogeneous embedded systems with high multi-discipline feedback : application to a precollision mitigation braking system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pecheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M. Louerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Aboushady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Automation &amp; Test in Europe, DATE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Dresden, Germany. pp.739-744</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial evolution of radio channel modelled with stable random processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Propagation and Channel Modeling for Next-Generation Wireless Networks, IWPCM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00807129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of an Optimal Receiver in the Presence of Alpha-Stable and Gaussian Noises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan K. Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Marsalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Castellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Workshop on Statistical Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Nice, France. pp.205-208, </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSP.2011.5967762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple-access interference management in TH-PPM UWB systems with pulse width randomisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kouassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Doumbia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Ultra-Wideband, ICUWB 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Bologna, Italy. pp.165-169, </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICUWB.2011.6058818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impulsive Interference Mitigation in Ad Hoc Networks Based on Alpha-Stable Modeling and Particle Filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Jaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vanheeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Acoustics, Speech and Signal Processing (ICASSP), 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Prague, Czech Republic. pp.3548 - 3551, </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2011.5946244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interference modeling and relay selection issue for amplify-and-forward IR-UWB sensor networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Yong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFIP International Conference on New Technologies, Mobility and Security, NTMS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2011.5721051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00579047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo code decoding in MAI environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Turbo Codes &amp; Iterative Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Brest, France. pp.206-210, </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISTC.2010.5613842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">α-stable interference modelling and relay selection for regenerative cooperative IR-UWB systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Xi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Wireless Technology Conference, EuWiT 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, France. pp.81-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baseband Fading Channel Simulator for Inter-Vehicle Communication using SystemC-AMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelbasset Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vasilevski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 IEEE International Behavioral Modeling and Simulation Conference (BMAS 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, San Jose, CA, United States. pp.36-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust clipping demapper for LDPC decoding in impulsive channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ben Maad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Turbo Codes &amp; Iterative Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Brest, France. pp.231-235, </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISTC.2010.5613845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymptotic performance of LDPC codes in impulsive non-gaussian channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ben Maad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IEEE International Workshop on Signal Processing Advances in Wireless Communications, SPAWC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Marrakech, Morocco. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPAWC.2010.5670974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00568585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulse shaping with width randomisation for IR-UWB signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kouakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Wireless Technology Conference, EuWiT 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, France. pp.157-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'un canal de Rice dépendant de la distance et des caractéristiques du relais sur un lien multi sauts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.5F-4, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of impulse and self-heterodyne 60-GHz systems for hybrid networks based on polymer multimode fibres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Deparis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th European Microwave Conference, EuMC 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Italy. pp.468-471, </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EUMC.2009.5296019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated identification of clusters and UWB channel parameters dependency on Tx-Rx distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelbasset Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiejia Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Combeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Pousset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Antennas and Propagation (EUCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Berlin, Germany. pp.3663-3667</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00349065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relay characteristic impact on energy consumption for heterogeneous networks in a LOS channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd European Wireless Technology Conference, EuWiT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Italy. pp.57-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Block and convolutional turbo codes In presence of non Gaussian multiple acess interference over Ad Hoc networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanza Elghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : International Symposium on Image/Video Communications, July 9-11, Bilbao, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of material parameters on the energy consumption for amplify and forward relays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jiejia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia Pacific Microwave Conference, APMC 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Hong Kong and Macau, China. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APMC.2008.4958648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Block and convolutional turbo codes over non gaussian multiple access interference ad hoc networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Image/Video Communications over fixed and mobile networks, ISIVC 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bilbao, Spain. paper 147, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An impulse response model for the 60 GHz channel based on spectral techniques of a-stable processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications, ICC 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, United Kingdom. pp.5040-5045, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2007.832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00366984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling multiple access interference in ad hoc networks based on IR-UWB signals up-converted to 60 GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Wireless Technologies, ECWT 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Germany. pp.106-109, </w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECWT.2007.4403957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00284058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du MAI d'un système IR-UWB transposé à 60 GHz pour réseaux ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIème Colloque GRETSI, Traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France. pp.313-316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00284472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of IR-UWB at 60 GHz for ad hoc networks with directive antennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjaballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 6 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bit and packet error rates for ad hoc networks based on up-converted IR-UWB signals at 60 GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjaballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 5 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multihop wireless communications with non regenerative relays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjaballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 4 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle du canal radio à 60 GHz intra-bâtiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjabballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Deparis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 14èmes Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance d'une liaison descendante basée sur le MC-CDMA dans le canal à 60 GHz : comparaison avec l'OFDM-TDMA et le DS-CDMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances d'un système CDMA asynchrone : cas du canal à 60 GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical BER of an asynchronous DS-CDMA system in the 60 GHz channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.1189-1193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoregressive multiple access interference model and fats asynchronous DS-CDMA simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.173-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Block Turbo Codes for a multiusers DS-CDMA link on the 60 GHz channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd International Symposium on Image/Video Communications over fixed and mobile networks, ISIVC 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance improvement of DS-CDMA on the LOS multipath 60 GHz channel using block turbo coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.133-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance analysis of adaptive modulation for fading channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on Image and Signal Processing and Analysis, ISPA 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Rome, Italy. pp.921-925, </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISPA.2003.1296410⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path delay model based on alpha-stable distribution for the 60 GHz indoor channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003, pp.1638-1643</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of DS-CDMA on the LOS multipath 60 GHz channel and performance with RAKE receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003, pp.1232-1236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time frequency and Kalman filter based baud rate estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on Image and Signal Processing and Analysis, ISPA 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Rome, Italy. pp.866-870, </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISPA.2003.1296400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised characterization of digital modulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Beijing, China. pp.1316-1319, </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICOSP.2002.1180034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple access for 60 GHz mobile ad hoc networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Loosvelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 55th Vehicular Technology Conference. VTC Spring 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Birmingham, AL, United States. pp.1517-1521, </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTC.2002.1002870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of DS-CDMA on the 60 GHz channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th IEEE International Symposium on Personal, Indoor and Mobile Radio Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Lisbon, Portugal. pp.2332-2336, </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2002.1046561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wide band 60 GHz indoor channel : characterization and statistical modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rachdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Thuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.2098-2102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation du canal radio 60 GHz pour des liaisons haut débit intra-bâtiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 12èmes Journées Nationales Microondes, JNM 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance analysis of an OFDM-SDMA based system in a time-varying multi-path channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Loosvelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Thuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.1686 - 1690</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compound statistical model for 60GHz indoor channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Thuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rachdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.1780-1784</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajets auto-régressifs pour modèle de canal radio-mobile non stationnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Thuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc G. Gazalet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 18ème Colloque GRETSI sur le Traitement du Signal et des Images, GRETSI 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline: conception et déploiement d'un réseau de mesure de la qualité de l'air par microcapteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hanoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Crumeyrolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Degrande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEI 2019 : atelier expérimentation et instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everlasting sensor networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Igual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rédha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'énergie demain. Transition énergétique : recherches et ingénierie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00958130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XAI for wireless communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul-Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ghandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouna Ben Mabrouk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explainable AI for Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.73-91, 2025, 9780443291357. </w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-44-329135-7.00014-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05264870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio channel access challenges in LoRa low-power wide-area networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cong-Duc Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ehsan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LPWAN Technologies for IoT and M2M Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.65-102, 2020, </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-818880-4.00004-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced coding, modulation and signal processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vukobratovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Wetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Teich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Czylwik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Verdone R., Zanella A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pervasive mobile and ambient wireless communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer London, pp.Part 2, 373-404, 2012, ISBN 978-1-4471-2314-9. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4471-2315-6_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3.5 Multi-user systems and multi-user detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luis M. Correia, IST - Technical University of Lisbon, Portugal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobile broadbands multimedia networks, Techniques, Models and Tools for 4G</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACADEMIC PRESS, 600 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00131392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une modélisation du canal radio et des interférences pour l'intelligence ambiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00573137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un aperçu des réseaux de capteurs sans fil au Japon : de la gestion de l'énergie à l'architecture des réseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marise Bafleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Dilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evidence for Heavy Tailed Interference in the IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mads Lauridsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impulsive Multivariate Interference Models for IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy efficient communication with neuro-inspired detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Danneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId529"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Clavier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IMT Nord Europe, Univ. Lille, CNRS, UMR 8520 - IEMN, F-59000 Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS, UAR 3380 - IRCICA</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explainable AI for Enhancing Efficiency of DL-Based Channel Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali J Ghandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Machine Learning in Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3, pp.976 - 996. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmlcn.2025.3596548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Field Strength Prediction Using Modern Machine Learning in European Cities From Few RF-EMF Measurements: A Neural Tangent Kernel Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Schampheleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Deruyck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.131003-131014. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3589492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Synapse Saturation in Spiking Neural Networks for Wake Up Receivers in Internet of Things Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Internet of Things Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JIOT.2025.3599668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05229337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EME-CNTK: Infinite Limits of Convolutional Neural Network for Urban Electromagnetic Field Exposure Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Egea-Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.P. Gaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.49476-49488. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3380835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asynchronous WPNC With DFT Precoding and Symbol-Spaced Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Hron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Sykora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (9), pp.2279-2282. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2023.3291594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Explainable AI for Channel Estimation in Wireless Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ghandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2023.3345632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decentralized fault-tolerant controller based on cooperative smart-wireless sensors in large-scale buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lala Rajaoarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacer Kouider M’sirdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moamar Sayed-Mouchaweh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Computer Applications (JNCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Journal of Network and Computer Applications, 214, pp.103605. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnca.2023.103605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal Denoising and Detection for Uplink in LoRa Networks based on Bayesian-optimized Deep Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (1), pp.214 - 218. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2022.3217337⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04168105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IP Impairment Models for Performance Evaluation of Wireless Systems in Railway Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Sabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Torrego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.69928-69938. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3292794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Interference Arising From Random Spatial Fields of Interferers Utilizing Multiple Subcarriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1, pp.1-28. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-022-02110-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03605575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Outdoor Electromagnetic Field Exposure Mapping Generation Using Conditional GANs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rédha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esteban Egea-Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (24), pp.9643. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s22249643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Geometry-based Analysis of the Impact of Underlying Uncorrelated IoT Networks on LoRa Coverage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Chevillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Diouris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.8790-8803. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3141540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint modeling of received power, mean delay, and delay spread for wideband radio channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayush Bharti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramoni Adeogun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuesong Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois-Xavier Briol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Antennas and Propagation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 69 (8), pp.4871-4882. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAP.2021.3060099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence for heavy tailed interference in the IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mads Lauridsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (3), pp.692-695. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2020.3034430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impulsive Noise Modeling and Robust Receiver Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-020-01868-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandpass NGD function design for 5G microwave signal delay synchronization application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lalléchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lala Rajaoarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Sanchez Galan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Ravelo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (S1), pp.53-71. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crphys.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Resource Optimization of Random Access for Transmitters with Correlated Activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders E Kalør</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petar Popovski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (9), pp.3055-3059. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2021.3090110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Salp Swarm Optimization Algorithm: Application in Feature Weighting for Blind Modulation Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Ben Chaabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akram Belazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallegue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (16), pp.2002. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics10162002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiuser detection for downlink communication in lora-like networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.A. Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.199001-199015. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3034973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Unsupervised LLR Estimation with unknown Noise Distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020 (1), pp.26. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-019-1608-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading UHF RFID tags inside passenger vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handeme Nguema Igondjo My-Mirabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of scientific and technical research in engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (5), pp.32-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of T-Nb2O5 thin-films deposited by atomic layer deposition for miniaturized electrochemical energy storage devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliha Ouendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Arico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Codron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Wallart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Storage Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, pp.581-588. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ensm.2018.08.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02135683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception and deployment of the APOLLINE sensor network for IAQ monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hanoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Verbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, IOP Conference Series: Materials Science and Engineering, 609, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899x/609/4/042026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Interference for Uplink SCMA in Large-Scale Wireless Networks without Coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (1), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13638-018-1225-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacity Bounds for Additive Symmetric $\alpha $ -Stable Noise Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Information Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 63 (8), pp.5115-5123. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIT.2017.2676104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location of Things: Geospatial Tagging for IoT Using Time-of-Arrival</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Avnit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), pp.174-185. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSIPN.2016.2531422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event detection in sensor networks with non-linear amplifiers via mixture series expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengfei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (18), pp.6939-6946. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2016.2592103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On detection method for soft iterative decoding in the presence of impulsive interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dimanche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18, pp.945-948. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2014.2320921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint estimation of state and noise parameters in a linear dynamic system with impulsive measurement noise: Application to OFDM systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Jaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vanheeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dsp.2014.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal PWR codes for TH-PPM UWB multiple-access interference mitigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kouassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Doumbia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17, pp.103-106. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2012.112812.122204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clipping demapper for LDPC decoding in impulsive channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassen Benmaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (5), pp.968-971. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2013.031913.130060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoding metric study for turbo codes in very impulsive environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16, pp.256-258. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2011.112311.111504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relay characteristic impact on energy consumption in heterogeneous sensor network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEU-INTERNATIONAL JOURNAL OF ELECTRONICS AND COMMUNICATIONS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 66, pp.495-501. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeue.2011.10.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-stable multiple access interference modelling for amplify-and-forward multihop ad hoc networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46, pp.1160-1162. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/el.2010.1465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical channel model based on alpha-stable random processes and application to the 60 GHz ultra wide band channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58, pp.1457-1467. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCOMM.2010.05.090069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-stable interference modeling and Cauchy receiver for an IR-UWB ad hoc network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Alain Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58 (6), pp.1748 - 1757. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCOMM.2010.06.090074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor coverage improvement of MB-OFDM UWB signals with radio over POF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Vilcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 282, pp.4706-4715. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2009.09.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00471849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Impulse Response Model for the 60 Ghz Channel Based on Spectral Techniques of alpha-stable Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of IEEE International Conference on communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.5040 - 5045. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2007.832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00255914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposition of a baseband UWB signal at 60 GHz for high data rate indoor WLAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Deparis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjabballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 15, pp.609-611</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path delay model based on stable distribution for the 60GHz indoor channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE GLOBECOM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.441-467</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path delay model based on alpha-stable distribution for the 60 GHz indoor channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Sabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of Global Telecommunications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Volume 3, pp.1638 - 1643 vol.3. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2003.1258515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00255952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path loss model of the 60 GHz indoor radio channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 34, pp.158-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compound statistical model for 60 GHz channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lethuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Rachdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> IEEE 54th Vehicular Technology Conference. VTC Fall 2001. Proceedings (Cat. No.01CH37211) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, pp.1780-1784. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/vtc.2001.956506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence du comportement d'ancrages superficiels sur la résistance globale d'arcs monotubulaires : application aux serres tunnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Motro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Construction Métallique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 2, pp.28-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02576484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (128)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation d'une loi de saut en fréquence par une analyse de la transformée de Fourier bidimensionnelle du spectrogramme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Khalaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Louchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ray Abdo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2025-30° Colloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRETSI, Aug 2025, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05233046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secrecy Energy-Efficient Solution in Multi-User NOMA-Enabled Ambient Backscattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miled Alam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IEEE International Mediterranean Conference on Communications and Networking (MEDITCOM 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interference Aware Ultra Reliable Communications in In-X IoT Sub-Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Ngom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Joint European Conference on Networks and Communications & 6G Summit (EuCNC/6G Summit)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Poznan, Poland. pp.187-192, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EuCNC/6GSummit63408.2025.11037153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of PAPR-Aware OFDM Waveforms for Integrated Sensing and Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eya Gourar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 101st Vehicular Technology Conference (VTC2025-Spring)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05265250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverted BER Trends for Energy-Detected GRSM-MQAM Massive MIMO Downlink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oshin Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haïfa Farès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amor Nafkha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 21th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Marrakesh, Morocco. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/wimob66857.2025.11257439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05395480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realistic EMF Exposure Estimation from Low Density Sensor Network by Finite &amp; Infinite Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gaillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 19th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Stockholm, Sweden. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP63536.2025.10999838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05150287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Dynamic Multicored Neighbors Discovery approach in BLE for Low Power Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Wohwe Sambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Delafaite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rédha Kassi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France. pp.701-706, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMob61911.2024.10770476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secure Transmission in NOMA Systems: An Efficient Resource Allocation Strategy Using Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miled Alam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Standards for Communications and Networking (CSCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Belgrade, Serbia. pp.73-78, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSCN63874.2024.10849738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning-based Successive Interference Cancellation to Improve Uplink in LoRa Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth IEEE International Mediterranean Conference on Communications and Networking (IEEE MEDITCOM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Madrid, Spain. pp.179-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Best paper award] GLIP: Electromagnetic Field Exposure Map Completion by Deep Generative Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 35th International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valencia, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC59610.2024.10817428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling Low-Power Signature Recognition for the IoT with SLIF neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2024 - 32nd European conference on signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Lyon, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récepteur Wake-up radio basé sur des réseaux de neurones à impulsions pour la détection de séquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoRes 2023 - 8èmes Rencontres Francophones sur la Conception de protocoles, l'évaluation de performances et l'expérimentation de Réseaux de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Cargese, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04090633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EME-GAN: A Conditional Generative Adversarial Network based Indoor EMF Exposure Map Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29Â Colloque sur le traitement du signal et des image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRETSI - Groupe de Recherche en Traitement du Signal et des Images, Aug 2023, Grenoble, France. pp.745-748</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wake-up radio receiver based on Spiking Neurons for detecting activation sequence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Glasgow, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC55385.2023.10118713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04115278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On exploiting the synaptic interaction properties to obtain frequency-specific neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Marthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goursaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Cazé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCAS 2023 - IEEE 16th Dallas Circuits and Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Denton, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DCAS57389.2023.10130264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle de fiabilité dans les réseaux IoT avec un mélange d'exponentielles comme modèle d'interférence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Ngom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIXème Colloque Francophone de Traitement du Signal et des Images (GRETSI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning-based receiver for Uplink in LoRa Networks with Sigfox Interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 18th International Conference on Wireless and Mobile Computing, Networking and Communications, WiMob 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Thessaloniki, Greece. pp.25-29, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMob55322.2022.9941543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Log-Likelihood Ratio Estimation for Short Packets in Impulsive Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dadja Anade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Austin, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching predictive controller for building optimal thermal comfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-H. Benzaama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. K. M'Sirdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moamar Sayed-Mouchaweh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Mediterranean Conference on Control and Automation (MED 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Vouliagmeni, Greece. pp.127-132, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MED54222.2022.9837246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03835197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Resource Allocation for Outage Minimization in Random Access with Correlated Activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders E Kalør</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petar Popovski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Austin, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771709⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EME-Net: A U-net-based Indoor EMF Exposure Map Reconstruction Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mallik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taghrid Mazloum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanshan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 16th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Madrid, Spain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP53622.2022.9769645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero on site testing of railway wireless systems: the Emulradio4Rail platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Sabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gransart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Torrego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">93rd Vehicular Technology Conference (VTC2021-Spring)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTC2021-Spring51267.2021.9448903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03361485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear combining in dependent α-stable interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2020 - IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Dublin, Ireland. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC40277.2020.9148724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460193v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-stable model for interference in IoT networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Rodriguez Larrad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Antenna Measurements and Applications, CAMA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes Juan-les-Pins, France. pp.575-578, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMA49227.2021.9703600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart cities à Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinar IOT for smart and green cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning-based Signal Detection for Uplink in LoRa-like Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 32nd Annual International Symposium on Personal, Indoor and Mobile Radio Communications, PIMRC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Helsinki, Finland. pp.617-621</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emulation of end-to-end communications systems in railway scenarios: physical layer results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Moreno Garcia-Loygorri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Torrego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark. Paper 9135760, 5 p., </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP48036.2020.9135760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serial interference cancellation for improving uplink in LoRa-like networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications (IEEE PIMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, London, United Kingdom. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint statistical modeling of received power, mean delay, and delay spread for indoor wideband radio channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayush Bharti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark. poster P1.083, 5 p., </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP48036.2020.9135412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate $alpha$-Stable Models in OFDM-Based IoT Networks with Interference From a Poisson Spatial Field of Interferers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCCN 2020 - 23rd International Conference on Distributed Computer and Communication Networks: Control, Computation, Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Virtual Event, Russia. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Domain NOMA Without SIC in Downlink CSS-Based LoRa Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference Distributed Computer and Communication Networks, DCCN 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Moscow, Russia. pp.3-13, </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66471-8_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emulation of various radio access technologies for zero on site testing in the railway domain - the Emulradio4rail platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kharbech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Vizzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Transport Research Arena, TRA 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Helsinki, Finland. 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03343233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canal à deux relais utilisant Compress-and-Forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple antenna receiver under impulsive SαS noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas de Araujo Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2019, 17th IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Marrakech, Morocco. 6 p., </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2019.8885790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance théorique d'un neurone à spikes Integrate-and-Fire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Danneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception and deployment of the Apolline sensor network for IAQ monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hanoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Verbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X IAQVEC 2019 - 10th international conference on Indoor Air Quality, Ventilation and Energy Conservation in Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Bari, Italy. 042026, 6 p., </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/609/4/042026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power control in parallel symmetric α-stable noise channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPAWC 2019 - 20th IEEE International Workshop on Signal Processing Advances in Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Cannes, France. p.1 à 5, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPAWC.2019.8815443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02130226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating and Experimenting Interference Mitigation by Capture Effect in LoRa Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cong-Duc Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ehsan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 3rd International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3341325.3342022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust and Simple Log-Likelihood Approximation for Receiver Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Marrakesh, Morocco. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2019.8886114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure indirecte des performances de LLR approché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Validity of Isotropic Complex α-Stable Interference Models for Interference in the IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lille, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02263787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copula-Based Interference Models for IoT Wireless Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2019 - 53rd IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Shanghai, China. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2019.8761783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardware-in-the-loop and Software-in-the-loop platform for test and validation of adaptable radio communications systems for railways at IP layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Net4Rails</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Colmar, France. 9p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Six-Port Reflectometer in WR15 Metallic Waveguide for Free-Space Sensing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pomorski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lallemand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Topical Conference on Wireless Sensors and Sensor Networks (WiSNet 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Anaheim, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CupCarbon: A New Platform for the Design, Simulation and 2D/3D Visualization of Radio Propagation and Interferences in IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Combeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marc Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vauzelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Consumer Communications &amp; Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Las Vegas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind Estimation of an Approximated Likelihood Ratio in Impulsive Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Mestrah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Annual International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Bologna, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2018.8580788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CupCarbon-Lab: An IoT Emulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marc Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massinissa Lounis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Consumer Communications &amp; Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Las Vegas, United States. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCNC.2018.8319313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LoRa-like CSS-based PHY Layer Capture Effect and Serial Interference Cancellation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th European Wireless (EW’2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Catania, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-channel Distributed MAC protocol for WSN-based wildlife monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WiMob 2018 - 14th International Conference on Wireless and Mobile Computing, Networking and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Outage Probability to ALOHA MAC Layer Performance Analysis in Distributed WSNs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Amine Seddik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2018 - IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the two-way diamond relay channel with lattice-based Compress-and-Forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Barcelona, Spain. pp.1772-1777, </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2018.8377136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Localization and Clock Off- set Estimation via Time-Of-Arrival with Ranging Offset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Avnit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Roma, Italy. pp.672-676</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIMO communication with impulsive and dependent interference - the Copula receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Soret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2017 - XXVIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LoRa: LPWAN Technology for Smart City</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Olivier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SoC SIP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01556270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of LoRa Low Power and Wide Area Network Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IEEE International Conference on Advanced Technologies for Signal and Image Processing (ATSIP'2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Fez, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01516485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of stochastic resonance in a 65 nm CMOS artificial neuron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Hedayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Sourikopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Danneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise and Fluctuations (ICNF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Vilnius, Lithuania. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNF.2017.7985962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wireless Communication in Dynamic Interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Dorville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Interference for Wireless Sensor Network Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Smart Technologies (WOSTec'17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of OFDM Based Communication System with Alpha-Stable Interference using CupCarbon Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Internet of Things and Cloud Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Cambridge, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2896387.2900321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01294140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evaluation of Interference Impact on the Energy Consumption in Wireless Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Igual-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul Vyas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IEEE International Symposium on a World of Wireless, Mobile and Multimedia Networks (WoWMoM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01289487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of LoRa radio solution for PREDNET wildlife animal tracking project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Pieter Meijers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Igual-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riaan Wolhuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LPWAN 2016 - The 1st international conference on IoT and M2M wireless LPWA (Low Power Wide Area) technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Paris Roissy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition: Channel Exploration/Exploitation Based on a Thompson Sampling Approach in a Radio Cognitive Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arash Maskooki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Loscrì</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWSN - International Conference on Embedded Wireless Systems and Networks (dependability competition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01249135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of OFDM Based Communication System with Alpha-Stable Interference using CupCarbon Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SoC 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achievable rates for additive isotropic α-stable noise channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Lopes de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Information Theory (ISIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Barcelona, Spain. pp.1874-1878, </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIT.2016.7541624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of an approximated likelihood ratio for iterative decoding in impulsive environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dimanche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Doha, Qatar. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2016.7565031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Digital Delay Line with Coarse/Fine tuning through Gate/Body biasing in 28nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Sourikopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Frappé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Kaiser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th European Solid-State Device Research Conference (ESSDERC) / 42nd European Solid-State Circuits Conference (ESSCIRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Lausanne, Switzerland. pp.145-148, </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESSCIRC.2016.7598263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Thompson Sampling Approach to Channel Exploration-Exploitation Problem in Multihop Cognitive Radio Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Loscrì</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mitton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01355002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of IEEE 802.15.4 PHY with Impulsive Network Interference in CupCarbon Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahim Kacimi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Networks, Computers and Communications (ISNCC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tunis, Tunisia. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISNCC.2016.7746102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Interference for Wireless Sensor Network Simulators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on Big Data and Advanced Wireless technologies (BDAW'2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Blagoevgrad, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skew-t copula for dependence modelling of impulsive (α-stable) interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of 60-GHz channels based on energy detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Mebaley-Ekome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Frappé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Sourikopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Ultra-WideBand (ICUWB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France. pp.68-73, </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICUWB.2014.6958953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributional upper bound on the interference in spatial wireless multiuser ultrawideband communication systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing, ICASSP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Florence, Italy. pp.5764-5768, </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2014.6854708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimentation and modeling of node energy consumption in wireless sensor networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Igual-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Villeneuve d'Ascq, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decision feedback equalizer with channel-dependent power consumption for 60-GHz receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Sourikopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Frappé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems, ISCAS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Melbourne, Australia. pp.1484-1487, </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCAS.2014.6865427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust receiver in impulsive noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Villeneuve d'Ascq, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la lecture de tags RFID situés à l'intérieur d'un véhicule à partir d'un interrogateur extérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M. Handeme Nguema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées Nationales Microondes, JNM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France. papier J3-AP1-4, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance-weighted the imbalanced data for C-SVM classifier to human activity recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Abidine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fergani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Workshop on Systems, Signal Processing and their Applications, WoSSPA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Algiers, Algeria. pp.330-335, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WoSSPA.2013.6602386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB channel modeling for objects evolving in impulsive environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference, WCNC 2012, Workshop on Internet of Things Enabling Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Paris, France. pp.191-195, </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNCW.2012.6215488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude théorique et expérimentale de la propagation d'ondes UHF en environnement semi-confiné : application au cas des véhicules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Handeme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées Nationales du Réseau Doctoral en Micro-nanoélectronique, JNRDM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Marseille, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-SVM versus CRF classifier for human activity recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Abidine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fergani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Electrical Engineering and Control Applications, ICEECA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Khenchela, Algeria. paper CS-254, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Receiver study for cooperative communications in convolved additive α-stable interference plus Gaussian thermal noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ido Nevat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth International Symposium on Wireless Communication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Paris, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB channel modeling for objects evolving in impulsive environnements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourddine Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Communications and Networking Conference Workshops (WCNCW), 2012 IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France. pp.191 - 195, </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOMW.2010.5700305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00732995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holistic Modeling of Embedded Systems with Multi-Discipline Feedback: Application to a Precollision Mitigation Braking System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pêcheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Minerve Louërat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Aboushady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Cenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Automation and Test in Europe (DATE'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Dresden, Germany. pp.739-744</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holistic modelling of heterogeneous embedded systems with high multi-discipline feedback : application to a precollision mitigation braking system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pecheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M. Louerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Aboushady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Automation &amp; Test in Europe, DATE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Dresden, Germany. pp.739-744</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interference and digital communications (turbo codes, cooperation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Mathematical Models for Impulsiveness : Alpha-Stable Processes for Signal Processing and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interference modeling and relay selection issue for amplify-and-forward IR-UWB sensor networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Yong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFIP International Conference on New Technologies, Mobility and Security, NTMS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2011.5721051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00579047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple-access interference management in TH-PPM UWB systems with pulse width randomisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kouassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Doumbia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Ultra-Wideband, ICUWB 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Bologna, Italy. pp.165-169, </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICUWB.2011.6058818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of an Optimal Receiver in the Presence of Alpha-Stable and Gaussian Noises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan K. Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Marsalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Castellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Workshop on Statistical Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Nice, France. pp.205-208, </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSP.2011.5967762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial evolution of radio channel modelled with stable random processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Propagation and Channel Modeling for Next-Generation Wireless Networks, IWPCM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00807129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impulsive Interference Mitigation in Ad Hoc Networks Based on Alpha-Stable Modeling and Particle Filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Jaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vanheeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Septier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Acoustics, Speech and Signal Processing (ICASSP), 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Prague, Czech Republic. pp.3548 - 3551, </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2011.5946244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">α-stable interference modelling and relay selection for regenerative cooperative IR-UWB systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Xi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Wireless Technology Conference, EuWiT 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, France. pp.81-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo code decoding in MAI environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Turbo Codes &amp; Iterative Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Brest, France. pp.206-210, </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISTC.2010.5613842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baseband Fading Channel Simulator for Inter-Vehicle Communication using SystemC-AMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelbasset Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vasilevski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 IEEE International Behavioral Modeling and Simulation Conference (BMAS 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, San Jose, CA, United States. pp.36-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust clipping demapper for LDPC decoding in impulsive channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ben Maad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Turbo Codes &amp; Iterative Information Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Brest, France. pp.231-235, </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISTC.2010.5613845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymptotic performance of LDPC codes in impulsive non-gaussian channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ben Maad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Goupil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IEEE International Workshop on Signal Processing Advances in Wireless Communications, SPAWC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Marrakech, Morocco. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPAWC.2010.5670974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00568585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulse shaping with width randomisation for IR-UWB signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kouakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Wireless Technology Conference, EuWiT 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, France. pp.157-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'un canal de Rice dépendant de la distance et des caractéristiques du relais sur un lien multi sauts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.5F-4, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of impulse and self-heterodyne 60-GHz systems for hybrid networks based on polymer multimode fibres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Deparis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th European Microwave Conference, EuMC 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Italy. pp.468-471, </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EUMC.2009.5296019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated identification of clusters and UWB channel parameters dependency on Tx-Rx distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelbasset Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiejia Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Combeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Pousset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Antennas and Propagation (EUCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Berlin, Germany. pp.3663-3667</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00349065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relay characteristic impact on energy consumption for heterogeneous networks in a LOS channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Massouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd European Wireless Technology Conference, EuWiT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Italy. pp.57-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Block and convolutional turbo codes over non gaussian multiple access interference ad hoc networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Image/Video Communications over fixed and mobile networks, ISIVC 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bilbao, Spain. paper 147, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of material parameters on the energy consumption for amplify and forward relays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jiejia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia Pacific Microwave Conference, APMC 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Hong Kong and Macau, China. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APMC.2008.4958648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Block and convolutional turbo codes In presence of non Gaussian multiple acess interference over Ad Hoc networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanza Elghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : International Symposium on Image/Video Communications, July 9-11, Bilbao, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling multiple access interference in ad hoc networks based on IR-UWB signals up-converted to 60 GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Wireless Technologies, ECWT 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Germany. pp.106-109, </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECWT.2007.4403957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00284058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An impulse response model for the 60 GHz channel based on spectral techniques of a-stable processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications, ICC 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, United Kingdom. pp.5040-5045, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2007.832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00366984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du MAI d'un système IR-UWB transposé à 60 GHz pour réseaux ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIème Colloque GRETSI, Traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France. pp.313-316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00284472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multihop wireless communications with non regenerative relays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjaballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 4 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bit and packet error rates for ad hoc networks based on up-converted IR-UWB signals at 60 GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjaballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 5 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of IR-UWB at 60 GHz for ad hoc networks with directive antennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghannudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjaballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 6 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical BER of an asynchronous DS-CDMA system in the 60 GHz channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.1189-1193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances d'un système CDMA asynchrone : cas du canal à 60 GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle du canal radio à 60 GHz intra-bâtiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendjabballah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Deparis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 14èmes Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance d'une liaison descendante basée sur le MC-CDMA dans le canal à 60 GHz : comparaison avec l'OFDM-TDMA et le DS-CDMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. El Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance improvement of DS-CDMA on the LOS multipath 60 GHz channel using block turbo coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.133-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Block Turbo Codes for a multiusers DS-CDMA link on the 60 GHz channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd International Symposium on Image/Video Communications over fixed and mobile networks, ISIVC 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoregressive multiple access interference model and fats asynchronous DS-CDMA simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Okouyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.173-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance analysis of adaptive modulation for fading channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on Image and Signal Processing and Analysis, ISPA 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Rome, Italy. pp.921-925, </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISPA.2003.1296410⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path delay model based on alpha-stable distribution for the 60 GHz indoor channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003, pp.1638-1643</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of DS-CDMA on the LOS multipath 60 GHz channel and performance with RAKE receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Sawaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003, pp.1232-1236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time frequency and Kalman filter based baud rate estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on Image and Signal Processing and Analysis, ISPA 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Rome, Italy. pp.866-870, </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISPA.2003.1296400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of DS-CDMA on the 60 GHz channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th IEEE International Symposium on Personal, Indoor and Mobile Radio Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Lisbon, Portugal. pp.2332-2336, </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2002.1046561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised characterization of digital modulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Beijing, China. pp.1316-1319, </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICOSP.2002.1180034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple access for 60 GHz mobile ad hoc networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Loosvelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Boulinguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 55th Vehicular Technology Conference. VTC Spring 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Birmingham, AL, United States. pp.1517-1521, </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTC.2002.1002870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajets auto-régressifs pour modèle de canal radio-mobile non stationnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Thuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc G. Gazalet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 18ème Colloque GRETSI sur le Traitement du Signal et des Images, GRETSI 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation du canal radio 60 GHz pour des liaisons haut débit intra-bâtiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 12èmes Journées Nationales Microondes, JNM 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance analysis of an OFDM-SDMA based system in a time-varying multi-path channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Loosvelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Thuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.1686 - 1690</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wide band 60 GHz indoor channel : characterization and statistical modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rachdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fryziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Thuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.2098-2102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compound statistical model for 60GHz indoor channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Delignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Le Thuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rachdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.1780-1784</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline: conception et déploiement d'un réseau de mesure de la qualité de l'air par microcapteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Hanoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Crumeyrolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Degrande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEI 2019 : atelier expérimentation et instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everlasting sensor networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Toldov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Igual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rédha Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'énergie demain. Transition énergétique : recherches et ingénierie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00958130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XAI for wireless communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul-Karim Gizzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ghandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouna Ben Mabrouk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explainable AI for Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.73-91, 2025, 9780443291357. </w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-44-329135-7.00014-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05264870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio channel access challenges in LoRa low-power wide-area networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cong-Duc Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcène Bounceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umber Noreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ehsan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LPWAN Technologies for IoT and M2M Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.65-102, 2020, </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-818880-4.00004-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced coding, modulation and signal processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vukobratovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Wetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Teich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Czylwik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Verdone R., Zanella A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pervasive mobile and ambient wireless communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer London, pp.Part 2, 373-404, 2012, ISBN 978-1-4471-2314-9. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4471-2315-6_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3.5 Multi-user systems and multi-user detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luis M. Correia, IST - Technical University of Lisbon, Portugal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobile broadbands multimedia networks, Techniques, Models and Tools for 4G</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACADEMIC PRESS, 600 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00131392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une modélisation du canal radio et des interférences pour l'intelligence ambiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00573137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un aperçu des réseaux de capteurs sans fil au Japon : de la gestion de l'énergie à l'architecture des réseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marise Bafleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Dilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evidence for Heavy Tailed Interference in the IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troels Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mads Lauridsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impulsive Multivariate Interference Models for IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth W. Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Gorce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy efficient communication with neuro-inspired detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Danneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId529"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Karim Gizzini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Medjahdi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali J Ghandour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Clavier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmlcn.2025.3596548" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272896v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mallik" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorn Schampheleer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Deruyck" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3589492" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229337v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marthe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goursaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2025.3599668" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537011v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Egea-Lopez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Gaillot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wiart" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3380835" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04168105v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angesom Ataklity Tesfay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Kharbech" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pierre Simon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2022.3217337" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04387274v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ghandour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2023.3345632" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561576v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaoarisoa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Kouider M&#8217;sirdi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moamar Sayed-Mouchaweh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnca.2023.103605" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04541844v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Hron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Sykora" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2023.3291594" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167731v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sabra" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Torrego" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3292794" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520374v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chevillon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Diouris" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3141540" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919067v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;dha Kassi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Egea-Lopez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22249643" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605575v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ce Zheng" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Egan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth W. Peters" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gorce" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-022-02110-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274859v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lall&#233;ch&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Sanchez Galan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Ravelo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.68" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212813v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders E Kal&#248;r" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Popovski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2021.3090110" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958648v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth W Peters" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Septier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ido Nevat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-020-01868-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018284v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Troels Pedersen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Rodriguez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Lauridsen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2020.3034430" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403685v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Ben Chaabane" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Belazi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Bouallegue" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10162002" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347804v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayush Bharti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramoni Adeogun" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuesong Cai" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Fan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briol" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2021.3060099" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468934v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Handeme Nguema Igondjo My-Mirabelle" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mariage" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225096v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Tesfay" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nevat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3034973" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503050v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Mestrah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Goupil" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gelle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-019-1608-9" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02335598v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hanoune" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Kassi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Verbeke" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Assy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/609/4/042026" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135683v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Ouendi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Arico" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Codron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Wallart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2018.08.022" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871576v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro de Freitas" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-018-1225-z" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02088563v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIT.2017.2676104" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270111v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Zhang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2016.2592103" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01359099v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Avnit" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2016.2531422" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005616v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dimanche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2014.2320921" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01064657v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Jaoua" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Duflos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanheeghe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2014.08.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MB6J5NHV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795949v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kouassi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Doumbia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rolland" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2012.112812.122204" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00851898v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Benmaad" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2013.031913.130060" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786951v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Chen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Massouri" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loyez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolland" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2011.10.011" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJTCWQ4W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786905v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2011.112311.111504" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548612v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azzaoui" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2010.05.090069" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00685924v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza El Ghannudi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourddine Azzaoui" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Alain Rolland" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2010.06.090074" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548624v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Rolland" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2010.1465" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471849v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lethien" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vilcot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bocquet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2009.09.021" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HK2P1R2H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255914v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2007.832" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125332v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Deparis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendjabballah" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bo&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fryziel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077681v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sabre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255952v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Sabre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2003.1258515" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147879v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838037v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Delignon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Clavier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lethuc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Rachdi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vtc.2001.956506" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576484v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Motro" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215009v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ngom" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCNC/6GSummit63408.2025.11037153" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088548v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Alam" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233046v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khalaf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Louchart" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houcke" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray Abdo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265250v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Gourar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150287v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallik" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Gaillot" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP63536.2025.10999838" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395480v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oshin Daoud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;fa Far&#232;s" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Nafkha" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/wimob66857.2025.11257439" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788239v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916145v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC59610.2024.10817428" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684912v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Wohwe Sambo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mitton" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Delafaite" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob61911.2024.10770476" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618668v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deniau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04916314v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCN63874.2024.10849738" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182362v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Caz&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCAS57389.2023.10130264" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090633v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115278v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC55385.2023.10118713" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210419v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angesom Tesfay" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Wiart" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217246v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03517852v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771709" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835197v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Herimanjaka Rajaoarisoa" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H. Benzaama" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. K. M'Sirdi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED54222.2022.9837246" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03540198v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadja Anade" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771897" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670201v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taghrid Mazloum" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanshan Wang" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP53622.2022.9769645" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847016v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob55322.2022.9941543" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373813v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582379v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582453v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Rodriguez Larrad" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA49227.2021.9703600" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460193v2" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC40277.2020.9148724" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361485v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2021-Spring51267.2021.9448903" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018298v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270109v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP48036.2020.9135412" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270084v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219995v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66471-8_1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343233v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Moreno" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Yang" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Vizzari" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270096v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Moreno Garcia-Loygorri" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP48036.2020.9135760" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503135v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2019.8886114" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263787v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962832v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065780v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Peters" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2019.8761783" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02130226v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2019.8815443" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02466517v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong-Duc Pham" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahc&#232;ne Bounceur" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umber Noreen" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ehsan" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3341325.3342022" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275927v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Danneville" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02375414v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/609/4/042026" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531051v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Bouaziz" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Yan" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Soler" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275880v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270115v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Araujo Moreira" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2019.8885790" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01677687v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Amine Seddik" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Toldov" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01866809v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01829252v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704422v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marc Marc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massinissa Lounis" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Soler" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCNC.2018.8319313" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270107v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2018.8377136" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368447v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704408v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Combeau" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vauzelle" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013933v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Haddadi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pomorski" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lallemand" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02088559v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2018.8580788" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270101v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hedayat" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Sourikopoulos" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2017.7985962" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01516485v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01678984v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Soret" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01556270v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Olivier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01524812v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671180v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dorville" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507734v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270090v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Lopes de Freitas" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIT.2016.7541624" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01249135v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Maskooki" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscr&#236;" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01288077v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Pieter Meijers" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#225;n Igual-P&#233;rez" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riaan Wolhuter" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01289487v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Vyas" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bo&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01294140v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2896387.2900321" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02088568v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2016.7565031" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270099v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Frapp&#233;" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Cathelin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kaiser" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC.2016.7598263" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355002v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01316120v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahim Kacimi" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNCC.2016.7746102" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01397983v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144849v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Yan" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056963v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6854708" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018401v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rolland" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377051v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mebaley-Ekome" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2014.6958953" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055050v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2014.6865427" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020280v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878395v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Handeme Nguema" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879486v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Abidine" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fergani" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WoSSPA.2013.6602386" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732995v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOMW.2010.5700305" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688263v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#234;cheux" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Minerve Lou&#235;rat" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Aboushady" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Cenni" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806592v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00721733v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Gu" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806596v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Handeme" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801070v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNCW.2012.6215488" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797335v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801059v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leveque" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pecheux" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Louerat" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aboushady" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cenni" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807129v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00685920v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan K. Khalil" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marsalle" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Castellan" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2011.5967762" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799976v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2011.6058818" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640682v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2011.5946244" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579047v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yong" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Burr" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2011.5721051" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549931v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2010.5613842" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549926v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xi" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632156v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbasset Massouri" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vasilevski" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549939v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Maad" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gelle" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2010.5613845" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568585v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2010.5670974" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549930v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kouakou" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Issa" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480328v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474166v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2009.5296019" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349065v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiejia Chen" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Pousset" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474167v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739610v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Goalic" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Adde" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanza Elghannudi" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800962v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jiejia" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APMC.2008.4958648" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811199v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goalic" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Ghannudi" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366984v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284058v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECWT.2007.4403957" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284472v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147517v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendjaballah" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126828v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152956v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126742v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126739v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Ghazi" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Sawaya" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126738v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Okouyi" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125335v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142285v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142291v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142300v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146071v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boulinguez" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lacour" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garnier" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Delignon" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPA.2003.1296410" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146042v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146063v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146072v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPA.2003.1296400" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148333v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICOSP.2002.1180034" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148334v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Loosvelt" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC.2002.1002870" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148328v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2002.1046561" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152028v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rachdi" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Thuc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152047v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152037v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loosvelt" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152036v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152925v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G. Gazalet" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02375411v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Crumeyrolle" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Degrande" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00958130v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#225;n Igual" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264870v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Karim Gizzini" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Ben Mabrouk" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-44-329135-7.00014-X" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514183v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818880-4.00004-1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798936v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vukobratovic" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wetz" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Teich" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Czylwik" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-2315-6_9" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-N31N6PZ9-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131392v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573137v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412549v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marise Bafleur" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Dilhac" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521928v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533821v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900990v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Karim Gizzini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Medjahdi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali J Ghandour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Clavier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmlcn.2025.3596548" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272896v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mallik" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorn Schampheleer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Deruyck" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3589492" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229337v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marthe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goursaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2025.3599668" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537011v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Egea-Lopez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Gaillot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wiart" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3380835" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04541844v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Hron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Sykora" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2023.3291594" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04387274v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ghandour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2023.3345632" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561576v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaoarisoa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Kouider M&#8217;sirdi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moamar Sayed-Mouchaweh" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnca.2023.103605" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04168105v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angesom Ataklity Tesfay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Kharbech" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pierre Simon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2022.3217337" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167731v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sabra" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Torrego" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3292794" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605575v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ce Zheng" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Egan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth W. Peters" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gorce" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-022-02110-w" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919067v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;dha Kassi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Egea-Lopez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22249643" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520374v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chevillon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Diouris" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3141540" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347804v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayush Bharti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramoni Adeogun" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuesong Cai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Fan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briol" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2021.3060099" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018284v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Troels Pedersen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Rodriguez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Lauridsen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2020.3034430" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958648v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth W Peters" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Septier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ido Nevat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-020-01868-1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274859v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lall&#233;ch&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Sanchez Galan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Ravelo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.68" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212813v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders E Kal&#248;r" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Popovski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2021.3090110" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403685v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Ben Chaabane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Belazi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Bouallegue" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10162002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225096v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Tesfay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nevat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3034973" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503050v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Mestrah" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Goupil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gelle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-019-1608-9" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468934v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Handeme Nguema Igondjo My-Mirabelle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mariage" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135683v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Ouendi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Arico" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Codron" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Wallart" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2018.08.022" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02335598v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hanoune" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Kassi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Verbeke" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Assy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/609/4/042026" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871576v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro de Freitas" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-018-1225-z" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02088563v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIT.2017.2676104" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01359099v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Avnit" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2016.2531422" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270111v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Zhang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2016.2592103" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005616v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dimanche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2014.2320921" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01064657v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Jaoua" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Duflos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanheeghe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2014.08.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MB6J5NHV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795949v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kouassi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Doumbia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rolland" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2012.112812.122204" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00851898v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Benmaad" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2013.031913.130060" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786905v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2011.112311.111504" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786951v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Chen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Massouri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loyez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolland" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2011.10.011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJTCWQ4W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548624v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Rolland" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2010.1465" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azzaoui" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2010.05.090069" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00685924v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza El Ghannudi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourddine Azzaoui" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Alain Rolland" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2010.06.090074" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471849v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lethien" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vilcot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bocquet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2009.09.021" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HK2P1R2H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255914v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2007.832" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125332v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Deparis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendjabballah" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bo&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fryziel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077681v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sabre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255952v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Sabre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2003.1258515" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147879v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838037v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Delignon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Clavier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lethuc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Rachdi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vtc.2001.956506" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576484v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Motro" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233046v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khalaf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Louchart" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houcke" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray Abdo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088548v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Alam" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215009v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ngom" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCNC/6GSummit63408.2025.11037153" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265250v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Gourar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395480v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oshin Daoud" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;fa Far&#232;s" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Nafkha" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/wimob66857.2025.11257439" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150287v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallik" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Gaillot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP63536.2025.10999838" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684912v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Wohwe Sambo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mitton" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Delafaite" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob61911.2024.10770476" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04916314v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCN63874.2024.10849738" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618668v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deniau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916145v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC59610.2024.10817428" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788239v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090633v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210419v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angesom Tesfay" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Wiart" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115278v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC55385.2023.10118713" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182362v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Caz&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCAS57389.2023.10130264" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217246v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847016v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob55322.2022.9941543" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03540198v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadja Anade" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771897" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835197v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Herimanjaka Rajaoarisoa" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H. Benzaama" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. K. M'Sirdi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED54222.2022.9837246" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03517852v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771709" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670201v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taghrid Mazloum" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanshan Wang" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP53622.2022.9769645" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361485v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2021-Spring51267.2021.9448903" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460193v2" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC40277.2020.9148724" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582453v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Rodriguez Larrad" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA49227.2021.9703600" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582379v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373813v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270096v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Moreno Garcia-Loygorri" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP48036.2020.9135760" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270084v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270109v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP48036.2020.9135412" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018298v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219995v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66471-8_1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343233v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Moreno" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Yang" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Vizzari" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275880v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270115v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Araujo Moreira" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2019.8885790" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275927v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Danneville" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02375414v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/609/4/042026" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02130226v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2019.8815443" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02466517v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong-Duc Pham" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahc&#232;ne Bounceur" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umber Noreen" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ehsan" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3341325.3342022" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503135v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2019.8886114" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962832v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263787v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065780v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Peters" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2019.8761783" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531051v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Bouaziz" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Yan" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Soler" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013933v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Haddadi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pomorski" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lallemand" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704408v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Combeau" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marc Marc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vauzelle" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02088559v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2018.8580788" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704422v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massinissa Lounis" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Soler" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCNC.2018.8319313" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01829252v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01866809v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Toldov" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01677687v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Amine Seddik" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270107v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2018.8377136" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368447v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01678984v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Soret" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01556270v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Olivier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01516485v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270101v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hedayat" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Sourikopoulos" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2017.7985962" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671180v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dorville" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01524812v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01294140v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2896387.2900321" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01289487v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#225;n Igual-P&#233;rez" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Vyas" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bo&#233;" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01288077v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Pieter Meijers" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riaan Wolhuter" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01249135v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Maskooki" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscr&#236;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507734v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270090v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Lopes de Freitas" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIT.2016.7541624" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02088568v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2016.7565031" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270099v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Frapp&#233;" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Cathelin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kaiser" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC.2016.7598263" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355002v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01316120v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahim Kacimi" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNCC.2016.7746102" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01397983v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144849v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Yan" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377051v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mebaley-Ekome" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2014.6958953" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056963v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6854708" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018401v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rolland" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055050v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2014.6865427" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020280v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878395v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Handeme Nguema" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879486v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Abidine" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fergani" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WoSSPA.2013.6602386" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801070v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNCW.2012.6215488" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806596v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Handeme" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806592v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00721733v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Gu" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732995v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOMW.2010.5700305" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688263v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#234;cheux" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Minerve Lou&#235;rat" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Aboushady" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Cenni" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801059v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leveque" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pecheux" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Louerat" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aboushady" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cenni" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797335v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579047v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yong" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Burr" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2011.5721051" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799976v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2011.6058818" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00685920v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan K. Khalil" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marsalle" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Castellan" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2011.5967762" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807129v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640682v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2011.5946244" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549926v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xi" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549931v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2010.5613842" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632156v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbasset Massouri" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vasilevski" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549939v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Maad" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gelle" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2010.5613845" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568585v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2010.5670974" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549930v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kouakou" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Issa" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480328v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474166v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2009.5296019" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349065v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiejia Chen" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Pousset" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474167v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811199v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goalic" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Adde" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Ghannudi" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800962v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jiejia" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APMC.2008.4958648" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739610v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Goalic" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanza Elghannudi" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284058v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECWT.2007.4403957" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366984v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284472v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152956v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendjaballah" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126828v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147517v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125335v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Okouyi" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126738v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Sawaya" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126742v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126739v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Ghazi" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142300v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142291v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142285v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146071v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boulinguez" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lacour" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garnier" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Delignon" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPA.2003.1296410" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146042v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146063v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146072v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPA.2003.1296400" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148328v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2002.1046561" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148333v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICOSP.2002.1180034" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148334v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Loosvelt" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC.2002.1002870" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152925v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Thuc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G. Gazalet" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152047v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152037v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loosvelt" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152028v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rachdi" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152036v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02375411v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Crumeyrolle" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Degrande" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00958130v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#225;n Igual" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264870v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Karim Gizzini" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Ben Mabrouk" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-44-329135-7.00014-X" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514183v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818880-4.00004-1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798936v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vukobratovic" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wetz" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Teich" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Czylwik" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-2315-6_9" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-N31N6PZ9-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131392v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573137v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412549v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marise Bafleur" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Dilhac" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521928v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533821v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900990v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>