--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1093,542 +1093,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04383008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and Electron Accepting Properties of Two Di(benz[f]indenone)-Fused Tetraazaanthracene Isomers</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preparation of 3‐Alkylidenephthalides: Recent Advances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Fajri</w:t>
+                <w:t xml:space="preserve">Julien Petrignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yatzil Avalos-Quiroz</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Thibonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Commeiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gueyrard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.1c02942⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022 (22), pp.e202200344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.202200344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03594115v1</w:t>
+                <w:t xml:space="preserve">hal-03862612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of 3‐Alkylidenephthalides: Recent Advances</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enantioselective Construction of Tetrasubstituted Carbon Stereocenters via Chiral Phosphoric Acid-Catalyzed Friedel–Craft Alkylation of Indoles with 5-Substituted Hydroxybutyrolactams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Thibonnet</w:t>
+                <w:t xml:space="preserve">Milane Saidah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Idham Darussalam Mardjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Gueyrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.202200344⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (29), pp.5298-5303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.2c01898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03862612v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasonic-assisted-synthesis of isoindolin-1-one derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Idham Darussalam Mardjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamad Fadhly Hariadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indah Mutiara Putri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nilna Amalia Musyarrofah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muflihah Salimah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (29), pp.19016-19021. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d2ra02720h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03862577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective Construction of Tetrasubstituted Carbon Stereocenters via Chiral Phosphoric Acid-Catalyzed Friedel–Craft Alkylation of Indoles with 5-Substituted Hydroxybutyrolactams</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Muhammad Idham Darussalam Mardjan</w:t>
+                <w:t xml:space="preserve">Synthesis and Electron Accepting Properties of Two Di(benz[f]indenone)-Fused Tetraazaanthracene Isomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Salgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudraditya Sarkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Masson</w:t>
+                <w:t xml:space="preserve">Muhammad Fajri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yatzil Avalos-Quiroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Doriane Manick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 24 (29), pp.5298-5303. </w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 87, pp.3276 - 3285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.2c01898⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.1c02942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03854716v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03594115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkyne Surrogates in Cycloaddition Reactions for the Preparation of Molecules of Interest</w:t>
               </w:r>
@@ -1757,51 +1757,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Colonna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1878,64 +1878,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Idham Darussalam Mardjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Mayooufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thibonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2008,51 +2008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2125,51 +2125,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Doriane Manick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Zaborova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2380,51 +2380,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategies To Access γ-Hydroxy-γ-butyrolactams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Idham Darussalam Mardjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2640,51 +2640,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beátrice Tuccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (4), pp.3409-3413. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2731,51 +2731,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper(I)-Catalysed Multicomponent Reaction: Straightforward Access to 5-Hydroxy-1H-pyrrol-2(5H)-ones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Idham Darussalam Mardjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2962,342 +2962,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01066302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Directed Studies Towards The Total Synthesis of (+)-13-Deoxytedanolide: Simple and Convenient Synthesis of C8-C16 Fragment</w:t>
+                <w:t xml:space="preserve">Diastereoselective Access to Polyoxygenated Polycyclic Spirolactones through a Rhodium-Catalyzed [3+2] Cycloaddition Reaction: Experimental and Theoretical Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Meiries</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Bartoli</w:t>
+                <w:t xml:space="preserve">Fabien Rodier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Decostanzi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
+                <w:t xml:space="preserve">Gaëlle Chouraqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 11, pp.4882-4890. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19, pp.2467-2477. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c3ob40674a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201203155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00861650v1</w:t>
+                <w:t xml:space="preserve">hal-00801919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diastereoselective Access to Polyoxygenated Polycyclic Spirolactones through a Rhodium-Catalyzed [3+2] Cycloaddition Reaction: Experimental and Theoretical Studies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Directed Studies Towards The Total Synthesis of (+)-13-Deoxytedanolide: Simple and Convenient Synthesis of C8-C16 Fragment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Meiries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Decostanzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Chouraqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201203155⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11, pp.4882-4890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3ob40674a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00801919v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00861650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First studies directed towards the diastereoselective synthesis of the BCD tricyclic core of brownin F</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Chouraqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3357,51 +3357,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dramatic influence of the substitution of alkylidene-5H-furan-2-ones in Diels-Alder cycloadditions with o-quinonedimethide as diene partner: en route to the CDEF polycyclic ring system of lactonamycin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3530,51 +3530,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Rajzman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 354, pp.2049-2056. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3672,51 +3672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alice Virolleaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bressy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Chouraqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.2085-2090. </w:t>
@@ -3767,90 +3767,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction of spirolactones with concomitant formation of the fused quaternary centre - application to the synthesis of natural products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Chouraqui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Product Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 28, pp.763-782. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3936,51 +3936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Héran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 17 (49), pp.13692-13696. </w:t>
@@ -4082,51 +4082,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 24, pp.5490-5494. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4288,277 +4288,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-Heterocyclic Carbene-Mediated Organocatalytic Transfer of Tin onto Aldehydes: New Access to alpha-Silyloxyalkylstannanes and gama-Silyloxyallylstannanes</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Expeditious synthesis and biological evaluation of new C-6 1,2,3-triazole adenosine derivatives A1 receptor antagonists or agonists.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smitha C Mathew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youlet By</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Berthault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Alice Virolleaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Carrega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.200900816⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 8 (17), pp.3874-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c0ob00017e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00678940v1</w:t>
+                <w:t xml:space="preserve">hal-00682114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expeditious synthesis and biological evaluation of new C-6 1,2,3-triazole adenosine derivatives A1 receptor antagonists or agonists.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N-Heterocyclic Carbene-Mediated Organocatalytic Transfer of Tin onto Aldehydes: New Access to alpha-Silyloxyalkylstannanes and gama-Silyloxyallylstannanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Commeiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c0ob00017e⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 352, pp.661-666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.200900816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00682114v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00678940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, Synthesis and Biological evaluation of a bivalent µ opiate and adenosine A1 receptor antagonist</w:t>
               </w:r>
@@ -4704,77 +4704,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Inack-Ngi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Chouraqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thibonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 351, pp.779 - 788. </w:t>
@@ -5218,64 +5218,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studies Towards the Total Synthesis of (-)-Caulerpenynol, a Toxic Sesquiterpenoid of the Green Seaweed Caulerpa taxifolia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Thibonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, pp.2987-2997. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5449,535 +5449,535 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00678959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total Synthesis of Terpenoids Isolated from Caulerpale Algae and Their Inhibition­ of Tubulin Assembly</w:t>
+                <w:t xml:space="preserve">Total synthesis of four terpenoids isolated from caulerpale algae and their inhibition of tubulin assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soazig Douillard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Vanthuyne</w:t>
+                <w:t xml:space="preserve">J. Bourdron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vanthuyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Synthesis and Reactivity in Inorganic and Metal-Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1, pp.166-181</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068304v1</w:t>
+                <w:t xml:space="preserve">hal-00077455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total synthesis of four terpenoids isolated from caulerpale algae and their inhibition of tubulin assembly</w:t>
+                <w:t xml:space="preserve">Total Synthesis of Terpenoids Isolated from Caulerpale Algae and Their Inhibition­ of Tubulin Assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S. Douillard</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bourdron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Barbier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Vanthuyne</w:t>
+                <w:t xml:space="preserve">Soazig Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vanthuyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis and Reactivity in Inorganic and Metal-Organic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 2006 (01), pp.166-181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-2005-921760⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00077455v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concise enantioselective synthesis of furocaulerpin</w:t>
+                <w:t xml:space="preserve">New access to the 1H-pyrazolo[4,3-c]pyridine core from bis-acetylenic-N-benzoylhydrazones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel C Woodcock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack E Baldwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert M Adlington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew R Cowley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron: Asymmetry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetasy.2003.12.023⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 60 (4), pp.933-938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2003.11.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068303v1</w:t>
+                <w:t xml:space="preserve">hal-05068306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New access to the 1H-pyrazolo[4,3-c]pyridine core from bis-acetylenic-N-benzoylhydrazones</w:t>
+                <w:t xml:space="preserve">Concise enantioselective synthesis of furocaulerpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 60 (4), pp.933-938. </w:t>
+              <w:t xml:space="preserve">Tetrahedron: Asymmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 15 (3), pp.509-517. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2003.11.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tetasy.2003.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05068306v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the construction of 2-substituted 1,4-diacetoxybutadiene moiety: application to the synthesis of (±)-caulerpenyne</w:t>
               </w:r>
@@ -5989,51 +5989,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Santelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 44 (11), pp.2311-2314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6118,51 +6118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Valls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Santelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYNLETT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 11, pp.1719-1721. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6222,64 +6222,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John E Moses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack E Baldwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert M Adlington</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 5 (17), pp.2987-2988. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6339,51 +6339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Santelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYNLETT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 2002 (05), pp.0743-0746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6443,51 +6443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Santelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 3 (11), pp.1713 - 1715. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6611,51 +6611,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6531530E"/>
+    <w:nsid w:val="755EBA4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6842,51 +6842,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-commeiras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4331-6198" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071275495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206398v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohdan Biletskyi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dousset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Colonna" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie H&#233;ran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Carissan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.4c02926" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328854v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mata Sow" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Fauran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Commeiras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30204100" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830981v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M I D Mardjan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hariono" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N A Musyarrofah" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Inung" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Viola" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31788/RJC.2023.1716914" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617160v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Giorgi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Masson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Chentouf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nava" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c04899" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772054v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Salgues" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudraditya Sarkar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Potier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Doriane Manick" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Canard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202400719" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153558v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202300015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383008v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Idham Darussalam Mardjan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamad Fadhly Hariadi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chessy Rima Mustika" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamzah Shiddiq Saifurofi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eko Sri Kunarti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra02829a" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594115v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Fajri" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yatzil Avalos-Quiroz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c02942" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862612v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Petrignet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thibonnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gueyrard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202200344" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862577v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indah Mutiara Putri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilna Amalia Musyarrofah" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muflihah Salimah" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ra02720h" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854716v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milane Saidah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Masson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Parrain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.2c01898" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423100v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amatore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Parrain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajoc.202100345" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278345v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CS01396J" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873537v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Mayooufi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.oprd.9b00438" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502536v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vivien" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bartoli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2019.151472" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873529v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Zaborova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fages" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.0c00235" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354762v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delorme" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Punter" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Oliveira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Aubert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT03311D" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907703v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1591886" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907698v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. I D Mardjan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;ri&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Parrain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ob00532f" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651059v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Be&#225;trice Tuccio" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp07923g" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414941v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201500994" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LZ9ZFZ75-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066302v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Drujon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rahmani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Blanc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp55077j" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861650v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Meiries" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Decostanzi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ob40674a" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801919v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rodier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Chouraqui" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201203155" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B663L9GL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861693v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ob40363g" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736663v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dubois" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ob25299f" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736643v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rajzman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201200063" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LV40PP3R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677638v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vellaisamy Sridharan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Vologdin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Virolleaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bressy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1260039" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681321v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0NP00053A" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738084v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Inack-Ngi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Cherry" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201102570" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WG4Z7C9C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682615v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0OB00448K" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407718v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha C. Mathew" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youlet By" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berthault" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Carrega" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ob00017e" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678940v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200900816" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B7BVRFJS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682114v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha C Mathew" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407732v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. C. Mathew" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ghosh" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. By" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthault" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Virolleaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2009.09.112" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678956v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200800757" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679622v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandita Ghosh" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678950v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bourdron" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Barbier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Allegro" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Villard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lafitte" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676864v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mailhol" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2009.09.080" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678946v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200900101" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678959v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Audran" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanthuyne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Hubaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo070045j" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-G821JHNZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068304v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Douillard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2005-921760" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077455v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourdron" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Douillard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barbier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vanthuyne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068303v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2003.12.023" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98372B25-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068306v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel C Woodcock" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack E Baldwin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M Adlington" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew R Cowley" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2003.11.036" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LRM9WJQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068290v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Santelli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(03)00235-1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JWGMN01N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068292v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Valls" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2003-41008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068305v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E Moses" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0349817" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068287v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2002-25353" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068154v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol015903r" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-commeiras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4331-6198" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071275495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206398v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohdan Biletskyi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dousset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Colonna" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie H&#233;ran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Carissan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.4c02926" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328854v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mata Sow" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Fauran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Commeiras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30204100" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830981v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M I D Mardjan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hariono" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N A Musyarrofah" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Inung" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Viola" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31788/RJC.2023.1716914" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617160v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Giorgi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Masson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Chentouf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nava" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c04899" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772054v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Salgues" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudraditya Sarkar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Potier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Doriane Manick" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Canard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202400719" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153558v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202300015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383008v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Idham Darussalam Mardjan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamad Fadhly Hariadi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chessy Rima Mustika" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamzah Shiddiq Saifurofi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eko Sri Kunarti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra02829a" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862612v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Petrignet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thibonnet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gueyrard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202200344" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854716v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milane Saidah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Masson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Parrain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.2c01898" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862577v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indah Mutiara Putri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilna Amalia Musyarrofah" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muflihah Salimah" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ra02720h" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594115v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Fajri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yatzil Avalos-Quiroz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c02942" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423100v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amatore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Parrain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajoc.202100345" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278345v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CS01396J" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873537v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Mayooufi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.oprd.9b00438" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502536v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vivien" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bartoli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2019.151472" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873529v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Zaborova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fages" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.0c00235" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354762v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delorme" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Punter" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Oliveira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Aubert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT03311D" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907703v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1591886" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907698v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. I D Mardjan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;ri&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Parrain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ob00532f" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651059v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Be&#225;trice Tuccio" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp07923g" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414941v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201500994" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LZ9ZFZ75-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066302v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Drujon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rahmani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Blanc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp55077j" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801919v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rodier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Chouraqui" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201203155" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B663L9GL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861650v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Meiries" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Decostanzi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ob40674a" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861693v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ob40363g" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736663v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dubois" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ob25299f" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736643v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rajzman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201200063" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LV40PP3R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677638v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vellaisamy Sridharan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Vologdin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Virolleaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bressy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1260039" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681321v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0NP00053A" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738084v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Inack-Ngi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Cherry" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201102570" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WG4Z7C9C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682615v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0OB00448K" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407718v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha C. Mathew" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youlet By" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berthault" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Carrega" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ob00017e" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682114v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha C Mathew" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678940v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200900816" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B7BVRFJS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407732v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. C. Mathew" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ghosh" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. By" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthault" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Virolleaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2009.09.112" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678956v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200800757" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679622v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandita Ghosh" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678950v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bourdron" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Barbier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Allegro" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Villard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lafitte" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676864v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mailhol" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2009.09.080" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678946v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200900101" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678959v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Audran" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanthuyne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Hubaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo070045j" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-G821JHNZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077455v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourdron" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Douillard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barbier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vanthuyne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068304v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Douillard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2005-921760" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068306v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel C Woodcock" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack E Baldwin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M Adlington" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew R Cowley" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2003.11.036" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LRM9WJQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068303v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2003.12.023" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98372B25-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068290v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Santelli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(03)00235-1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JWGMN01N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068292v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Valls" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2003-41008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068305v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E Moses" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0349817" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068287v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2002-25353" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068154v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol015903r" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>