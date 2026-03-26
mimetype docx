--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -221,50 +221,175 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05485087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">LmPT: Conditional Point Transformer for Anatomical Landmark Detection on 3D Point Clouds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Bastico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Onghena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ryckelynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Marcotegui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Velasco-Forero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026 IEEE 23rd International Symposium on Biomedical Imaging (ISBI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2026, Londres, United Kingdom. 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Coupled Laplacian Eigenmaps for Locally-Aware 3D Rigid Point Cloud Matching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Bastico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -302,70 +427,70 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ryckelynck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Computer Vision and Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Seattle, France. arXiv; IEEE, pp.3447-3458, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CVPR52733.2024.00331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -375,3890 +500,4155 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogel–tissue adhesion by particle bridging: sensitivity to interfacial wetting and tissue composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 20, pp.5122-5133. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d4sm00287c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04620696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PEG-Based Photo-Cross-Linked Networks with Adjustable Topologies and Mechanical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlie Roquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Kharlamova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Marcos Celada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Norvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Nicolaÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomacromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.biomac.2c01265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3D in Silico Multi-Tissue Evolution Model Highlights the Relevance of Local Strain Accumulation in Bone Fracture Remodeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Perier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachele Allena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Checa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fbioe.2022.835094⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03658445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloidal Supraballs of Mesoporous Silica Nanoparticles as Bioresorbable Adhesives for Hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jae Seon Baik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sang Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dae-Woong Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weon-Sik Chae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changhyun Pang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 34 (2), pp.584-593. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c03072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A wear model to predict damage of reconstructed ACL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deyo Maeztu Redin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Caroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Rohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Cermolacce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 136, pp.105426. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2022.105426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coatings of hydroxyapatite–bioactive glass microparticles for adhesion to biological tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Palierse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlie Roquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Norvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (33), pp.21079-21091. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d2ra02781j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational formulation design of injectable thermosensitive chitosan-based hydrogels for cell encapsulation and delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phuong Anh Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Palomino-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Elsafi Mabrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marquaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Odier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.118836. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.118836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03420627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogel-Tissue Adhesion Using Blood Coagulation Induced by Silica Nanoparticle Coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlie Roquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Llusar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gaslain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Norvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 3 (12), pp.8808-8819. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsabm.0c01158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03230809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial fluid transport is a key to hydrogel bioadhesion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin van Poelvoorde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Legagneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Manassero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 116 (3), pp.738-743. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1813208116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02406413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mechano-biological model of multi-tissue evolution in bone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie C. Frame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Rohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachele Allena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Continuum Mechanics and Thermodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 31 (1), pp.1-31. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00161-017-0611-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A clinical-grade acellular matrix for esophageal replacement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lousineh Arakelian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bruneval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Tissue Engineering and Regenerative Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 13 (12), pp.2191-2203. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/term.2983⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02533119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, characterization and in-vivo performance of synthetic 2 mm-diameter vessel grafts made of PVA-gelatin blends</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimal bone structure is dependent on the interplay between mechanics and cellular activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie C Frame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Rohan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Corte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachele Allena</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-25703-2⟩</w:t>
+              <w:t xml:space="preserve">Mechanics Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 92, pp.43-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2018.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804566v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02370909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal bone structure is dependent on the interplay between mechanics and cellular activities</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Design, characterization and in-vivo performance of synthetic 2 mm-diameter vessel grafts made of PVA-gelatin blends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Atlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Simon-Yarza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Ino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hunsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Corté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2018.07.005⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.7417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-25703-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02370909v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo evaluation of the bone integration of coated poly(vinyl-alcohol) hydrogel fiber implants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Proudhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David N. Ku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science: Materials in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 28 (8), 114, 11 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10856-017-5923-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold spray coating of submicronic ceramic particles on poly(vinyl alcohol) in dry and hydrogel states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Borit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guipont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thermal Spray Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 26 (5), pp.958-969. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11666-017-0551-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogel films and coatings by swelling-induced gelation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François P. Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 113 (47), pp.13295-13300. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1609603113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01424420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical study of novel VPS-titanium coating on polyethylene substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Wolinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Harnisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Heripre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Ruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armando Salito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thermal Spray Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 24, pp.206-214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11666-014-0191-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01113516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poly(vinyl alcohol) hydrogel coatings with tunable surface exposure of hydroxyapatite.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David N. Ku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomatter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 4 (1), pp.e28764. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4161/biom.28764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01070173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erasable and reversible wrinkling of halogenated rubber surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alae El Haitami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bretagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Assuid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Petitet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 29, pp.15664-15672. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/la403295g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00942629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogel fibers for ACL prosthesis : design and mechanical evaluation of PVA and PVA/UHMWPE fiber constructs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason S. Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Detrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Cherkaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Detrez</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David N. Ku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 46, pp.1463-1470. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2013.02.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00821932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design considerations for a prosthetic anterior cruciate ligament</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason S. Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David N. Ku</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Devices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 6, 045004, 9 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/1.4007945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00815972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation and deactivation of self-healing in supramolecular rubbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Maes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Tournilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 8, pp.1681-1687. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C2SM06715C⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00675695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augmentation of bone tunnel healing in anterior cruciate ligament grafts : application of calcium phosphates and other materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.R. Baxter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.S. Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Detrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tissue Engineering: Parts A, B, and C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 1, 712370, 12 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4061/2010/712370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00570311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-organized criticality in sheared suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.J. Pine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J. Gerbode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Man</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 103 (248301), 4 p. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.103.248301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00523235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Random organization in periodically driven systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chaikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gollub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 4 (5), pp.420-424. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys891⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A model for toughening of semicrystalline polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 40, pp.5606-5611. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma0706935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00399186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On dispersions of block copolymer droplets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 39, pp.2445-2448</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00069676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toughening with little stiffness loss: polyamide filled with ABC triblock copolymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Rebizant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hochstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Tournilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 39, pp.9365-9374. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma061090g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00148903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystalline organization and toughening: example of polyamide-12</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 46 (8), pp.2748-2757. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymer.2005.01.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of polymer blend morphologies from transmission electron micrographs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 46 (17), pp.6360-6368. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymer.2005.05.109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annealing and Defect Trapping in Lamellar Phases of Triblock Terpolymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kazuhiro Yamauchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cloître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takeji Hashimoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 36 (20), pp.7695-7706. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma034169j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechanics of hydrogel fibers and their assemblies for the design of high fatigue strength tissue substitutes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Valentina Diaz Colina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Caroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Corté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NANOPOL 2023 "Nanostructured Polymers: from precision synthesis to physical properties"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04218847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fibronectin-Biofunctionalization of chitosan hydrogels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Palomino-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Marquaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phuong Anh Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gall Maxence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Norvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Society of Biomaterials congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, BORDEAUX, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04448443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Simple and Robust Framework for Cross-Modality Medical Image Segmentation applied to Vision Transformers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Bastico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4303,1796 +4693,1531 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Decencière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Computer Vision Workshops (ICCVW) 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Paris, France. pp.4128-4138, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICCVW60793.2023.00446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04309111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell-material interaction: a challenge in biomaterial engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Palomino Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anamar Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marquaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Norvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Swiss-French Biomaterials Young researchers’ Summer School</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04433902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Macromolecular Characteristics on the Morphology of Thermosensitive Chitosan Hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marquaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Palomino-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phuong Anh Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Annual Conference of the European Society of Biomaterials (ESB 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04901416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A wear model to predict the damage of ACL implants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deyo Maeztu Redin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Caroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Rohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Cermolacce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46ème Congrès Société Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Saint-Etienne, France. pp.115, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03517412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional evaluation of anterior cruciate ligagment autografts in pre-clinical animal models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Simulating the Remodelling of Bone around Implants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Frame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Rohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Corte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachele Allena</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd Congress of the European Society of Biomechanics</w:t>
+              <w:t xml:space="preserve">23rd Congress of European Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02305906v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the Remodelling of Bone around Implants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Functional evaluation of anterior cruciate ligagment autografts in pre-clinical animal models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Rohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Skalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Trnka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Caroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd Congress of European Society of Biomechanics</w:t>
+              <w:t xml:space="preserve">23rd Congress of the European Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02269991v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold spray of agglomerated submicronic hydroxyapatite powders for biomedical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Borit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guipont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ITSC 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DVS, May 2016, Shanghai, China. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01337719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'autoréparation d'élastomères supramoléculaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Maes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Nantes, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00570640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toughening of semi-crystalline polymers without modulous loss</w:t>
+                <w:t xml:space="preserve">Effect of crystalline organization on toughness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DYFP, Rolduc Abbey</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2006, Kerkrade, Netherlands</w:t>
+              <w:t xml:space="preserve">APS March Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Baltimore, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00162319v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00021734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of crystalline organization on toughness</w:t>
+                <w:t xml:space="preserve">Toughening of semi-crystalline polymers without modulous loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Baltimore, United States</w:t>
+              <w:t xml:space="preserve">DYFP, Rolduc Abbey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Kerkrade, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00021734v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00162319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of polymer blend morphologies from transmission electron micrographs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwik Leibler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Imageries et Polymères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00021729v1</w:t>
-              </w:r>
-[...263 lines deleted...]
-                <w:t xml:space="preserve">hal-04448443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial tendon or ligament with varying stiffness along its length</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.N. Ku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason S. Bach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP 2 687 188. 2014, 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00973901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Device for tissue repair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Detrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.N. Ku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US 2014/0039620. 2014, 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00974514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Device for tissue repair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Detrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.N. Ku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2012/098251 A1. 2012, 40 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00732343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6102,114 +6227,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renforcement des polymères semi-cristallins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Corté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique [physics]. ESPCI ParisTECH, 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00012108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId191"/>
+      <w:footerReference w:type="default" r:id="rId195"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6356,51 +6481,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485087v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bastico" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ryckelynck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cort&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Tillier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Decenci&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04809804v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPR52733.2024.00331" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620696v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Michel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4sm00287c" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061787v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lie Roquart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kharlamova" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Marcos Celada" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Norvez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Nicola&#255;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.2c01265" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03658445v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Perier-Metz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Allena" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Checa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2022.835094" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970822v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Seon Baik" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Kim" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dae-Woong Jung" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weon-Sik Chae" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhyun Pang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c03072" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970810v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deyo Maeztu Redin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Caroux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rohan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Cermolacce" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2022.105426" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970817v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Palierse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ra02781j" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420627v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Anh Dang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Palomino-Durand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elsafi Mabrouk" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquaille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Odier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.118836" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230809v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Llusar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gaslain" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.0c01158" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406413v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Poirier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin van Poelvoorde" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Legagneux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Manassero" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1813208116" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305865v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie C. Frame" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-017-0611-9" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533119v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lousineh Arakelian" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Caille" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Faivre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bruneval" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/term.2983" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01804566v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Atlan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Simon-Yarza" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ino" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hunsinger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-25703-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370909v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie C Frame" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Corte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2018.07.005" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01599772v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Villain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bachy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Proudhon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N. Ku" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-017-5923-6" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599371v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Borit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guipont" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-017-0551-8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424420v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chauvet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Etienne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P. Rannou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1609603113" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01113516v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Wolinne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Harnisch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Heripre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ruch" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Salito" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-014-0191-1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01070173v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/biom.28764" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00942629v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alae El Haitami" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bretagnol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Assuid" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Petitet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cantournet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la403295g" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00821932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S. Bach" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Detrez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Cherkaoui" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2013.02.020" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLKMT68N-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00815972v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4007945" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00675695v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Maes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montarnal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tournilhac" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM06715C" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00570311v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.R. Baxter" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Bach" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4061/2010/712370" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00523235v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Pine" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Gerbode" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Man" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.248301" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970862v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaikin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gollub" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pine" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys891" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399186v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwik Leibler" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma0706935" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069676v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148903v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Rebizant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hochstetter" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma061090g" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970872v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaume" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2005.01.040" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970875v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2005.05.109" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970870v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiro Yamauchi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Court" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clo&#238;tre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeji Hashimoto" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma034169j" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04309111v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW60793.2023.00446" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433902v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Palomino Durand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamar Miranda" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901416v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Palomino-Durand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517412v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305906v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Skalli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Trnka" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269991v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Frame" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01337719v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00570640v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162319v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021734v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021729v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04218847v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Valentina Diaz Colina" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448443v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gall Maxence" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00973901v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.N. Ku" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00974514v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00732343v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00012108v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485087v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bastico" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ryckelynck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cort&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Tillier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Decenci&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560098v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Onghena" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Marcotegui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Velasco-Forero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04809804v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPR52733.2024.00331" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620696v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Michel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4sm00287c" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061787v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lie Roquart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kharlamova" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Marcos Celada" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Norvez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Nicola&#255;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.2c01265" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03658445v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Perier-Metz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Allena" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Checa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2022.835094" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970822v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Seon Baik" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Kim" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dae-Woong Jung" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weon-Sik Chae" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhyun Pang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c03072" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970810v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deyo Maeztu Redin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Caroux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rohan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pillet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Cermolacce" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2022.105426" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970817v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Palierse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ra02781j" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420627v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Anh Dang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Palomino-Durand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elsafi Mabrouk" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquaille" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Odier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.118836" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230809v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Llusar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gaslain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.0c01158" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406413v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Poirier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin van Poelvoorde" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Legagneux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Manassero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1813208116" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305865v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie C. Frame" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-017-0611-9" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533119v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lousineh Arakelian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Caille" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Faivre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bruneval" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/term.2983" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370909v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie C Frame" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Corte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2018.07.005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01804566v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Atlan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Simon-Yarza" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hunsinger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-25703-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01599772v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Villain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bachy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Proudhon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N. Ku" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-017-5923-6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599371v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Borit" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guipont" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-017-0551-8" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424420v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chauvet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Etienne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P. Rannou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1609603113" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01113516v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Wolinne" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Harnisch" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Heripre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ruch" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Salito" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-014-0191-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01070173v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/biom.28764" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00942629v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alae El Haitami" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bretagnol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Assuid" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Petitet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cantournet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la403295g" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00821932v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S. Bach" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Detrez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Cherkaoui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2013.02.020" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLKMT68N-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00815972v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4007945" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00675695v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Maes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montarnal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tournilhac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM06715C" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00570311v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.R. Baxter" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Bach" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4061/2010/712370" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00523235v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Pine" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Gerbode" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Man" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.248301" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970862v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaikin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gollub" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys891" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399186v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwik Leibler" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma0706935" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069676v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148903v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Rebizant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hochstetter" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma061090g" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970872v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaume" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2005.01.040" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970875v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2005.05.109" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970870v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiro Yamauchi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Court" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clo&#238;tre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeji Hashimoto" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma034169j" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04218847v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Valentina Diaz Colina" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448443v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Palomino-Durand" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gall Maxence" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04309111v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW60793.2023.00446" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433902v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Palomino Durand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamar Miranda" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901416v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517412v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269991v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Frame" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305906v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Skalli" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Trnka" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01337719v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00570640v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021734v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162319v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021729v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00973901v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.N. Ku" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00974514v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00732343v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00012108v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>