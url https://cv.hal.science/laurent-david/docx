--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent DAVID </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (158)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Examination of bending rules in nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMECH Colloquium 654 “Bio-Inspired Fluid-Structure Interaction”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tip vortex characterisation from LPT measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Particle Image Velocimetry – ISPIV 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Tokyo (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of particle number and detection error from simple peak detection for PTV and LPT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Particle Image Velocimetry – ISPIV 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Tokyo (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanwise lift distribution of a T-shaped hydrofoil using lifting line theory and lagrangian particle tracking measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Colloquium on Vortex Dominated Flows – DisCoVor 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bozeman, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics of optimal hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Colloquium on Vortex Dominated Flows – DisCoVor 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bozeman, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures lagrangiennes par suivi de particules autour d'un hydrofoil proche de la surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées de l'Hydrodynamique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Hydrodynamique, d'Energétique et d'Environnement Atmosphérique (LHEEA UMR CNRS 6598); Ecole Centrale de Nantes, Nov 2024, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swimming kinetics of fish in different turbulence conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel environnement pour la PTV 3D basé sur le ”coherent point drift”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Congrès Francophone de Techniques Laser (CFTL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Mécanique des Fluides et d’Acoustique (UMR CNRS 5509, École centrale de Lyon, INSA Lyon, Université Claude Bernard Lyon I), Sep 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Coherent Point Drift And Affine Least-Squares Transformation To Build Trajectories In TR-PTV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Innovation Technology and Policy Research, Instituto Superior Técnico (IN+); Associação para o Desenvolvimento da Aerodinâmica Industrial, University of Coimbra (ADAI), Jul 2024, Lisbonne, Portugal. pp.28, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.55037/lxlaser.21st.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical double slot fishways flow: influence of geometry, slope and discharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design optimization of a trash-rack bar for hydro power plant fish friendly water intakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Hydraulic Structures (ISHS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETH Zürich, Jun 2024, Zürich, Switzerland. pp.681 - 690, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3929/ethz-b-000676014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vortices and mechanics around the swimmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Guignabel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Decatoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second direct in-person colloquium on vortex dominated flows (Discovor)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Delft University of Technology, May 2023, Breckenridge, Colorado, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects in a Vertical Double Slot Fishway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Carl Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamics of flapping wings with passive and active deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERCOFTAC Symposium on "Multiphysics critical flow dynamics involving moving/ deformable structures with design applications"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fringe based optical method to measure 3D fluid films thickness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, San Diego, United States. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof-of-concept study of Coherent Point Drift registration for particle pairing in Particle Tracking Velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quriaky Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, San Diego, United States. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perforated Plates for downstream migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LPT measurements around a hydrofoil close to the free surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Direct in-Person Colloquium on Vortex Dominated Flows (DisCoVor)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Breckenridge, Colorado, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface measurement of a fluid in contact with a rotating cylinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Quality Control by Artificial Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Clément Ader UMR CNRS 5312, Jun 2023, Albi, France. pp.13, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2690499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric study of propulsive forces in front crawl swimming: acceleration effect and flow behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Guignabel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Decatoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVth International Symposium of Biomechanics and Medicine in Swimming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulations of a waterfall in a downstream basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Comparison of RANS, URANS and LES Simulations of Turbulent Flow in Vertical Double Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Granada, Spain. pp.1378-1386, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/IAHR-39WC252171192022908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of 3D effects and free-surface proximity influence on the flow around a hydrofoil using PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lisbon, Portugal. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées de la topographie de l’interface et de la vitesse dans un écoulement en surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Steinmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérome Casas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès Francophone de Techniques Laser (CFTL 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Francophone de Vélocimétrie Laser (AFVL), Sep 2022, Louvain, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de la surface libre d’un fluide en contact avec un cylindre en rotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Leuven, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL STUDY OF TURBULENT FLOW IN A VERTICAL DOUBLE SLOT FISHWAY: INFLUENCE OF FLOW DISCHARGE AND SLOPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des pertes de charges de faisceau de structures flexibles placé dans un écoulement turbulent à surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées de l'Hydrodynamique (JH2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Pprime (UPR 3346 CNRS - Université de Poitiers - ISAE-ENSMA), Nov 2022, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of vortex shedding on a hydrofoil using PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chicago (Illinois), United States. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18409/ispiv.v1i1.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highlighting the Kramer effect in swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44e congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Poitiers, Oct 2019, Poitiers, France. pp.S329 - S330, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1714931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05032796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Macro-Roughnesses on Vertical Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Hydraulic Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, aachen, Germany. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15142/T39S7Q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démarche d'estimation des incertitudes en PIV basée sur la méthode GUM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Elbow Flow Dynamics Using Correlated Wall Pressure Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 Pressure Vessels and Piping Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/PVP2018-84712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation d'un nouveau modèle de caméra à correction discrète pour résoudre les problèmes de variations d'indice de réfraction dans les mesures de tomo-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de méthodes dévaluation d'efforts par mesures PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de la PIV tomographique aux écoulements confinés : cas d'un moteur à combustion interne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Daher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Gobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Cessou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de méthodes d'évaluation de la pression à partir de mesures PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Carini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Leclaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady Computational Fluid Dynamics of the axial flow generated by the rotation of an arm in swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII th INTERNATIONAL SYMPOSIUM on BIOMECHANICS and MEDICINE in SWIMMING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Biomechanics and Medicine in Swimming, Sep 2018, Tsukuba, Japan. pp.123-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de la pression par base de polynômes orthogonaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">van Tue Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel ex-situ calibration procedure for Tomographic PIV in a confined environment: application to a single-cylinder optical engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Daher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefebre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Cessou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Busan, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of optical methods for surface and volumetric measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France. pp.15001, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metrology/201715001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity and pressure field correlation analysis for low-order modeling of elbow flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady forces on a hand in swimming in impulsive start configuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims, Nov 2017, Reims, France. pp.S187 - S188, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2017.1382925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental elbow flow evaluation of dense fluids at high Reynolds number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spectrale d’une turbulence isotrope et homogène en PIV résolue en temps par FTEE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lecordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser, CFTL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative assessment of PIV-based pressure evaluation techniques applied to a transonic base flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Blinde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Michaelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bas van Oudheusden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Elie Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland de Kat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium on applications of laser techniques to fluid mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées de vibrations d'aile et de forces en régime turbulent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFTL2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01369900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction de volumes de particules par processus ponctuels marqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFTL2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction de volume de particules basée sur un processus à la Tomo-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle Volume Reconstruction based on a Marked Point Process and Application to Tomo-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic angles, orientation and velocity of the hand in front crawl swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd International Conference on Biomechanics in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Biomechanics in Sports, Jun 2015, Poitiers, France. pp.1177-1180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic measurements around moving bodies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd International Conference on Biomechanics in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Biomechanics in Sports, Jun 2015, Poitiers, France. pp.1391-1393</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy and speed assessment of 3D cross-correlation algorithms for two-frame and multi-frame PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lecordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11TH INTERNATIONAL SYMPOSIUM ON PARTICLE IMAGE VELOCIMETRY - PIV15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Santa Barbara, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D PARTICLE VOLUME TOMOGRAPHIC RECONSTRUCTION BASED ON MARKED POINT PROCESS: APPLICATION TO TOMO-PIV IN FLUID MECHANICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Metrology Applied to Free-Surface Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydro-Testing Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Val de Reuil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved image analysis for turbulent flows Conference paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Joachim Kähler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Cierpka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Scharnowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Manhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Sciacchitano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Delft, Netherlands. pp.A167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus hydro-sédimentaires du mascaret : modélisations physique et numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Berchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Furgerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Congrès de l’Association Sédimentologue de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France. pp.31-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et dimensionnement des prises d’eau ichtyocompatibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "La continuité biologique dans le bassin de la Moselle et de la Sarre" - CIPMS-IKSMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Trèves, Allemagne. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volumetric Measurements by Tomographic PIV of an Open Channel Flow Behind a Turbulent Grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Australasian Fluid Mechanics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Launceston, Australia. pp.978-1-62748-146-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct experimental comparison between tomo-PIV and scanning tomo-PIV: wake flow behind a half-cylinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, DElft, Netherlands. pp.A032</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle méthode de reconstruction de volumes de particules 3D basée sur les processus ponctuels marques : Application à la TOMO-PIV en mécanique de fluide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop XLIM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volumetric measurements by tomographic PIV of grid generated turbulence in an open channel flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth International Symposium on Turbulence and Shear Flow Phenomena (TSFP8)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulations of fish-friendly angled trashracks at model and real scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Chengdu, China. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of various configurations of vertical slot fishways on fish behaviour in an experimental flume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calluaud Damien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on Ecohydraulics - ISE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vienne, Austria. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04021511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure volumique par tomo-PIV d'un écoulement dans un canal turbulent de surface libre derrière une grille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser, CFTL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographic PIV study of lifted flames in turbulent Axisymmetric jets of methane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lecordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Gobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Cessou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Int Symp on Applications of Laser Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lisbon, Portugal. pp.377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and computational studies of the front crawl swimming, at the end of the entry-and-stretch phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37e congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulouse, Oct 2012, Toulouse, France. pp.224-226, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2012.713700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05032931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fish-friendly trashracks: headloss formula and clogging effect for inclined racks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd IAHR Europe Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Munich, Germany. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects of turbulence in vertical slot fishways : field ans laboratory measurement investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badreddine Bourtal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Refin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on Ecohydraulics - ISE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-Resolved Tomo-PIV Measurements to Study 3D Coherent Structures in a Pulsed Jet in Cross-flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th World Congress of the International Association for Hydro- Environment Research and Engineering (IAHR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Brisbane, Australia. pp.3785-3792</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of the flow across fish-friendly angled trashrack models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Brisbane, Australia. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamique de prises d'eau munies de plans de grilles orientés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12es Journées de l'hydrodynamique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Nantes, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04026597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of geometric parameters and image preprocessing on tomo-PIV results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Applications of Laser Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Lisbon, Portugal. pp.1813</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereoscopic measurement of free surface flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEM 14 – 14th International Conference on Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Poitiers, France. pp.12002, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/20100612002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallelized 3D optical flow method for fluid mechanics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamas Regert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIFTH INTERNATIONAL SYMPOSIUM ON 3D DATA PROCESSING, VISUALIZATION AND TRANSMISSION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Paris, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TR-PIV3D-3C measurements around a flapping wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Internatio nal Symposium on PIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Melbourne Victoria, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of algebraic reconstruction and laser sheet scanning for tomography PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Grulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Germaneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIV 2009 - 8th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Melbourne Victoria, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved simultaneous SPIV-LIF and orthogonal LIF measurements in a pulsed jet in crossflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on PIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Melbourne Victoria, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité d'un modèle réduit d'écoulement à la résolution temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès Français de Visualisation et de Traitement d'Images en Mécanique des Fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00524136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of turbulent flow in vertical slot fishway for the migration of small species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.W. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.M. Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Ecohydraulics, Concepción (Chile), 2009.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Concepción, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of turbulent flow in vertical slot fishways for the migration of small fish species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Marie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Concepcion, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00988197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de grandeurs cinématiques tridimensionnelles par tomographie optique à balayage et tomographie par reconstruction algébrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Germaneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Doumalin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced optical flow diagnostics for fluid mechanics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference on Modelling Fluid Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de mesures tridimensionnelles pour les écoulements fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès de Fluvisu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification of vortex structures in fishways by cylinder adjunction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Mehel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Flow Visualization - ISFV13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Nice, France. pp. 1667-1676</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet pulsé dans un écoulement transverse à faible nombre de Reynolds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrés Francophone de Techniques Laser, Poitiers, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady flow diagnostics for hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWA Int. workshop, Delft, The Netherlands, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Delft, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation simplifiée d'écoulements fluides par approximation polynomiale. Etude temporelle et comparaison avec la décomposition orthogonale aux valeurs propres.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser (CFTL).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, POITIERS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00302623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between vortex structures and unsteady loads for flapping motion in hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Int. Symp. on Applications of Laser Techniques to Fluid Mech., Lisbon, Portugal, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00405995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation simplifiée d'écoulements fluides par approximation polynomiale. Étude temporelle et comparaison avec la décomposition orthogonale aux valeurs propres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Congrès Francophone de Techniques Lasers, 319-326, Poitiers, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00403184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical and experimental study of ship bow waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Delhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Yang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SuperFAST 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Saint Petersburg; Russie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01156235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanks for advance research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Int. Symp. Flow Visualization, Nice, France, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Librairie de Traitement d'Images pour la Mécanique des Fluides (SLIP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Congrès Francophone de Techniques Lasers, Poitiers, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différentes approches expérimentales pour les mesures de surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jehle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser, Poitiers, 16-19 septembre 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative analysis of turbulent flow in nature-like and vertical slot fish passes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.W. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Leverhulme Trust International Network Meeting Bridging the gap between fish behaviour and hydraulics, University of Southampton, 15 - 19 September 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Southampton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation simplifiée d'écoulements fluides par approximation polynomiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Turbulence, Rennes Janvier 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul des efforts instationnaires à partir de mesures PIV résolues en temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e Journée Thématique de l'AFVL, Le post-traitement des données issues de mesures par technique laser, Paris, 25 novembre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00385052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady drag and lift evaluation by TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43e colloque d'aérodynamique appliquée, AAAF, Poitiers, France, 10-12 mars 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00405992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a pulsed jet in cross flow by multi-plane snapshot POD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Int. Symp. on Applications of Laser Techniques to Fluid Mech., Lisbon, Portugal, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de la traînée et de la portance instationnaires par TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43ème Colloque d'Aérodynamique Appliquée de l'AAAF, Maîtrise de la traînée et de l'impact sur l'environnement, Poitiers, 10-11 mars 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00405998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface measurements by stereo-correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jëhle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on Applications of Laser Techniques to Fluid Mechanics, Lisbon, july 7-10, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagement des passes à poisson pour toutes les espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ième Journée Thématique de l'AFVL, Hydrodynamique et environnement, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00385220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional DNS study of asymmetric motions in hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flying Insects and Robots Symposium - Monte Verita, Ascona, Switzerland August 12-17 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Monte Verità, Ascona, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00177400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified model of fluid motion by multivariate polynomial approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Fluid Mechanics, Computer Vision &amp; Pattern Recognition, Dagstuhl-Seminar, Allemagne, 19-23 mars 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Wadern, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00180642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady aerodynamic forces estimation from timeresolved PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Int. Symp. on PIV, Roma, Italy, 11-14 September 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00177422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of a cylinder on the turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium of Environnement, New-Zealand, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, [Unknown], New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental and numerical study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème International Symposium of Environnement (Nouvelle Zélande) 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des paramètres géométriques sur l'écoulement turbulent dans une passe à poissons à fentes verticales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360400v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametrical study of vortex topology on a flapping airfoil by PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on PIV,Roma, 11-14 September 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00177418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of three-dimensional vortex structures in cross-flow by time resolved tomographic PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Wieneke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Int. Symp. on PIV, Roma, Italy, 11-14 September 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Rome, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00175215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser sheet visualization for flapping motion in hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th AIAA Aerospace Sciences Meeting and Exhibit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Reno, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination de solutions technologiques pour l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International WORKSHOP Oil spill containment boom, La Rochelle France, 5 and 6 October 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIV 2.5D3C : Mesure d'interfaces et de surfaces 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parametrical Study with Laser Sheet Visualization for an Unsteady Flapping Motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th AIAA Fluid Dynamics Conference and Exhibit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmes pour la vélocimétrie par imagerie de particules résolue dans le temps.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France. pp.243-252</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmes pour la vélocimétrie par imagerie de particules résolue dans le temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamic Characteristics of Flapping Motion in Hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Applications of Laser techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes des écoulements hydrodynamiques turbulents dans une passe à fentes verticales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ième Colloque National de la Recherche en IUT, Brest, 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques expérimentales de mesures de surfaces libres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Dupré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41ème Colloque du Groupe Français de Rhéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Cherbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the buoyancy on a jet in crossflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Borée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00974484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence de synthèse sur le thème de la PIV présentée dans les congrès internationaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ième CFTL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00124774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accéléromètrie plane par PIV-RT ou double plans : avantages et limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Hydropower, Flood Control and Water Abstraction (EIFAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhéométrie locale par vélocimétrie laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet dans un écoulement transverse en microgravité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Borée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Baillargeat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluvisu11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications et limitations de la PIV rapide à l'analyse de la dynamique de phénomènes rapides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Delville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Journée Thématique de l'AFVL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of three techniques to localize and to measure 3D surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Koudeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pinhole model with linear misalignment corrections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lecordier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Worldwide PIV Challenge 05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du mouvement par flot optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluvisu 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale d'un écoulement de Couette en Canal Rainuré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluvisu11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude numérique des écoulements hydrodynamiques turbulents dans une passe à poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Manceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration de la continuité écologique des cours d'eau à poissons migrateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion finale Equipe Recherche Technologique n°28</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two S-PIV techniques: pinhole modele vs. Image dewarping and misalignment correction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bsibsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.A.D. Akkermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Int. Sympusium on Applications of Laser Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des aberrations optiques lors de mesures par stéréo-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFVL9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude aérodynamique en aval de modèle de bâtiments placés dans un vent en incidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.-E. Brizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFVL9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross flow investigation by stereoscopic PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Borée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Int. Sympusium on Applications of Laser Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early flow stages in front of a prismatic obstacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confined sedimentation of one sphere in fluid at low Reynolds number: reverse flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Reungoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mesures dans les écoulements à l'analyse du mouvement apparent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude sur le traitement du signal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure dans les écoulements fluides : de la visualisation à la mesure des trois composantes de la vitesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire Trèfle des Arts et Métiers de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure du champ d'accélération par vélocimétrie par imagerie de particules stéréoscopiques deux plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fourment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Delville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Congrès Francophone de Vélocimétrie Laser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet carré dans un écoulement transverse à faible nombre de Reynolds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Borée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFVL9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude d'un écoulement de Poiseuille en canal rainuré de faible dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pertinence du modèle d'Emmons pour l'application à une flamme de diffusion en microgravité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Legros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du GDR 2258 « Phénomènes de Transport et Transitions de phase en Micropesanteur »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D PIV measurements near the wall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Europiv PIVNET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation numérique tridimensionnelle de l'injection perpendiculaire d'un fluide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Benarafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jabine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation numérique de l'injection perpendiculaire d'un fluide dans un écoulement à faible nombre de Reynolds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Benarafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jabine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of incompressible flow in grooved channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSFVIP4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Chamonix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow measurements in micro-channel using spatial image correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Busan, South Korea. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the angle of the wind on the flow structure behind a model of a building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.-E. Brizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Poitras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSFVIP4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Chamonix, France. pp.F4056</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of a plate boundary layer flow with strong traverse blowing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Euroean Fluid Mechanics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plate-forme d'expérimentation pour l'ordonnancement des applications temps réel à contraintes strictes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Constantin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Real-Time Systems. RTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Paris, France. pp.33-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jitter Control in On-line Scheduling of Dependent Real-Time Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nimal Nissanke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 22nd IEEE Real-Time Systems Symposium (RTSS 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, London, UK, United Kingdom. pp.49-58, </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/REAL.2001.990595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement de la gigue de tâches dépendantes dans un contexte d'ordonnancement temps réel en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. Conference Real Time Systems (RTS 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2001, Paris, France. pp.167-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gigue temporelle et ordonnancement par échéance dans les applications temps réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grolleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. IEEE Conf. Inter. Francophone d'Automatique (CIFA 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Lille, France. pp.681-686</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A solution to the time jitter removal in deadline based scheduling of real-time applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. the Summer School MOVEP'2k (MOVEP 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2000, Nantes, France. pp.165-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Temporal Behavior with Graphical Method in Real Time Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 25th IFAC Workshop on Real-Time Programming (WRTP 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Palma de Mallorca, Spain. pp.79-84, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)39936-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A solution to the time jitter removal in deadline based scheduling of real-time applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 5th IEEE Real-Time Technology and Applications Symposium (RTTAS 99)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Vancouver, Canada. pp.33-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03637767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (82)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Simulation of the Unsteady 3D Flow in Vertical Slot Fishway—The Impact of Macro-Roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, pp.1088. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w17071088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of head losses for clogged inclined narrow bar rack system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 63 (3), pp.374-391. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2025.2503771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05148962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Dimensional Numerical Simulation of Flow Through an Inclined Bar Rack with Surface Bypasses: Influence of Inlet Velocity Conditions and Comparison with Field Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w17182704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of a PIV-based pressure measurement for free-surface flows of yield stress fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Henrique Fiorot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Olivo Filippini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 66 (10), pp.197. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-025-04129-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamics of flapping wings with passive and active deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 128, pp.104139. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2024.104139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust pairing method for two-pulse particle tracking velocimetry based on coherent point drift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (6), pp.065301. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/ad2b42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hovering flapping wings with dynamic twist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36 (11), pp.111910. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0234656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global and local behaviour of brown trout (Salmo trutta , L.) and chub (Squalius cephalus , L.) inside a laboratory vertical slot fishway model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24705357.2024.2366299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Flow Conditions and Fish Passage Success in Vertical Slot Fishways: Lessons from Fish Behavior Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (12), pp.1718. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w16121718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure Loss Modeling for Multi-Stage Obstacles in Pressurized Ducts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (14), pp.3505. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17143505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new camera model combining an analytical model and a discrete correction to overcome refractive index variation challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 33 (12), pp.125204. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/ac8b9b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of fish-friendly angled bar racks with horizontal bars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (1), pp.136-147. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2021.1903587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-situ coupled mechanical/electrical investigations of EPDM/CB composite materials: The electrical signature of the mechanical Mullins effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Beutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cassagnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Heuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 218, pp.109144. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compscitech.2021.109144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of a variational approach to the computation of forces around a wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Díaz-Arriba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartosz Protas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (1), pp.31. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-021-03376-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free-surface flow measurements by non-intrusive methods: a survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (6), pp.94. </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-022-03450-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulerian and Lagrangian coherent structures in a positive surge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (2), pp.43. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-022-03383-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiments and numerical simulations on hovering three-dimensional flexible flapping wings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Díaz-Arriba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (6), pp.065006. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-3190/ac8f06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of three-dimensional asymmetric hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Diaz-Arriba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (11), pp.111907. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0069840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupled measurements of interface topography and three-dimensional velocity field of a free surface flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Steinmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Casas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 62 (1), pp.14. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-020-03115-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of Different Elements of Inclined Trash Racks to Head Losses Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (4), pp.966-978. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w12040966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A few techniques to improve data-driven reduced-order simulations for unsteady flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takao Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 201, pp.104455. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compfluid.2020.104455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of finite water depth and lateral confinement on ships wakes and resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Caplier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42241-019-0054-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highlighting the Kramer effect in swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (sup1), pp.S329-S330. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1714931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical vs. phenomenological formulations to determine mean aerodynamic drag from stereo-PIV wake measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel T Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Monnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 60 (11), pp.167. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-019-2813-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibrating and measuring wakes and drag forces of inland vessels in confined water in a towing tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Caplier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 186, pp.106134. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oceaneng.2019.106134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of flapping wings to identify best performance conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Gourdain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (sup1), pp.S112-S114. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1713500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental-Based Methodology to Improve the Design of Vertical Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 145 (9), pp.04019031. </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)HY.1943-7900.0001621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study between fully tethered and free swimming at different paces of swimming in front crawl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (6), pp.571-586. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14763141.2018.1443492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady pressure estimation and compensation capabilities of the hybrid simulation combining PIV and DNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takao Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (12), pp.125305. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/aae6b7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographic Reconstruction of 3D Objects using Marked Point Process Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60 (7), pp.1132-1149. </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10851-018-0800-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-03840033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet FIThydro : une initiative européenne pour une hydroélectricité durable et respectueuse des poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Dewitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleftheria Kampa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Coeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4, pp.77-79. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2018045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential least-square reconstruction of instantaneous pressure field around a body from TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (2), </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-018-2489-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a swimmer’s hand and forearm in impulsive start from rest using computational fluid dynamics in unsteady flow conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67, pp.157-165. </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2017.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved flow reconstruction with indirect measurements using regression models and Kalman-filtered POD ROM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (1), </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-017-2455-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty analysis of an optical method for pressure estimation in fluid flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (2), pp.024004. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/aa99c0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root Cutout Effects on the Aerodynamics of a Low-Aspect-Ratio Revolving Wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIAA Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 55 (n° 8), pp. 2717-2726. </w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.J054864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady computational fluid dynamics in front crawl swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 20 (7), pp.783-793. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2017.1302434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative assessment of pressure field reconstructions from particle image velocimetry measurements and Lagrangian particle tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.L. van Gent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Michaelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.W. van Oudheusden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Kat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 58 (33), p. 1-23. </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-017-2324-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01510259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F2DPR: a fast and robust cross-correlation technique for volumetric PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lecordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (8), pp.084007. </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/27/8/084007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy distribution in shallow water ship wakes from a spectral analysis of the wave field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Caplier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (10), </w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4964923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel method to generate tidal-like bores in the laboratory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (part 1), pp.31-38. </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechflu.2015.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on fish-friendly inclined and angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.31-36. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/20150030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum likelihood estimation of missing data applied to flow reconstruction around NACA profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47 (5), pp.051406. </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0169-5983/47/5/051406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coriolis effects enhance lift on revolving wings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp. 1-4. </w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.91.031001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic hand parameters in front crawl at different paces of swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 48 (14), pp.3743-3750. </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2015.07.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of the entry-and-stretch phase at the different paces of race in front crawl swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sports Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 33 (15), pp.1535-1543. </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02640414.2014.1003584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of vibration correction schemes to the evaluation of a turbulent flow in an open channel by tomographic particle image velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (1), pp.015303. </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/26/1/015303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closure to “An experimental study on fish-friendlytrashracks: part I & II”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 52 (n° 1), pp.146-147. </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2013.876456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01123516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian inference applied to spatio-temporal reconstruction of flows around a NACA0012 airfoil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.1699. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-014-1699-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streamwise bars in fish-friendly angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 52 (n° 3), pp.426-431. </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2013.879540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01116497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the volume reconstruction for classical Tomo-PIV algorithms (MART, BIMART and SMART): synthetic and experimental studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25 (3), pp.035303. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/25/3/035303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of three-dimensional hand kinematics during swimming with a motion capture system: a feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17 (3), pp.171-181. </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12283-014-0152-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric PIV/DIC method for the measurement of free surface flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (3), pp.1488. </w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-013-1488-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on fish-friendly trashracks - Part 1. Inclined trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 51, pp. 56-66. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2012.753646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on fish-friendly trashracks - Part 2. Angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 51, pp.67-75. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2012.753647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved scanning tomography PIV measurements around a flapping wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 52 (n° 4), pp. 857-864. </w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-011-1148-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional effects in hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 702, pp. 102-125. </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2012.163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed experimental study of hydrodynamic turbulent flows generated in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, vol. 11, pp. 1-21. </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10652-010-9198-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of experimental fluid mechanics to the design of vertical slot fish passes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Management of Aquatic Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/kmae/2010002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional free surface flow numerical model for vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Chorda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Madeleine Maubourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, vol. 48, pp.141-151. </w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221681003703956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00948973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between vortex structures and unsteady loads for flapping motion in hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, vol. 47 (n°4-5), pp. 655-664. </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-009-0658-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boundary between unsteady and overturning ship bow wave regimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Delhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Noblesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 620, pp. 167-175. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S002211200800462X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00459907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of a pulsed jet in cross flow by multi-plane snapshot POD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 47, pp.707-720. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-009-0730-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the non-intrusive evaluation of fluid forces with the momentum equation approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 20 (9), pp. 1-11. </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/20/9/095401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of vortical structures and loads based on time-resolved PIV for asymmetric hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, vol. 46 (n° 5), pp. 847-857. </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-009-0632-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topologies and measurements of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, vol. 609, pp. 177-188. </w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-008-9416-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale et théorique de la vague d'étrave des navires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Delhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Noblesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 12 (5), pp.629-640. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19648189.2008.9693036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental approach to adapt the turbulent flow in the vertical slot fishways to the small fish species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 609 (1), pp. 177-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamic Characteristics of Flapping Motion in Hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (1), pp. 23-36. </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-007-0369-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00370380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady aerodynamic forces estimation on a square cylinder by TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 42, pp.185-196. </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-006-0228-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-Component acceleration field measurement by dual-time stereoscopic particle image velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fourment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Delville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 40, pp.813-824. </w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-006-0121-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00124560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two S-PIV techniques: pinhole model vs image dewarping and misalignment correction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bsibsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.257-266. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-005-1000-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upstream region influence on a laminar junction flow. Numerical-expreimental comparisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, T333 Série IIb, pp.265-272. </w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2004.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the passive stabilizer control effect downstream a half cylinder wake formation with a proper-orthogonal-decomposition tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Santa Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pecheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.730-742. </w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-005-0006-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vortex shedding process investigation downstream a surface mounted block</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 8 n° 2, pp.99-109. </w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03181652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-PIV comparative assessment : image dewarping+misalignment correction adn pinhole+geometric back projection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bsibsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.257-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of fuel injection on a laminar diffusion flame established on perpendicular fuel and oxidizer streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brahmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vietoris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIAA Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 43 (8), pp.1725-1733. </w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.13442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insansiz Mikro Hava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Araçlari Uygulamasi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 350, pp.40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of flap-end additions on aircraft trailing vortices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Graham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bertenyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aeronautical Journal -New Series-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 108 (1080), pp.109-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control pasivo de la formacion de los torbellinos de la calle Von-Karman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Santa Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revsita de Investgacion de Fisica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7 (1-2), pp.59-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single pixel resolution correlation for flow measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.1039-1045. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/15/6/002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two dimensional Poiseuille flow in a grooved channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Flow Visualization and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 11, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/JFlowVisImageProc.v11.i4.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of clogging on inclined, fish-friendly trash-racks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Fluvial Hydraulics, River Flow, 2024, Liverpool</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Liverpool, Royaume-Uni, United Kingdom. 1, CRC Press, pp.1129-1136, 2025, </w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003475378-163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Developments for Sustainable Hydropower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Rutschmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleftheria Kampa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Wolter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismail Albayrak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2022, </w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-99138-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du 11ème Congrès Francophone de Techniques Laser 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Most</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Penot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.-E. Brizzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Universitaires de Nancy, ISBN2-905267-62-3, 540 p.,, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impulsive Start-Up of a Deformable Flapping Wing at Different Angular Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid-Structure-Sound Interactions and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Singapore, pp.121-126, 2021, Lecture Notes in Mechanical Engineering, 978-981-33-4959-9. </w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-33-4960-5_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of light particles transport in a tidal bore generated in a flume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Reichl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Erpicum; Benjamin Dewals; Pierre Archambeau; Michel Pirotton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Hydraulics in the Era of Global Change. Advances in Water Engineering and Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRC Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.478-484, 2016, 978-1138029774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereoscopic PIV measurements near the wall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stanislas M. Westerweel J. Kompenhans J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Particle Image Velocimetry: recent improvements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, 2004, ISBN 3-540-21423-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FITHYDRO : Fishfriendly Innovative Technologies for Hydropower. Delivrable 2.2 Working basis of solutions, models, tools and devices and identification of their application range on a regional and overall level to attain self-sustained fish populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Dewitte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Pprime. 2019, pp.423</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05146760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delivrable 2.1 A List of solutions, models, tools and devices, their application range on a regional and overall level, the identified knowledge gaps and the recommendations to fill these</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Dewitte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Pprime. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05146757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du comportement des poissons dans les bassins de la passe à fentes verticales de Vichy pour deux configurations de bassins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornu Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Onema; Institut Pprime. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady Computational Fluid Dynamics In Front Crawl Swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIth International Symposium on Biomechanics and Medicine in Swimming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Canberra, Australia. BMS2014—ABSTRACTS HANDBOOK, pp.168-169, 2014, </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12283-014-0152-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple Library of Image Processing (SLIP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Arrivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dombre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poitiers, capitale de la vélocimétrie laser en mécanique des fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Most</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00418467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes d'un jet dans un écoulement transverse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jabine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00418124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flapping airfoil analysis of micro air vehicles using Star-CD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00180688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale d'écoulements hydrodynamiques turbulents dans des passes à poisson : adaptation aux petites espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métrologie en mécanique des fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale d'écoulements hydrodynamiques turbulents dans des passes à poisson : adaptation aux petites espèces.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction entre deux écoulements à masse volumique variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'interaction entre deux écoulements non réactifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jabine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Traoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la structure des flammes de diffusion représentatives d'incendie dans des environnements sous gravité réduite. Etablissement des critères d'inflammation et de combustion des matérieux dans leurs utilisation spatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Legros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId606"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent DAVID </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (159)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of fish reception conditions at the outlet of downstream migration devices and spillways to improve safety criteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Tomanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Weir Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BAFU, Sep 2025, Bern, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05527491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanwise lift distribution of a T-shaped hydrofoil using lifting line theory and lagrangian particle tracking measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Colloquium on Vortex Dominated Flows – DisCoVor 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bozeman, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Examination of bending rules in nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMECH Colloquium 654 “Bio-Inspired Fluid-Structure Interaction”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tip vortex characterisation from LPT measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Particle Image Velocimetry – ISPIV 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Tokyo (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of particle number and detection error from simple peak detection for PTV and LPT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Particle Image Velocimetry – ISPIV 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Tokyo (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics of optimal hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Colloquium on Vortex Dominated Flows – DisCoVor 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bozeman, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures lagrangiennes par suivi de particules autour d'un hydrofoil proche de la surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées de l'Hydrodynamique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Hydrodynamique, d'Energétique et d'Environnement Atmosphérique (LHEEA UMR CNRS 6598); Ecole Centrale de Nantes, Nov 2024, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swimming kinetics of fish in different turbulence conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Coherent Point Drift And Affine Least-Squares Transformation To Build Trajectories In TR-PTV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Innovation Technology and Policy Research, Instituto Superior Técnico (IN+); Associação para o Desenvolvimento da Aerodinâmica Industrial, University of Coimbra (ADAI), Jul 2024, Lisbonne, Portugal. pp.28, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.55037/lxlaser.21st.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel environnement pour la PTV 3D basé sur le ”coherent point drift”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Congrès Francophone de Techniques Laser (CFTL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Mécanique des Fluides et d’Acoustique (UMR CNRS 5509, École centrale de Lyon, INSA Lyon, Université Claude Bernard Lyon I), Sep 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical double slot fishways flow: influence of geometry, slope and discharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design optimization of a trash-rack bar for hydro power plant fish friendly water intakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Hydraulic Structures (ISHS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETH Zürich, Jun 2024, Zürich, Switzerland. pp.681 - 690, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3929/ethz-b-000676014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects in a Vertical Double Slot Fishway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Carl Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vortices and mechanics around the swimmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Guignabel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Decatoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second direct in-person colloquium on vortex dominated flows (Discovor)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Delft University of Technology, May 2023, Breckenridge, Colorado, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamics of flapping wings with passive and active deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERCOFTAC Symposium on "Multiphysics critical flow dynamics involving moving/ deformable structures with design applications"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fringe based optical method to measure 3D fluid films thickness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, San Diego, United States. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof-of-concept study of Coherent Point Drift registration for particle pairing in Particle Tracking Velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quriaky Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, San Diego, United States. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perforated Plates for downstream migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface measurement of a fluid in contact with a rotating cylinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Quality Control by Artificial Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Clément Ader UMR CNRS 5312, Jun 2023, Albi, France. pp.13, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2690499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LPT measurements around a hydrofoil close to the free surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Direct in-Person Colloquium on Vortex Dominated Flows (DisCoVor)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Breckenridge, Colorado, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulations of a waterfall in a downstream basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric study of propulsive forces in front crawl swimming: acceleration effect and flow behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Guignabel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Decatoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVth International Symposium of Biomechanics and Medicine in Swimming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de la surface libre d’un fluide en contact avec un cylindre en rotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Leuven, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Comparison of RANS, URANS and LES Simulations of Turbulent Flow in Vertical Double Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Granada, Spain. pp.1378-1386, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/IAHR-39WC252171192022908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of 3D effects and free-surface proximity influence on the flow around a hydrofoil using PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lisbon, Portugal. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées de la topographie de l’interface et de la vitesse dans un écoulement en surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Steinmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérome Casas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès Francophone de Techniques Laser (CFTL 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Francophone de Vélocimétrie Laser (AFVL), Sep 2022, Louvain, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL STUDY OF TURBULENT FLOW IN A VERTICAL DOUBLE SLOT FISHWAY: INFLUENCE OF FLOW DISCHARGE AND SLOPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des pertes de charges de faisceau de structures flexibles placé dans un écoulement turbulent à surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées de l'Hydrodynamique (JH2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Pprime (UPR 3346 CNRS - Université de Poitiers - ISAE-ENSMA), Nov 2022, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of vortex shedding on a hydrofoil using PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chicago (Illinois), United States. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18409/ispiv.v1i1.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highlighting the Kramer effect in swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44e congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Poitiers, Oct 2019, Poitiers, France. pp.S329 - S330, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1714931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05032796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Macro-Roughnesses on Vertical Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Hydraulic Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, aachen, Germany. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15142/T39S7Q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Elbow Flow Dynamics Using Correlated Wall Pressure Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 Pressure Vessels and Piping Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/PVP2018-84712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démarche d'estimation des incertitudes en PIV basée sur la méthode GUM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de méthodes dévaluation d'efforts par mesures PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation d'un nouveau modèle de caméra à correction discrète pour résoudre les problèmes de variations d'indice de réfraction dans les mesures de tomo-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de la PIV tomographique aux écoulements confinés : cas d'un moteur à combustion interne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Daher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Gobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Cessou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de méthodes d'évaluation de la pression à partir de mesures PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Carini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Leclaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady Computational Fluid Dynamics of the axial flow generated by the rotation of an arm in swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII th INTERNATIONAL SYMPOSIUM on BIOMECHANICS and MEDICINE in SWIMMING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Biomechanics and Medicine in Swimming, Sep 2018, Tsukuba, Japan. pp.123-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de la pression par base de polynômes orthogonaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">van Tue Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity and pressure field correlation analysis for low-order modeling of elbow flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of optical methods for surface and volumetric measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France. pp.15001, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metrology/201715001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel ex-situ calibration procedure for Tomographic PIV in a confined environment: application to a single-cylinder optical engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Daher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefebre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Cessou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Busan, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady forces on a hand in swimming in impulsive start configuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims, Nov 2017, Reims, France. pp.S187 - S188, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2017.1382925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental elbow flow evaluation of dense fluids at high Reynolds number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative assessment of PIV-based pressure evaluation techniques applied to a transonic base flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Blinde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Michaelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bas van Oudheusden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Elie Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland de Kat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium on applications of laser techniques to fluid mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spectrale d’une turbulence isotrope et homogène en PIV résolue en temps par FTEE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lecordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser, CFTL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées de vibrations d'aile et de forces en régime turbulent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFTL2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01369900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction de volumes de particules par processus ponctuels marqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFTL2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction de volume de particules basée sur un processus à la Tomo-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle Volume Reconstruction based on a Marked Point Process and Application to Tomo-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic measurements around moving bodies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd International Conference on Biomechanics in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Biomechanics in Sports, Jun 2015, Poitiers, France. pp.1391-1393</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic angles, orientation and velocity of the hand in front crawl swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd International Conference on Biomechanics in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Biomechanics in Sports, Jun 2015, Poitiers, France. pp.1177-1180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy and speed assessment of 3D cross-correlation algorithms for two-frame and multi-frame PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lecordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11TH INTERNATIONAL SYMPOSIUM ON PARTICLE IMAGE VELOCIMETRY - PIV15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Santa Barbara, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D PARTICLE VOLUME TOMOGRAPHIC RECONSTRUCTION BASED ON MARKED POINT PROCESS: APPLICATION TO TOMO-PIV IN FLUID MECHANICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Metrology Applied to Free-Surface Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydro-Testing Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Val de Reuil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved image analysis for turbulent flows Conference paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Joachim Kähler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Cierpka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Scharnowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Manhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Sciacchitano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Delft, Netherlands. pp.A167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus hydro-sédimentaires du mascaret : modélisations physique et numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Berchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Furgerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Congrès de l’Association Sédimentologue de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France. pp.31-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle méthode de reconstruction de volumes de particules 3D basée sur les processus ponctuels marques : Application à la TOMO-PIV en mécanique de fluide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop XLIM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et dimensionnement des prises d’eau ichtyocompatibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "La continuité biologique dans le bassin de la Moselle et de la Sarre" - CIPMS-IKSMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Trèves, Allemagne. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volumetric Measurements by Tomographic PIV of an Open Channel Flow Behind a Turbulent Grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Australasian Fluid Mechanics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Launceston, Australia. pp.978-1-62748-146-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct experimental comparison between tomo-PIV and scanning tomo-PIV: wake flow behind a half-cylinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, DElft, Netherlands. pp.A032</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volumetric measurements by tomographic PIV of grid generated turbulence in an open channel flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth International Symposium on Turbulence and Shear Flow Phenomena (TSFP8)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulations of fish-friendly angled trashracks at model and real scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Chengdu, China. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of various configurations of vertical slot fishways on fish behaviour in an experimental flume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calluaud Damien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on Ecohydraulics - ISE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vienne, Austria. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04021511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure volumique par tomo-PIV d'un écoulement dans un canal turbulent de surface libre derrière une grille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser, CFTL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographic PIV study of lifted flames in turbulent Axisymmetric jets of methane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lecordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Gobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Cessou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Int Symp on Applications of Laser Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lisbon, Portugal. pp.377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and computational studies of the front crawl swimming, at the end of the entry-and-stretch phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37e congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulouse, Oct 2012, Toulouse, France. pp.224-226, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2012.713700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05032931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fish-friendly trashracks: headloss formula and clogging effect for inclined racks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd IAHR Europe Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Munich, Germany. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects of turbulence in vertical slot fishways : field ans laboratory measurement investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badreddine Bourtal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Refin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on Ecohydraulics - ISE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-Resolved Tomo-PIV Measurements to Study 3D Coherent Structures in a Pulsed Jet in Cross-flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th World Congress of the International Association for Hydro- Environment Research and Engineering (IAHR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Brisbane, Australia. pp.3785-3792</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of the flow across fish-friendly angled trashrack models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Brisbane, Australia. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamique de prises d'eau munies de plans de grilles orientés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12es Journées de l'hydrodynamique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Nantes, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04026597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of geometric parameters and image preprocessing on tomo-PIV results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Applications of Laser Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Lisbon, Portugal. pp.1813</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallelized 3D optical flow method for fluid mechanics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamas Regert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIFTH INTERNATIONAL SYMPOSIUM ON 3D DATA PROCESSING, VISUALIZATION AND TRANSMISSION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Paris, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereoscopic measurement of free surface flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEM 14 – 14th International Conference on Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Poitiers, France. pp.12002, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/20100612002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TR-PIV3D-3C measurements around a flapping wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Internatio nal Symposium on PIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Melbourne Victoria, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of algebraic reconstruction and laser sheet scanning for tomography PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Grulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Germaneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIV 2009 - 8th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Melbourne Victoria, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of turbulent flow in vertical slot fishway for the migration of small species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.W. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.M. Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Ecohydraulics, Concepción (Chile), 2009.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Concepción, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of turbulent flow in vertical slot fishways for the migration of small fish species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Marie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Concepcion, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00988197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de grandeurs cinématiques tridimensionnelles par tomographie optique à balayage et tomographie par reconstruction algébrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Germaneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Doumalin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved simultaneous SPIV-LIF and orthogonal LIF measurements in a pulsed jet in crossflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on PIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Melbourne Victoria, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité d'un modèle réduit d'écoulement à la résolution temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès Français de Visualisation et de Traitement d'Images en Mécanique des Fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00524136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced optical flow diagnostics for fluid mechanics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference on Modelling Fluid Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de mesures tridimensionnelles pour les écoulements fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès de Fluvisu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification of vortex structures in fishways by cylinder adjunction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Mehel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Flow Visualization - ISFV13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Nice, France. pp. 1667-1676</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet pulsé dans un écoulement transverse à faible nombre de Reynolds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrés Francophone de Techniques Laser, Poitiers, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady flow diagnostics for hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWA Int. workshop, Delft, The Netherlands, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Delft, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Librairie de Traitement d'Images pour la Mécanique des Fluides (SLIP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Congrès Francophone de Techniques Lasers, Poitiers, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical and experimental study of ship bow waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Delhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Yang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SuperFAST 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Saint Petersburg; Russie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01156235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation simplifiée d'écoulements fluides par approximation polynomiale. Étude temporelle et comparaison avec la décomposition orthogonale aux valeurs propres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Congrès Francophone de Techniques Lasers, 319-326, Poitiers, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00403184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanks for advance research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Int. Symp. Flow Visualization, Nice, France, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between vortex structures and unsteady loads for flapping motion in hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Int. Symp. on Applications of Laser Techniques to Fluid Mech., Lisbon, Portugal, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00405995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation simplifiée d'écoulements fluides par approximation polynomiale. Etude temporelle et comparaison avec la décomposition orthogonale aux valeurs propres.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser (CFTL).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, POITIERS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00302623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation simplifiée d'écoulements fluides par approximation polynomiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Turbulence, Rennes Janvier 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative analysis of turbulent flow in nature-like and vertical slot fish passes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.W. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Leverhulme Trust International Network Meeting Bridging the gap between fish behaviour and hydraulics, University of Southampton, 15 - 19 September 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Southampton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différentes approches expérimentales pour les mesures de surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jehle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser, Poitiers, 16-19 septembre 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady drag and lift evaluation by TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43e colloque d'aérodynamique appliquée, AAAF, Poitiers, France, 10-12 mars 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00405992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul des efforts instationnaires à partir de mesures PIV résolues en temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e Journée Thématique de l'AFVL, Le post-traitement des données issues de mesures par technique laser, Paris, 25 novembre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00385052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de la traînée et de la portance instationnaires par TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43ème Colloque d'Aérodynamique Appliquée de l'AAAF, Maîtrise de la traînée et de l'impact sur l'environnement, Poitiers, 10-11 mars 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00405998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a pulsed jet in cross flow by multi-plane snapshot POD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Int. Symp. on Applications of Laser Techniques to Fluid Mech., Lisbon, Portugal, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface measurements by stereo-correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jëhle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on Applications of Laser Techniques to Fluid Mechanics, Lisbon, july 7-10, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagement des passes à poisson pour toutes les espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ième Journée Thématique de l'AFVL, Hydrodynamique et environnement, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00385220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional DNS study of asymmetric motions in hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flying Insects and Robots Symposium - Monte Verita, Ascona, Switzerland August 12-17 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Monte Verità, Ascona, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00177400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified model of fluid motion by multivariate polynomial approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Fluid Mechanics, Computer Vision &amp; Pattern Recognition, Dagstuhl-Seminar, Allemagne, 19-23 mars 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Wadern, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00180642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of a cylinder on the turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium of Environnement, New-Zealand, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, [Unknown], New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady aerodynamic forces estimation from timeresolved PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Int. Symp. on PIV, Roma, Italy, 11-14 September 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00177422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental and numerical study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème International Symposium of Environnement (Nouvelle Zélande) 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametrical study of vortex topology on a flapping airfoil by PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on PIV,Roma, 11-14 September 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00177418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des paramètres géométriques sur l'écoulement turbulent dans une passe à poissons à fentes verticales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360400v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of three-dimensional vortex structures in cross-flow by time resolved tomographic PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Wieneke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Int. Symp. on PIV, Roma, Italy, 11-14 September 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Rome, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00175215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser sheet visualization for flapping motion in hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th AIAA Aerospace Sciences Meeting and Exhibit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Reno, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes des écoulements hydrodynamiques turbulents dans une passe à fentes verticales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ième Colloque National de la Recherche en IUT, Brest, 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination de solutions technologiques pour l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International WORKSHOP Oil spill containment boom, La Rochelle France, 5 and 6 October 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parametrical Study with Laser Sheet Visualization for an Unsteady Flapping Motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th AIAA Fluid Dynamics Conference and Exhibit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIV 2.5D3C : Mesure d'interfaces et de surfaces 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmes pour la vélocimétrie par imagerie de particules résolue dans le temps.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France. pp.243-252</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamic Characteristics of Flapping Motion in Hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Applications of Laser techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmes pour la vélocimétrie par imagerie de particules résolue dans le temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Druon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques expérimentales de mesures de surfaces libres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Dupré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41ème Colloque du Groupe Français de Rhéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Cherbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the buoyancy on a jet in crossflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Borée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00974484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence de synthèse sur le thème de la PIV présentée dans les congrès internationaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ième CFTL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00124774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhéométrie locale par vélocimétrie laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00129133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Hydropower, Flood Control and Water Abstraction (EIFAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accéléromètrie plane par PIV-RT ou double plans : avantages et limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès Francophone de Techniques Laser (CFTL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet dans un écoulement transverse en microgravité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Borée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Baillargeat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluvisu11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications et limitations de la PIV rapide à l'analyse de la dynamique de phénomènes rapides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Delville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Journée Thématique de l'AFVL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of three techniques to localize and to measure 3D surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Koudeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pinhole model with linear misalignment corrections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lecordier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Worldwide PIV Challenge 05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du mouvement par flot optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluvisu 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale d'un écoulement de Couette en Canal Rainuré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluvisu11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration de la continuité écologique des cours d'eau à poissons migrateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion finale Equipe Recherche Technologique n°28</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude numérique des écoulements hydrodynamiques turbulents dans une passe à poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Manceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early flow stages in front of a prismatic obstacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confined sedimentation of one sphere in fluid at low Reynolds number: reverse flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Reungoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mesures dans les écoulements à l'analyse du mouvement apparent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Augereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude sur le traitement du signal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des aberrations optiques lors de mesures par stéréo-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFVL9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two S-PIV techniques: pinhole modele vs. Image dewarping and misalignment correction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bsibsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.A.D. Akkermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Int. Sympusium on Applications of Laser Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude aérodynamique en aval de modèle de bâtiments placés dans un vent en incidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.-E. Brizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFVL9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross flow investigation by stereoscopic PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Borée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Int. Sympusium on Applications of Laser Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure du champ d'accélération par vélocimétrie par imagerie de particules stéréoscopiques deux plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fourment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Delville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Congrès Francophone de Vélocimétrie Laser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure dans les écoulements fluides : de la visualisation à la mesure des trois composantes de la vitesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire Trèfle des Arts et Métiers de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet carré dans un écoulement transverse à faible nombre de Reynolds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Borée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFVL9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude d'un écoulement de Poiseuille en canal rainuré de faible dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation numérique tridimensionnelle de l'injection perpendiculaire d'un fluide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Benarafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jabine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation numérique de l'injection perpendiculaire d'un fluide dans un écoulement à faible nombre de Reynolds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Benarafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jabine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pertinence du modèle d'Emmons pour l'application à une flamme de diffusion en microgravité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Legros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du GDR 2258 « Phénomènes de Transport et Transitions de phase en Micropesanteur »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D PIV measurements near the wall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Europiv PIVNET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of incompressible flow in grooved channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSFVIP4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Chamonix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow measurements in micro-channel using spatial image correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Busan, South Korea. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the angle of the wind on the flow structure behind a model of a building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.-E. Brizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Poitras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSFVIP4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Chamonix, France. pp.F4056</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of a plate boundary layer flow with strong traverse blowing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Euroean Fluid Mechanics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plate-forme d'expérimentation pour l'ordonnancement des applications temps réel à contraintes strictes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Constantin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Real-Time Systems. RTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Paris, France. pp.33-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement de la gigue de tâches dépendantes dans un contexte d'ordonnancement temps réel en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. Conference Real Time Systems (RTS 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2001, Paris, France. pp.167-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jitter Control in On-line Scheduling of Dependent Real-Time Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nimal Nissanke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 22nd IEEE Real-Time Systems Symposium (RTSS 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, London, UK, United Kingdom. pp.49-58, </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/REAL.2001.990595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gigue temporelle et ordonnancement par échéance dans les applications temps réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grolleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. IEEE Conf. Inter. Francophone d'Automatique (CIFA 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Lille, France. pp.681-686</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A solution to the time jitter removal in deadline based scheduling of real-time applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. the Summer School MOVEP'2k (MOVEP 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2000, Nantes, France. pp.165-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Temporal Behavior with Graphical Method in Real Time Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 25th IFAC Workshop on Real-Time Programming (WRTP 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Palma de Mallorca, Spain. pp.79-84, </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-6670(17)39936-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A solution to the time jitter removal in deadline based scheduling of real-time applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 5th IEEE Real-Time Technology and Applications Symposium (RTTAS 99)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Vancouver, Canada. pp.33-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03637767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (82)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of head losses for clogged inclined narrow bar rack system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 63 (3), pp.374-391. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2025.2503771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05148962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Simulation of the Unsteady 3D Flow in Vertical Slot Fishway—The Impact of Macro-Roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, pp.1088. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w17071088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Dimensional Numerical Simulation of Flow Through an Inclined Bar Rack with Surface Bypasses: Influence of Inlet Velocity Conditions and Comparison with Field Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w17182704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of a PIV-based pressure measurement for free-surface flows of yield stress fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Henrique Fiorot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Olivo Filippini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 66 (10), pp.197. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-025-04129-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamics of flapping wings with passive and active deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 128, pp.104139. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2024.104139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust pairing method for two-pulse particle tracking velocimetry based on coherent point drift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (6), pp.065301. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/ad2b42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hovering flapping wings with dynamic twist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36 (11), pp.111910. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0234656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global and local behaviour of brown trout (Salmo trutta , L.) and chub (Squalius cephalus , L.) inside a laboratory vertical slot fishway model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24705357.2024.2366299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Flow Conditions and Fish Passage Success in Vertical Slot Fishways: Lessons from Fish Behavior Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (12), pp.1718. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w16121718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure Loss Modeling for Multi-Stage Obstacles in Pressurized Ducts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (14), pp.3505. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17143505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new camera model combining an analytical model and a discrete correction to overcome refractive index variation challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 33 (12), pp.125204. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/ac8b9b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of a variational approach to the computation of forces around a wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Díaz-Arriba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartosz Protas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (1), pp.31. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-021-03376-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-situ coupled mechanical/electrical investigations of EPDM/CB composite materials: The electrical signature of the mechanical Mullins effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Beutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cassagnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Heuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 218, pp.109144. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compscitech.2021.109144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of fish-friendly angled bar racks with horizontal bars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (1), pp.136-147. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2021.1903587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free-surface flow measurements by non-intrusive methods: a survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (6), pp.94. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-022-03450-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulerian and Lagrangian coherent structures in a positive surge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (2), pp.43. </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-022-03383-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiments and numerical simulations on hovering three-dimensional flexible flapping wings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Díaz-Arriba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (6), pp.065006. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-3190/ac8f06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of three-dimensional asymmetric hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Diaz-Arriba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (11), pp.111907. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0069840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupled measurements of interface topography and three-dimensional velocity field of a free surface flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Steinmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Casas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 62 (1), pp.14. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-020-03115-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A few techniques to improve data-driven reduced-order simulations for unsteady flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takao Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 201, pp.104455. </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compfluid.2020.104455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of Different Elements of Inclined Trash Racks to Head Losses Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (4), pp.966-978. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w12040966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibrating and measuring wakes and drag forces of inland vessels in confined water in a towing tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Caplier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 186, pp.106134. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oceaneng.2019.106134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of finite water depth and lateral confinement on ships wakes and resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Caplier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42241-019-0054-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highlighting the Kramer effect in swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (sup1), pp.S329-S330. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1714931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical vs. phenomenological formulations to determine mean aerodynamic drag from stereo-PIV wake measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel T Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Monnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 60 (11), pp.167. </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-019-2813-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of flapping wings to identify best performance conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Gourdain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (sup1), pp.S112-S114. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1713500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental-Based Methodology to Improve the Design of Vertical Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 145 (9), pp.04019031. </w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)HY.1943-7900.0001621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study between fully tethered and free swimming at different paces of swimming in front crawl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (6), pp.571-586. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14763141.2018.1443492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential least-square reconstruction of instantaneous pressure field around a body from TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (2), </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-018-2489-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady pressure estimation and compensation capabilities of the hybrid simulation combining PIV and DNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takao Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (12), pp.125305. </w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/aae6b7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet FIThydro : une initiative européenne pour une hydroélectricité durable et respectueuse des poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Dewitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleftheria Kampa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Coeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4, pp.77-79. </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2018045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographic Reconstruction of 3D Objects using Marked Point Process Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60 (7), pp.1132-1149. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10851-018-0800-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-03840033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a swimmer’s hand and forearm in impulsive start from rest using computational fluid dynamics in unsteady flow conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67, pp.157-165. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2017.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved flow reconstruction with indirect measurements using regression models and Kalman-filtered POD ROM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (1), </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-017-2455-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty analysis of an optical method for pressure estimation in fluid flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (2), pp.024004. </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/aa99c0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root Cutout Effects on the Aerodynamics of a Low-Aspect-Ratio Revolving Wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIAA Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 55 (n° 8), pp. 2717-2726. </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.J054864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative assessment of pressure field reconstructions from particle image velocimetry measurements and Lagrangian particle tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.L. van Gent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Michaelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.W. van Oudheusden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Kat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 58 (33), p. 1-23. </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-017-2324-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01510259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady computational fluid dynamics in front crawl swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 20 (7), pp.783-793. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2017.1302434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F2DPR: a fast and robust cross-correlation technique for volumetric PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lecordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (8), pp.084007. </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/27/8/084007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel method to generate tidal-like bores in the laboratory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (part 1), pp.31-38. </w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechflu.2015.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy distribution in shallow water ship wakes from a spectral analysis of the wave field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Caplier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (10), </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4964923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on fish-friendly inclined and angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.31-36. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/20150030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum likelihood estimation of missing data applied to flow reconstruction around NACA profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47 (5), pp.051406. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0169-5983/47/5/051406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coriolis effects enhance lift on revolving wings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp. 1-4. </w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.91.031001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic hand parameters in front crawl at different paces of swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 48 (14), pp.3743-3750. </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2015.07.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of the entry-and-stretch phase at the different paces of race in front crawl swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sports Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 33 (15), pp.1535-1543. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02640414.2014.1003584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of vibration correction schemes to the evaluation of a turbulent flow in an open channel by tomographic particle image velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (1), pp.015303. </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/26/1/015303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closure to “An experimental study on fish-friendlytrashracks: part I & II”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 52 (n° 1), pp.146-147. </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2013.876456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01123516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streamwise bars in fish-friendly angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 52 (n° 3), pp.426-431. </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2013.879540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01116497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian inference applied to spatio-temporal reconstruction of flows around a NACA0012 airfoil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.1699. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-014-1699-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the volume reconstruction for classical Tomo-PIV algorithms (MART, BIMART and SMART): synthetic and experimental studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25 (3), pp.035303. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/25/3/035303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of three-dimensional hand kinematics during swimming with a motion capture system: a feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17 (3), pp.171-181. </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12283-014-0152-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric PIV/DIC method for the measurement of free surface flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (3), pp.1488. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-013-1488-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on fish-friendly trashracks - Part 1. Inclined trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 51, pp. 56-66. </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2012.753646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on fish-friendly trashracks - Part 2. Angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 51, pp.67-75. </w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2012.753647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved scanning tomography PIV measurements around a flapping wing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 52 (n° 4), pp. 857-864. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-011-1148-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensional effects in hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 702, pp. 102-125. </w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2012.163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed experimental study of hydrodynamic turbulent flows generated in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, vol. 11, pp. 1-21. </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10652-010-9198-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of experimental fluid mechanics to the design of vertical slot fish passes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Management of Aquatic Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/kmae/2010002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional free surface flow numerical model for vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Chorda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Madeleine Maubourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, vol. 48, pp.141-151. </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221681003703956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00948973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of a pulsed jet in cross flow by multi-plane snapshot POD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 47, pp.707-720. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-009-0730-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between vortex structures and unsteady loads for flapping motion in hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, vol. 47 (n°4-5), pp. 655-664. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-009-0658-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boundary between unsteady and overturning ship bow wave regimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Delhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Noblesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 620, pp. 167-175. </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S002211200800462X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00459907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the non-intrusive evaluation of fluid forces with the momentum equation approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 20 (9), pp. 1-11. </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/20/9/095401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of vortical structures and loads based on time-resolved PIV for asymmetric hovering flapping flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, vol. 46 (n° 5), pp. 847-857. </w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-009-0632-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topologies and measurements of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, vol. 609, pp. 177-188. </w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-008-9416-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental approach to adapt the turbulent flow in the vertical slot fishways to the small fish species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 609 (1), pp. 177-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale et théorique de la vague d'étrave des navires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Delhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Noblesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 12 (5), pp.629-640. </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19648189.2008.9693036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamic Characteristics of Flapping Motion in Hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (1), pp. 23-36. </w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-007-0369-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00370380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady aerodynamic forces estimation on a square cylinder by TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 42, pp.185-196. </w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-006-0228-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-Component acceleration field measurement by dual-time stereoscopic particle image velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fourment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Delville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 40, pp.813-824. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-006-0121-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00124560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two S-PIV techniques: pinhole model vs image dewarping and misalignment correction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bsibsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.257-266. </w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-005-1000-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upstream region influence on a laminar junction flow. Numerical-expreimental comparisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, T333 Série IIb, pp.265-272. </w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2004.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-PIV comparative assessment : image dewarping+misalignment correction adn pinhole+geometric back projection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bsibsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.257-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vortex shedding process investigation downstream a surface mounted block</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 8 n° 2, pp.99-109. </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03181652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the passive stabilizer control effect downstream a half cylinder wake formation with a proper-orthogonal-decomposition tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Santa Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pecheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.730-742. </w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-005-0006-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of fuel injection on a laminar diffusion flame established on perpendicular fuel and oxidizer streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brahmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vietoris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIAA Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 43 (8), pp.1725-1733. </w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.13442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insansiz Mikro Hava</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Araçlari Uygulamasi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 350, pp.40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of flap-end additions on aircraft trailing vortices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Graham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bertenyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aeronautical Journal -New Series-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 108 (1080), pp.109-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single pixel resolution correlation for flow measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.1039-1045. </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/15/6/002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control pasivo de la formacion de los torbellinos de la calle Von-Karman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Santa Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revsita de Investgacion de Fisica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7 (1-2), pp.59-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two dimensional Poiseuille flow in a grooved channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Flow Visualization and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 11, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/JFlowVisImageProc.v11.i4.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of clogging on inclined, fish-friendly trash-racks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Fluvial Hydraulics, River Flow, 2024, Liverpool</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Liverpool, Royaume-Uni, United Kingdom. 1, CRC Press, pp.1129-1136, 2025, </w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003475378-163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Developments for Sustainable Hydropower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Rutschmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleftheria Kampa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Wolter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismail Albayrak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2022, </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-99138-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du 11ème Congrès Francophone de Techniques Laser 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Most</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Penot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.-E. Brizzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Universitaires de Nancy, ISBN2-905267-62-3, 540 p.,, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impulsive Start-Up of a Deformable Flapping Wing at Different Angular Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid-Structure-Sound Interactions and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Singapore, pp.121-126, 2021, Lecture Notes in Mechanical Engineering, 978-981-33-4959-9. </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-33-4960-5_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of light particles transport in a tidal bore generated in a flume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Reichl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Erpicum; Benjamin Dewals; Pierre Archambeau; Michel Pirotton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Hydraulics in the Era of Global Change. Advances in Water Engineering and Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRC Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.478-484, 2016, 978-1138029774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereoscopic PIV measurements near the wall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stanislas M. Westerweel J. Kompenhans J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Particle Image Velocimetry: recent improvements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, 2004, ISBN 3-540-21423-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FITHYDRO : Fishfriendly Innovative Technologies for Hydropower. Delivrable 2.2 Working basis of solutions, models, tools and devices and identification of their application range on a regional and overall level to attain self-sustained fish populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Dewitte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Pprime. 2019, pp.423</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05146760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delivrable 2.1 A List of solutions, models, tools and devices, their application range on a regional and overall level, the identified knowledge gaps and the recommendations to fill these</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Dewitte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Pprime. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05146757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du comportement des poissons dans les bassins de la passe à fentes verticales de Vichy pour deux configurations de bassins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornu Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Onema; Institut Pprime. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady Computational Fluid Dynamics In Front Crawl Swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lacouture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIth International Symposium on Biomechanics and Medicine in Swimming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Canberra, Australia. BMS2014—ABSTRACTS HANDBOOK, pp.168-169, 2014, </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12283-014-0152-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple Library of Image Processing (SLIP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Arrivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dombre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poitiers, capitale de la vélocimétrie laser en mécanique des fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Most</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00418467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes d'un jet dans un écoulement transverse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jabine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00418124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flapping airfoil analysis of micro air vehicles using Star-CD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Kurtulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alemdaroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00180688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale d'écoulements hydrodynamiques turbulents dans des passes à poisson : adaptation aux petites espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métrologie en mécanique des fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale d'écoulements hydrodynamiques turbulents dans des passes à poisson : adaptation aux petites espèces.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction entre deux écoulements à masse volumique variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fraticelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'interaction entre deux écoulements non réactifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jabine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Traoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la structure des flammes de diffusion représentatives d'incendie dans des environnements sous gravité réduite. Etablissement des critères d'inflammation et de combustion des matérieux dans leurs utilisation spatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Joulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Legros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId609"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335326v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bouard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jardin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05334474v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bonnard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chatellier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335300v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tremblais" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mercier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335346v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335335v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889297v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933675v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gibouin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717848v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662702v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.21st.28" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933671v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fleur Lejeune" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864150v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Guer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bellot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Casiot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000676014" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033212v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Guignabel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Decatoire" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Monnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L David" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485966v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Lejeune" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carl Rousseau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411974v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432768v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prouteau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quriaky G&#243;mez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04486040v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Lemkecher" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889265v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Braud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432750v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2690499" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033202v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Eon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Decatoire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485899v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Devaux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881523v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022908" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873831v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461305v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Steinmann" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Casas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432090v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881507v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913529v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larrieu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moulin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889180v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18409/ispiv.v1i1.76" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032796v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Samson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714931" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328258v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ballu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pineau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Calluaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15142/T39S7Q" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097807v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Beaulieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862054v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Baramili" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ancian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2018-84712" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097676v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Acher" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097677v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Baker" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Diaz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bailly" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pons" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Monnier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Daher" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Lacour" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gobin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Cessou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097665v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leclaire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033382v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacouture" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097662v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tue Nguyen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852158v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374431v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201715001" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465805v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Baramili" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033104v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bernard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lacouture" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382925" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465640v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852230v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Earl" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Jin Jeon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354759v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Blinde" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Michaelis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas van Oudheusden" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Elie Weiss" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland de Kat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369900v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368625v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Ben-Salah" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alata" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216279v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216278v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033274v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033287v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852162v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990721v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431191v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Rousseaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910376v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Joachim K&#228;hler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cierpka" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Scharnowski" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Manhart" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Sciacchitano" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432942v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Berchet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Simon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Furgerot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670028v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Larinier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Raynal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913249v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Cochard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910368v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913346v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913316v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670038v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021511v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cornu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baran" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calluaud Damien" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913331v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910381v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032931v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713700" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086634v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987502v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Bourtal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupuis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Refin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874876v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vernet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087257v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruey-Wen Wang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026597v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874856v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432328v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100612002" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485126v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Regert" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523559v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jardin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Braud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farcy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555171v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grulier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Germaneau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555180v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vernet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524136v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Leroux" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462435v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Wang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.M. Chambon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Texier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larinier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988197v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Chambon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Texier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391286v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Doumalin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Dupr&#233;" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460825v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460833v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarny" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990090v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Mehel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tarrade" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412599v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417267v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00302623v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Druon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Augereau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405995v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403184v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Druon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tremblais" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Augereau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156235v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delhommeau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guilbaud" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yang" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406389v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pineau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monnet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417357v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406138v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jehle" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417363v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarrade" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417211v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385052v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405992v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412601v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405998v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406000v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J&#235;hle" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385220v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177400v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180642v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177422v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kurtulus" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Scarano" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179414v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179409v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arinier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360400v2" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177418v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. Kurtulus" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175215v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fraticelli" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wieneke" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129289v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F. Kurtulus" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alemdaroglu" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146622v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125767v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129286v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346927v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Billy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125826v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129285v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146632v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarade" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129083v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Valle" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Dupr&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125922v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bor&#233;e" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974484v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124774v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gicquel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125768v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146545v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129133v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017006v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baillargeat" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fuentes" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017167v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perret" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delville" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016993v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koudeir" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017657v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecordier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016992v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016871v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arghir" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590103v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Manceau" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017742v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147752v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bsibsi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A.D. Akkermans" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147255v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147781v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-E. Brizzi" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147321v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147256v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147746v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Reungoat" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147996v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148151v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147718v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fourment" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147330v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147003v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147941v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joulain" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Legros" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cordeiro" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rouvreau" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147020v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146986v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Benarafa" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jabine" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Traor&#233;" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147841v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147000v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146997v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147018v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poitras" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147124v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702478v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grolleau" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Constantin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674062v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Cottet" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimal Nissanke" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REAL.2001.990595" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674063v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655173v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655176v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655180v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)39936-6" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637767v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104168v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ballu" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17071088" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148962v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2025.2503771" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266845v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17182704" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333088v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Henrique Fiorot" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Olivo Filippini" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04129-3" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04757808v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2024.104139" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639126v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ad2b42" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864113v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0234656" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04645860v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2024.2366299" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636089v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w16121718" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863796v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17143505" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758866v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tremblais" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ac8b9b" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272917v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2021.1903587" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853905v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Beutier" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sudre" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cassagnau" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Heuillet" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2021.109144" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861590v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D&#237;az-Arriba" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Protas" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03376-4" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828167v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chatellier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03450-5" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840066v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03383-z" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861628v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Gourdain" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Pons" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/ac8f06" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861598v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diaz-Arriba" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gourdain" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pons" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0069840" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861632v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Casas" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-020-03115-1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946317v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12040966" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862032v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takao Suzuki" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2020.104455" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322698v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caplier" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-019-0054-9" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328293v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Samson" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Monnet" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334646v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel T Baker" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-019-2813-3" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297884v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2019.106134" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328294v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diaz" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gourdain" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1713500" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332099v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0001621" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031332v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1443492" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308757v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aae6b7" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-03840033v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Ben Salah" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-018-0800-6" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334655v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dewitte" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Kampa" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Coeck" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018045" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296018v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Earl" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-018-2489-0" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031357v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.12.003" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334669v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2455-2" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296007v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa99c0" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657108v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J054864" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454008v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1302434" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510259v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. van Gent" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Michaelis" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.W. van Oudheusden" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Weiss" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Kat" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2324-z" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611246v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/27/8/084007" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493423v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4964923" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973594v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mougenot" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2015.08.004" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LR69L7T5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619347v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/20150030" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790846v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0169-5983/47/5/051406" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131328v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.031001" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031370v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2015.07.034" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031376v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2014.1003584" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841005v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/26/1/015303" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123516v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2013.876456" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790773v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-014-1699-3" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116497v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2013.879540" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841003v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/25/3/035303" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031377v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-014-0152-4" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423405v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1488-4" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JNXX6475-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967468v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.753646" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968554v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.753647" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132038v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Farcy" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-011-1148-5" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131936v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.163" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966892v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-010-9198-4" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967137v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2010002" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948973v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chorda" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Maubourguet" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221681003703956" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132386v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0658-x" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459907v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Noblesse" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S002211200800462X" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-MKLJP0MF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460251v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0730-6" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KCVPVRZW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132420v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/20/9/095401" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132123v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0632-7" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967167v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-008-9416-y" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369638v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2008.9693036" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384055v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370380v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-007-0369-0" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179794v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-006-0228-4" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124560v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-006-0121-1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L2F12MBM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017611v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-005-1000-x" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GN2L5VTP-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017603v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2004.11.010" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XK58C83V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017607v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Santa Cruz" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pecheux" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-005-0006-8" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-586336NV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016771v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03181652" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017143v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017483v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brahmi" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vietoris" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.13442" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017753v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146852v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Graham" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bertenyi" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146877v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146817v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/15/6/002" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-TV4WDC6W-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146820v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Arghir" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/JFlowVisImageProc.v11.i4.40" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406579v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bon" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Guer" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bellot" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003475378-163" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862037v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rutschmann" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wolter" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Albayrak" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99138-8" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417823v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Most" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Penot" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862042v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4960-5_19" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970887v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Reichl" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Sustainable-Hydraulics-in-the-Era-of-Global-Change-Proceedings-of-the-4th-IAHR-Europe-Congress-Liege-Belgium-27-29-July-2016/Erpicum-Dewals-Archambeau-Pirotton/p/book/9781138029774" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148029v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146760v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146757v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04493024v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornu Vincent" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034556v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912468v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Arrivault" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dombre" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418467v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418124v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180688v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146706v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146649v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017744v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017736v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148067v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148016v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wang" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05527491v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tomanova" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mercier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335346v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bonnard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chatellier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335326v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bouard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jardin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05334474v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335300v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tremblais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mercier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335335v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889297v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933675v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gibouin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pineau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662702v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.21st.28" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717848v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933671v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fleur Lejeune" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864150v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Guer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bellot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Casiot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000676014" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485966v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Lejeune" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carl Rousseau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033212v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Guignabel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Decatoire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Monnet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L David" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411974v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432768v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prouteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143121v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quriaky G&#243;mez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04486040v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Lemkecher" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432750v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2690499" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889265v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Braud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485899v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Devaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033202v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Eon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Decatoire" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monnet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432090v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881523v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022908" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873831v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461305v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Steinmann" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Casas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881507v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913529v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larrieu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moulin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889180v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18409/ispiv.v1i1.76" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032796v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Samson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714931" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328258v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ballu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pineau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Calluaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15142/T39S7Q" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862054v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Baramili" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ancian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2018-84712" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097807v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Beaulieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097677v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Baker" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Diaz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bailly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pons" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Monnier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097676v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Acher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097656v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Daher" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Lacour" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gobin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Cessou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097665v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leclaire" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033382v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacouture" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097662v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tue Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465805v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Baramili" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374431v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201715001" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852158v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033104v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bernard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lacouture" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382925" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465640v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354759v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Blinde" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Michaelis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas van Oudheusden" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Elie Weiss" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland de Kat" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852230v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Earl" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Jin Jeon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369900v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368625v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Ben-Salah" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alata" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216279v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216278v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033287v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033274v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852162v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990721v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431191v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Rousseaux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910376v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Joachim K&#228;hler" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cierpka" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Scharnowski" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Manhart" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Sciacchitano" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432942v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Berchet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Simon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Furgerot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913346v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670028v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Larinier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Raynal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913249v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Cochard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910368v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913316v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670038v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021511v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cornu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baran" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calluaud Damien" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913331v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910381v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032931v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713700" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086634v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987502v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Bourtal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupuis" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Refin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874876v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vernet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087257v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruey-Wen Wang" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026597v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874856v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485126v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Regert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432328v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100612002" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523559v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jardin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Braud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farcy" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555171v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grulier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Germaneau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462435v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Wang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.M. Chambon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Texier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larinier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988197v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Chambon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Texier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391286v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Doumalin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Dupr&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555180v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vernet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524136v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Leroux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460825v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460833v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarny" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990090v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Mehel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tarrade" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412599v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417267v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417357v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tremblais" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156235v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delhommeau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guilbaud" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403184v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Druon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Augereau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406389v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pineau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monnet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405995v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00302623v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Druon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Augereau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417211v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417363v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarrade" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406138v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jehle" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405992v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385052v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405998v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412601v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406000v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J&#235;hle" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385220v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177400v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180642v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179414v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177422v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kurtulus" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Scarano" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179409v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arinier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177418v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. Kurtulus" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360400v2" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175215v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fraticelli" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wieneke" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129289v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F. Kurtulus" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alemdaroglu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146632v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarade" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146622v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129286v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125767v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346927v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Billy" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129285v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125826v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129083v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Valle" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Dupr&#233;" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125922v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bor&#233;e" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974484v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124774v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gicquel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129133v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146545v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125768v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017006v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baillargeat" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fuentes" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017167v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perret" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delville" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016993v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koudeir" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017657v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecordier" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016992v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016871v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arghir" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017742v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590103v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Manceau" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147256v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147746v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Reungoat" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147996v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147255v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147752v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bsibsi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A.D. Akkermans" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147781v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-E. Brizzi" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147321v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147718v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fourment" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148151v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147330v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147003v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146986v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Benarafa" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jabine" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Traor&#233;" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147841v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147941v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joulain" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Legros" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cordeiro" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rouvreau" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147020v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147000v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146997v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147018v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poitras" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147124v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702478v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grolleau" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Constantin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674063v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Cottet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674062v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimal Nissanke" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REAL.2001.990595" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655173v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655176v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655180v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-6670(17)39936-6" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637767v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148962v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2025.2503771" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104168v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ballu" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17071088" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266845v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17182704" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333088v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Henrique Fiorot" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Olivo Filippini" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04129-3" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04757808v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2024.104139" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639126v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ad2b42" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864113v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0234656" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04645860v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2024.2366299" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636089v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w16121718" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863796v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17143505" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758866v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tremblais" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ac8b9b" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861590v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D&#237;az-Arriba" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Protas" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03376-4" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853905v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Beutier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sudre" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cassagnau" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Heuillet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2021.109144" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272917v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2021.1903587" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828167v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chatellier" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03450-5" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840066v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03383-z" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861628v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Gourdain" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Pons" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/ac8f06" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861598v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diaz-Arriba" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gourdain" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pons" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0069840" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861632v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Casas" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-020-03115-1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862032v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takao Suzuki" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2020.104455" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946317v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12040966" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297884v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caplier" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2019.106134" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322698v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-019-0054-9" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328293v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Samson" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Monnet" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334646v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel T Baker" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-019-2813-3" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328294v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diaz" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gourdain" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1713500" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332099v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0001621" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031332v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1443492" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296018v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Earl" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-018-2489-0" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308757v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aae6b7" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334655v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dewitte" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Kampa" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Coeck" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018045" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-03840033v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Ben Salah" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-018-0800-6" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031357v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.12.003" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334669v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2455-2" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296007v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa99c0" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657108v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J054864" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510259v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. van Gent" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Michaelis" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.W. van Oudheusden" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Weiss" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Kat" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2324-z" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454008v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1302434" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611246v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/27/8/084007" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973594v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mougenot" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2015.08.004" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LR69L7T5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493423v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4964923" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619347v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/20150030" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790846v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0169-5983/47/5/051406" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131328v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.031001" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031370v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2015.07.034" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031376v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2014.1003584" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841005v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/26/1/015303" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123516v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2013.876456" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116497v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2013.879540" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790773v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-014-1699-3" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841003v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/25/3/035303" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031377v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-014-0152-4" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423405v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1488-4" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JNXX6475-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967468v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.753646" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968554v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.753647" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132038v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Farcy" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-011-1148-5" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131936v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.163" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966892v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-010-9198-4" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967137v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2010002" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948973v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chorda" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Maubourguet" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221681003703956" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460251v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0730-6" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KCVPVRZW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132386v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0658-x" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459907v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Noblesse" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S002211200800462X" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-MKLJP0MF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132420v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/20/9/095401" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132123v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0632-7" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967167v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-008-9416-y" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384055v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369638v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2008.9693036" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370380v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-007-0369-0" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179794v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-006-0228-4" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124560v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-006-0121-1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L2F12MBM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017611v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-005-1000-x" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GN2L5VTP-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017603v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2004.11.010" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XK58C83V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017143v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016771v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03181652" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017607v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Santa Cruz" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pecheux" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-005-0006-8" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-586336NV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017483v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brahmi" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vietoris" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.13442" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017753v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146852v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Graham" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bertenyi" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146817v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/15/6/002" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-TV4WDC6W-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146877v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146820v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Arghir" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/JFlowVisImageProc.v11.i4.40" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406579v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bon" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Guer" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bellot" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003475378-163" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862037v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rutschmann" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wolter" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Albayrak" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99138-8" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417823v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Most" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Penot" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862042v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4960-5_19" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970887v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Reichl" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Sustainable-Hydraulics-in-the-Era-of-Global-Change-Proceedings-of-the-4th-IAHR-Europe-Congress-Liege-Belgium-27-29-July-2016/Erpicum-Dewals-Archambeau-Pirotton/p/book/9781138029774" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148029v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146760v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146757v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04493024v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornu Vincent" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034556v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912468v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Arrivault" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dombre" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418467v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418124v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180688v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146706v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146649v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017744v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017736v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148067v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148016v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wang" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>