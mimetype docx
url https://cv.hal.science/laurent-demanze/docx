--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Demanze </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur de littérature contemporaineCentre ECRIRE - UMR Litt&ArtsUniversité Grenoble Alpes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laurent-demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4104-837X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialiste de la littérature contemporaine, Laurent Demanze est professeur des universités à l’Université Grenoble Alpes depuis 2018, après avoir enseigné à l’ENS de Lyon.Il est responsable du centre É.CRI.RE, dans l’UMR Litt&Arts.Il a publié des articles dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> entre autres. Il dirige les collections « Écritures contemporaines » chez Classiques Garnier-Minard et « Chiasma » chez Brill, codirige avec Marinella Termite la collection « Ultracontemporanea » et avec Agathe Salha la revue Recherches et travaux. Il est notamment l’auteur de cinq essais chez José Corti : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encres orphelines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2008), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérard Macé, l’invention de la mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2009), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Fictions encyclopédiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2015), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un nouvel âge de l’enquête</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2019), le dernier essai paru en 2021 s’intitule : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Michon, l’envers de l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musées imaginaires de la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ultracontemporanea. Quodlibet, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05270877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliothèque tournante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Temps qu'il fait, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inculte : pratiques éditoriales, gestes collectifs et inflexions esthétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gefen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Baud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58282/colloques.9838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prisme des anomalies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinella Termite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quodlibet, 2023, Ultracontemporanea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Prudhomme, nomadisme du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Minard. Garnier, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon, l'envers de l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Corti. José Corti, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gris et Laurent Demanze (dir.), Écritures contemporaines, n°14, « Olivier Rosenthal : un formalisme de l'intime »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bergounioux, le présent de l'invention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Passages, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel âge de l'enquête : portraits de l'écrivain contemporain en enquêteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Corti, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Chassain et Laurent Demanze (dir.), Revue Roland Barthes, n°4,« Les avenirs de Barthes ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rabaté et Laurent Demanze (dir.), Cahier de l’Herne, « Emmanuel Carrère »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Carrère, faire effraction dans le réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rabaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P.O.L, 2018, 978-2-8180-4636-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03975877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europe, « Gérard Macé », n°1051, novembre 2016 Étude des renouvellements contemporains de l’œuvre de Gérard Macé, à la croisée de l'ethnographie, de la philosophie et de la photographie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahiers de l'Association Internationale des Études Françaises, « La Littérature du XXIe siècle », mai 2015, n°67</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman 20-50, n°57 Emmanuel Carrère. Un roman russe, D'Autres vies que la mienne et Limonov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Septentrion, pp.184, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01068062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de la littérature. Tome II : Historicité de la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Viart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.322, 2012, 978-2-200-28047-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00801183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Viart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Viart; Laurent Demanze. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 272p., 2012, 978-2-200-27280-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires du romanesque (N°48 de : Roman 20-50)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Septentrion, pp.172, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures de l'héritier dans le roman contemporain (Volume 45 de : Etudes françaises)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine-Emmanuelle Lapointe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Presses de l'Université de Montréal, pp.150, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : L'Invention de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Librairie José Corti, pp.168, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00526907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encres orphelines : Pierre Bergounioux, Gérard Macé, Pierre Michon.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Librairie José Corti, pp.403, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00526903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rêveries cinéphiliques de Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RELIEF - Revue électronique de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, https://revue-relief.org/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les partages du paysage d'Hélène Gaudy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18, pp.115-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05355637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lisière et la source. Paratopie et entre-temps dans l'oeuvre de Mathieu Riboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire le tour du propriétaire : défamiliariser le chez soi selon Thomas Clerc et Christophe Boltanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mon immeuble de papier. Le roman-immeuble de Ruth Zylberman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1125-1126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Une enclave de merveilleux ou de sauvagerie’. Portrait de la maison des Cards dans l’œuvre de Pierre Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rives et dérives de Jean Rolin dans Chemins d’eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des lettres modernes. Série Voyages contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Rosenthal, la dernière des Égyptiennes : entre agentivité des objets et transitionnalité du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Decout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La raison littéraire selon Éric Chauvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Versants. Revue suisse des littératures romanes = rivista svizzera di letterature romanze = Schweizerische Zeitschrift für romanische Literaturen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résister à la fabrique hollywoodienne des corps : Notre désir est sans remède de Mathieu Larnaudie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les gestes anthropologiques de Maylis de Kerangal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages romanesques de l’archive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dernières nouvelles de l’exofictif. Autour des Journaux intimes de Philippe Vasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enquêtes naturalistes aux romans documentaires contemporains. L’ombre portée d’Émile Zola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Francofonia - Studi e ricerche sulle letterature di lingua francese</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pachet : une anthropologie du deuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; Travaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buissonnement, ricochet et dissémination : romantiser Mai 68 selon Jean-Christophe Bailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publif@rum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“L’œil est une plaque photographique” : résistance mélancolique de l’archive chez H. Gaudy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 879</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les temps de l’écriture de Pierre Michon : le projet, la commande et le Kairos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes démocratiques de l’enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fictions d'enquête et enquêtes dans la fiction : les investigations littéraires contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérience de terrain, terrain d’expérimentation : sur Philippe Artières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensées et passages baudelairiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 870</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imaginaire encyclopédique. Sur quelques usages contemporains de l’imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Recours à l'imagination</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01929795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avenirs de Barthes (introduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Chassain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Roland Barthes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Les Avenirs de Barthes, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02076743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “En présence des bêtes” : rencontres animales et résurgences archaïques dans Chasseur à la manque »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pierre Michon entre le scrogneugneu et le démocrate »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de L'Herne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Consoler et réparer : la littérature selon Hélène Merlin-Kajman »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Écriture de l’enquête et quête de l’écriture chez Alain Nadaud »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Triages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les actes du colloque autour de Alain Nadaud - Sous la direction de Djamel Meskache et Dominique Viart, p.100-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pascal Quignard : un encyclopédisme inactuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi francesi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Pascal Quignard : Les "petits traités" au fil de la relecture - sous la direction de Mireille Calle-Gruber, Stefano Genetti et Chantal Lapeyre, 181 (LXI-I), p.68-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Petit éloge de la paranoïa »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps zéro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le roman colossal de Jean-Christophe Bailly », Europe, « Jean-Christophe Bailly juin 2016, n°1046, p. 92-99.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le roman colossal de Jean-Christophe Bailly »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. « Le “hasard heureux” du contemporain. Réflexions sur l’étude de la littérature au présent. » Recueil d’hommage à Michael Sheringham</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MHRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sang d’encre : mélancolie et filiation dans la littérature contemporaine »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Le roman contemporain de la famille, 12, p.37-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les encyclopédies farcesques d’Emmanuelle Pireyre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">le cabinet de curiosité de Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La philologie fantastique de Georges Perec »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier de l'Herne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Portrait de l’écrivain en dogue mélancolique », Patrick Modiano.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vies romanesques d'Emmanuel Carrère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, p. 5-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01068499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les scénographies picturales de Pierre Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Fiction et savoirs de l'art (8), en ligne : http://www.revue-critique-de-fixxion-francaise-contemporaine.org/rcffc/article/view/fx08</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01010564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vies romanesques d'Emmanuel Carrère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Emmanuel Carrère (57), pp.5-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bouv@rd et Cie. Les écritures encyclopédiques à l’ère numérique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle Revue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, « e-NRF », 610, pp.76-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il racconto contemporaneo di filiazione »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psiche Rivista di cultura psicoanalitica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, « Che cos’è il presente ? », n°1, p.241-248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pécuchet, Bouvard et Chevillard »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, "Éric Chevillard", n°1026, p.59-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et compagnie : les écrivains contemporains lecteurs du roman flaubertien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Les dossiers documentaires de Bouvard et Pécuchet (13), http://flaubert.univ-rouen.fr/revue/article.php?id=149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00966138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé, mélancolie du romanesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps zéro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Le romanesque dans les fictions contemporaines - Sous la direction de Yves Baudelle et Francis Langevin, n°8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une façon de vivre&amp;quot;, entretien avec Emmanuel Carrère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Emmanuel Carrère (57), pp.15-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Patrick Mauriès : &amp;quot;la passion du disparate&amp;quot; »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Ceracc : études sur les formes narratives des années cinquante à aujourd'hui </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, L'ethos du littéraire. Figurations de l'attitude lettrée dans la littérature contemporaine (1980-2010), n°6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collection érotique et vertige archaïque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Pascal Quignard et l'amour (69), pp.123-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00966135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le récit de filiation aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lire au lycée professionnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 67, http://www.educ-revues.fr/llp/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En compagnie des spectres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle Revue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 602, pp.98-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00789667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archive photographique : le symptôme et le fantôme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 301, pp.87-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00607264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grand entretien avec Tanguy Viel, Arno Bertina et Pierre Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 509, pp.92-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00607266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon : Alchimie de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 55, pp.203-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00607262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Biographie d’un mélancolique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, "Pascal Quignard", n° 976-977, p.102-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : le conteur de chimères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 297, pp.105-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bonnefis : la charade et le joujou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 299, pp.169-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : l'entour et le détour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">@nalyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.En ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00579847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur La Bruyère : une biographie de la mélancolie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 976-977, pp.102-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les possédés et les dépossédés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 45, pp.11-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires de Pierre Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 48, pp.5-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mon tout est mouton : une lecture de Mandiargues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Hors série n°5, pp.81-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bergounioux : la chambre du lettré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 60, pp.123-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Quignard : cuisine et clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 44, pp.29-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : l'ogre et l'anthropologue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 9, pp.225-242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bergounioux : le lecteur blessé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du CERACC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 3, pp.En ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une chambre enclose dans le miroir&amp;quot; : mélancolie de l'enfance chez Sylvie Germain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Robinson</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 20, pp.45-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le diptyque effeuillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.63-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Goux : &amp;quot;une histoire sans voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 40, pp.109-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biographies orphelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 16, pp.155-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de séquence&amp;quot; sur Un an et Je m'en vais de Jean Echenoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 38, pp.37-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : une écriture en miroir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 35, pp.119-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Cie : les écrivains contemporains à l'ombre de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque: "Bouvard et Pécuchet : les " seconds volumes " possibles - Documentation, circulations, édition", ENS de Lyon, dir. Stéphanie Dord-Crouslé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00678938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire court</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gleizes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">355, 2024, Revue des sciences humaines</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature du procès, procès de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Barraband</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Viel : La Disparition de Jim Sullivan et Article 353 du Code Pénal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Decout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 74, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raconter, décrire, intervenir : la politique du reportage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Saignes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; Travaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Viel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1109-1110, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Rosenthal : un formalisme de l'intime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avenirs de Barthes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Chassain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Roland Barthes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02076854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches & Travaux, n°98/2021 : La politique du reportage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Saignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 114 (98), 2015, Recherches et Travaux,, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/recherchestravaux.3279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exofiction: a genre between mediatic and literary pratices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Routledge Companion to Biofiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il racconto di filiazione. Emmanuel Carrère, Un roman russe (2007) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Claudio Milanesi (dir.), Effetti reali. La non fiction tra Italia, Francia, Spagna e America Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Caraba, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05471363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1980 to the Present: Chance in the Age of Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gefen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Nachtergael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Saemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Théval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Duprat, Fiona McIntosh Varjabédian, Anne-Gaëlle Weber. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures of Chance I : Chance in Literature and the Arts (16th–21st Centuries)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.391-420, 2024, 9781032358635. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003329053-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05139568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction critique des représentations du hasard à l’heure de la dataification du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Saemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gefen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Nachtergael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Theval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le hasard en littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Je crois la sensation de fendre l’espace profondément jumelle de celle d’écrire. » Entretien avec Sylvain Prudhomme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mariette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvain Prudhomme, nomadisme du roman</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lettres Modernes Minard, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05416544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à Sylvain Prudhomme, nomadisme du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvain Prudhomme, nomadisme du roman (dir. Laurent Demanze et Pascale Roux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lettres Modernes Minard, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les cartographies imaginaires de Pierre Senges »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">État des lieux dans les récits français et francophones, des années 80 à nos jours - Sous la direction de Jean-Yves Laurichesse et Sylvie Vignes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p.49-60, 2019, Rencontres, n° 372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Enquêtes et contre-enquêtes de Didier Blonde »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biographies médiatisées – Mediatisierte Lebensgeschichten - Sous la direction de Maximilian Gröne etFlorian Henke</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2019, Romania Viva</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ombre portée d'Emmanuel Carrère, entre littérature et journalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emmanuel Carrère : faire effraction dans le réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P.O.L, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suites et poursuites. Une &amp;quot;écriture d'ébauches, de projets et de variations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Demanze et Audrey Camus. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Senges, l'invention érudite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, Garnier; collection "écritures contemporaines", pp.117-128, 2018, 978-2-406-07235-5. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07235-5.p.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les secrets de lecture de Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claude Coste et Rhida Boulaâbi (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes de Gérard Macé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Bruit du temps/Le Temps qu'il fait, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une folie dans le savoir. L'encyclopédisme excentrique de Raymond Queneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile De Bary, Alain Schaffner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Oulipo et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Presses Universitaires du Nouveau Monde, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Camus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Senges, l'invention érudite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, Garnier, collection "écritures contemporaines", pp.13-21, 2018, 978-2-406-07235-5. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07235-5.p.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le texte-usine de Martine Sonnet »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire le travail au XXIe siècle : quelles implications politiques ? - Sous la direction de Maryline Heck et Aurélie Adler</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, p.83-92, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les “formes impersonnelles” du style »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Chemins de Pierre Bergounioux - Sous la direction de Sylviane Coyault et Marie-Thérèse Jacquet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quodlibet Studio, 2016, « Ultracontemporanea »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Pensivement” : le suspens mélancolique chez Jean-Philippe Toussaint »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Vérités de Jean-Philippe Toussaint - Sous la direction de Stéphane Chaudier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Saint Étienne, p.251-260, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Éric Chevillard : meurtre en bas de page »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éric Chevillard dans tous ses états - Sous la direction de Pierre Jourde et Olivier Bessard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p.83-92, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La bibliothèque fantastique de Sylvie Germain »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvie Germain devant le mystère - Sous la direction d'Alain Goulet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Caen, p.69-78, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« (Ré)générations contemporaines »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du « contemporain » à l'université : usages, configurations, enjeux - Sous la direction de Marie-Odile André et Mathilde Barraband</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, p.133-140, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fictions encyclopédiques de Gustave Flaubert à Pierre Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Érudition et fiction - Sous la direction d'Éric Méchoulan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p.267-282, 2014, Fonds Paul-Zumthor, n° 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vestiges du temps et restes de l’histoire selon Jean-Yves Jouannais »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Roman français contemporain face à l’Histoire - Sous la direction de Gianfranco Rubino et Dominique Viart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quodlibet Studio, p.105-118, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un homme qui lit »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures de Marguerite Yourcenar. Bruno Blanckeman (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon : l’Histoire en personne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imagination et Histoire. Enjeux contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fictions encyclopédiques de Pierre Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Blanckeman et Barbara Havercroft. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Narrations d'un nouveau siècle. Romans et récits français (2001-2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de la Sorbonne nouvelle, p. 199-209, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00796627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue fantôme de Pierre Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'imaginaire spectral de la littérature narrative française contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Saint-Étienne, p. 265-273, 2013, Lire au présent</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00789715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon : l'épreuve de la grandeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-Marc de Biasi, Agnès Castiglione et Dominique Viart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Michon. La Lettre et son ombre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gallimard, pp.76-91, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00966133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Quignard : le collectionneur mélancolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Il soggeto precario</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universita degli Studi di Cassino e del Lazio Maridionale, p. 1-12, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00789719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon au miroir de Velasquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La relecture de l'oeuvre par ses écrivains mêmes, tome III, Se relire par l'image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, p. 229-240, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00796619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots de la fin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fins de la littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, p. 51-63, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apocalypse selon Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Demanze et Dominique Viart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fins de la littérature. Historicité de la littérature contemporaine, tome 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.211-220, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00801186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dictionnaire palimpseste d'Annie Ernaux. Remarques en marge des &amp;quot;Années&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Viart et Gianfranco Rubino. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire le présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.51-61, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00808725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Simon: &amp;quot;et à la fin il dit mélancolie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Nouveau roman en questions, 7, vers une ruine de l'écriture?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lettres modernes Minard, pp.129-142, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon : excès du minuscule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Excès, signe ou poncif de la modernité? Sous la direction de Lionel Verdier et Gilles Bonnet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, pp.325-337, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : une écriture du détour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Art du décentrage dans la poésie et le roman contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publisud, pp.59-69, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un héritage sans testament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transmission/héritage dans l'écriture de soi contemporaine. Sous la direction de Béatrice Jongy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.219-228, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des fantômes : hantise de l'héritage dans la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Héritage en question(s), Interlignes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICT, pp.79-88, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé et la hantise surréaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canon et anti-canon. A propos du surréalisme et de ses fantômes. Sous la direction de Catherine Maubon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alinéa, pp.167-178, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : une hantise biographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Madelénat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biographie et intimité, des Lumières à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.219-229, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélancolie des origines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations familiales dans les littératures française et francophone des XX et XXIèmes siècles. Sous la direction de Murielle Lucie Clément et Sabine Wesemael</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.315-323, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Germain : les plis du baroque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Univers de Sylvie Germain. Sous la direction d'Alain Goulet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC, pp.177-188, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Barthes : une écriture orpheline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filiations insolites. Sous la direction d'Aline Mura-Brunel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rodopi, pp.127-135, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Germain : les trois coffrets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvie Germain, regards croisés sur Immensités. Sous la direction de Mariska Koopman-Thurlings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.47-60, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Yourcenar : une géologie de soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diagonales du temps. Sous la direction de Bruno Blanckeman</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.197-210, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écrits minuscules de Pierre Michon : l'oeuvre comme glose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Relecture de l'oeuvre par les écrivains mêmes. Sous la direction de Mireille Hilsum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, pp.197-210, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les illustres et les minuscules : Pierre Michon, lecteur de Plutarque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fictions biographiques. Sous la direction de Anne-Marie Monluçon et d'Agathe Salha</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Mirail, pp.235-246, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Barthes : &amp;quot;le goût de la division</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Relecture de l'oeuvre par les écrivains mêmes, tome II. Sous la direction de Mireille Hilsum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, pp.83-96, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Germain : biographe de la voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacqueline Michel et Isabelle Dotan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvie Germain et son oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura EST, pp.79-87, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : &amp;quot;un français orienté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylviane Coyault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ecrivain et sa langue : romans d'amour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.273-284, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bergounioux : le crépuscule des origines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ere du récit d'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, pp.215-228, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00526999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Maud Lecacheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05414801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partages de l'impersonnel&amp;quot;, Entretien avec Dominique Rabaté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05414805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écritures contemporaines du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Clara Arnaud autour de Et vous passerez comme des vents fous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Fanny Chiarello autour de Spécimens sensibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Célia Houdart et Agnès Hostache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La littérature, entre imaginaire social et imagination sociologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Éric Fottorino et Claire Fercak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les savoirs apocryphes de la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Ernaux, prix Nobel : pour une autre histoire littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation au documentaire &amp;quot;L’écrivain et l’assassin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Hélène Gaudy et Valentine Goby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Marianne Alphant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récit de filiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Maryline Desbiolles et Sophie Divry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Pierre Bergounioux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Ernaux à la recherche du commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Florent Chavouet et Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Philippe Artières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Tanguy Viel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon et les proses contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Réarmements critiques dans la littérature française contemporaine. Sous la direction de JUSTINE HUPPE, JEAN-PIERRE BERTRAND (†), FRÉDÉRIC CLAISSE. Liège: Presses universitaires de Liège, 252 pp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Perrine Lamy-Quique autour de Dans leur nuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la littérature mène l’enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Podcast autour de Sarah Chiche, Saturne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Hélène Gaudy autour d’Un monde sans rivage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Jochen Mecke et Anne-Sophie Donnarieix (dir.), La Délocalisation du roman. Esthétiques néo-exotiques et redéfinition des espaces contemporaines, Berlin, Peter Lang, 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Pierre Bergounioux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Pierre Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogue avec Camille de Toledo, autour d'Un nouvel âge de l'enquête et Detective Rooms, au sein du Festival du livre de Bron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dégeler le roman : autour de &amp;quot;La Fonte des glaces&amp;quot; de Joël Baqué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livres et auteurs d’aujourd’hui, Livret pédagogique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien autour d’Un nouvel âge de l’enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Didier Blonde et Céline Minard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Pierre Ducrozet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien autour des écritures d’enquête, avec Didier Blonde et Hélène Gaudy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature en quête d’enquêtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Tanguy Viel à l’occasion de la parution d’Icebergs (Minuit, 2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Violaine Schwartz autour de Papiers (P.O.L)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Philippe Vasset et Joy Sorman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe et ses frontières&amp;quot; Colloque international, Centre Marc Bloch, Berlin, 14-16 novembre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId233"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Demanze </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur de littérature contemporaineCentre ECRIRE - UMR Litt&ArtsUniversité Grenoble Alpes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laurent-demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4104-837X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialiste de la littérature contemporaine, Laurent Demanze est professeur des universités à l’Université Grenoble Alpes depuis 2018, après avoir enseigné à l’ENS de Lyon.Il est responsable du centre É.CRI.RE, dans l’UMR Litt&Arts.Il a publié des articles dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> entre autres. Il dirige les collections « Écritures contemporaines » chez Classiques Garnier-Minard et « Chiasma » chez Brill, codirige avec Marinella Termite la collection « Ultracontemporanea » et avec Agathe Salha la revue Recherches et travaux. Il est notamment l’auteur de cinq essais chez José Corti : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encres orphelines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2008), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérard Macé, l’invention de la mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2009), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Fictions encyclopédiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2015), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un nouvel âge de l’enquête</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2019), le dernier essai paru en 2021 s’intitule : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Michon, l’envers de l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musées imaginaires de la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ultracontemporanea. Quodlibet, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05270877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliothèque tournante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Temps qu'il fait, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prisme des anomalies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinella Termite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quodlibet, 2023, Ultracontemporanea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inculte : pratiques éditoriales, gestes collectifs et inflexions esthétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gefen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Baud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58282/colloques.9838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Prudhomme, nomadisme du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Minard. Garnier, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon, l'envers de l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Corti. José Corti, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gris et Laurent Demanze (dir.), Écritures contemporaines, n°14, « Olivier Rosenthal : un formalisme de l'intime »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bergounioux, le présent de l'invention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Passages, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Chassain et Laurent Demanze (dir.), Revue Roland Barthes, n°4,« Les avenirs de Barthes ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel âge de l'enquête : portraits de l'écrivain contemporain en enquêteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Corti, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Carrère, faire effraction dans le réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rabaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P.O.L, 2018, 978-2-8180-4636-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03975877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rabaté et Laurent Demanze (dir.), Cahier de l’Herne, « Emmanuel Carrère »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europe, « Gérard Macé », n°1051, novembre 2016 Étude des renouvellements contemporains de l’œuvre de Gérard Macé, à la croisée de l'ethnographie, de la philosophie et de la photographie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahiers de l'Association Internationale des Études Françaises, « La Littérature du XXIe siècle », mai 2015, n°67</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman 20-50, n°57 Emmanuel Carrère. Un roman russe, D'Autres vies que la mienne et Limonov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Septentrion, pp.184, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01068062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Viart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Viart; Laurent Demanze. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 272p., 2012, 978-2-200-27280-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de la littérature. Tome II : Historicité de la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Viart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.322, 2012, 978-2-200-28047-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00801183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : L'Invention de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Librairie José Corti, pp.168, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00526907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires du romanesque (N°48 de : Roman 20-50)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Septentrion, pp.172, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures de l'héritier dans le roman contemporain (Volume 45 de : Etudes françaises)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine-Emmanuelle Lapointe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Presses de l'Université de Montréal, pp.150, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encres orphelines : Pierre Bergounioux, Gérard Macé, Pierre Michon.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Librairie José Corti, pp.403, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00526903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (74)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rêveries cinéphiliques de Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RELIEF - Revue électronique de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, https://revue-relief.org/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les partages du paysage d'Hélène Gaudy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18, pp.115-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05355637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gleizes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Revue des sciences humaines, 355</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05567451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lisière et la source. Paratopie et entre-temps dans l'oeuvre de Mathieu Riboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire le tour du propriétaire : défamiliariser le chez soi selon Thomas Clerc et Christophe Boltanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Une enclave de merveilleux ou de sauvagerie’. Portrait de la maison des Cards dans l’œuvre de Pierre Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rives et dérives de Jean Rolin dans Chemins d’eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des lettres modernes. Série Voyages contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mon immeuble de papier. Le roman-immeuble de Ruth Zylberman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1125-1126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Rosenthal, la dernière des Égyptiennes : entre agentivité des objets et transitionnalité du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Decout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La raison littéraire selon Éric Chauvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Versants. Revue suisse des littératures romanes = rivista svizzera di letterature romanze = Schweizerische Zeitschrift für romanische Literaturen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les gestes anthropologiques de Maylis de Kerangal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages romanesques de l’archive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dernières nouvelles de l’exofictif. Autour des Journaux intimes de Philippe Vasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résister à la fabrique hollywoodienne des corps : Notre désir est sans remède de Mathieu Larnaudie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“L’œil est une plaque photographique” : résistance mélancolique de l’archive chez H. Gaudy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 879</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buissonnement, ricochet et dissémination : romantiser Mai 68 selon Jean-Christophe Bailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publif@rum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les temps de l’écriture de Pierre Michon : le projet, la commande et le Kairos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pachet : une anthropologie du deuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; Travaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enquêtes naturalistes aux romans documentaires contemporains. L’ombre portée d’Émile Zola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Francofonia - Studi e ricerche sulle letterature di lingua francese</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fictions d'enquête et enquêtes dans la fiction : les investigations littéraires contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérience de terrain, terrain d’expérimentation : sur Philippe Artières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensées et passages baudelairiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 870</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes démocratiques de l’enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imaginaire encyclopédique. Sur quelques usages contemporains de l’imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Recours à l'imagination</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01929795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avenirs de Barthes (introduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Chassain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Roland Barthes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Les Avenirs de Barthes, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02076743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Écriture de l’enquête et quête de l’écriture chez Alain Nadaud »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Triages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les actes du colloque autour de Alain Nadaud - Sous la direction de Djamel Meskache et Dominique Viart, p.100-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Petit éloge de la paranoïa »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps zéro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pascal Quignard : un encyclopédisme inactuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi francesi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Pascal Quignard : Les "petits traités" au fil de la relecture - sous la direction de Mireille Calle-Gruber, Stefano Genetti et Chantal Lapeyre, 181 (LXI-I), p.68-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “En présence des bêtes” : rencontres animales et résurgences archaïques dans Chasseur à la manque »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pierre Michon entre le scrogneugneu et le démocrate »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de L'Herne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Consoler et réparer : la littérature selon Hélène Merlin-Kajman »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le roman colossal de Jean-Christophe Bailly »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. « Le “hasard heureux” du contemporain. Réflexions sur l’étude de la littérature au présent. » Recueil d’hommage à Michael Sheringham</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MHRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le roman colossal de Jean-Christophe Bailly », Europe, « Jean-Christophe Bailly juin 2016, n°1046, p. 92-99.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sang d’encre : mélancolie et filiation dans la littérature contemporaine »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Le roman contemporain de la famille, 12, p.37-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">le cabinet de curiosité de Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La philologie fantastique de Georges Perec »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier de l'Herne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les encyclopédies farcesques d’Emmanuelle Pireyre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Portrait de l’écrivain en dogue mélancolique », Patrick Modiano.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bouv@rd et Cie. Les écritures encyclopédiques à l’ère numérique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle Revue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, « e-NRF », 610, pp.76-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vies romanesques d'Emmanuel Carrère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Emmanuel Carrère (57), pp.5-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les scénographies picturales de Pierre Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Fiction et savoirs de l'art (8), en ligne : http://www.revue-critique-de-fixxion-francaise-contemporaine.org/rcffc/article/view/fx08</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01010564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il racconto contemporaneo di filiazione »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psiche Rivista di cultura psicoanalitica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, « Che cos’è il presente ? », n°1, p.241-248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et compagnie : les écrivains contemporains lecteurs du roman flaubertien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Les dossiers documentaires de Bouvard et Pécuchet (13), http://flaubert.univ-rouen.fr/revue/article.php?id=149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00966138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pécuchet, Bouvard et Chevillard »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, "Éric Chevillard", n°1026, p.59-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une façon de vivre&amp;quot;, entretien avec Emmanuel Carrère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Emmanuel Carrère (57), pp.15-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé, mélancolie du romanesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps zéro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Le romanesque dans les fictions contemporaines - Sous la direction de Yves Baudelle et Francis Langevin, n°8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vies romanesques d'Emmanuel Carrère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, p. 5-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01068499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Patrick Mauriès : &amp;quot;la passion du disparate&amp;quot; »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Ceracc : études sur les formes narratives des années cinquante à aujourd'hui </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, L'ethos du littéraire. Figurations de l'attitude lettrée dans la littérature contemporaine (1980-2010), n°6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collection érotique et vertige archaïque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Pascal Quignard et l'amour (69), pp.123-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00966135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le récit de filiation aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lire au lycée professionnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 67, http://www.educ-revues.fr/llp/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En compagnie des spectres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle Revue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 602, pp.98-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00789667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon : Alchimie de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 55, pp.203-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00607262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grand entretien avec Tanguy Viel, Arno Bertina et Pierre Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 509, pp.92-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00607266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archive photographique : le symptôme et le fantôme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 301, pp.87-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00607264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : le conteur de chimères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 297, pp.105-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Biographie d’un mélancolique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, "Pascal Quignard", n° 976-977, p.102-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : l'entour et le détour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">@nalyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.En ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00579847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bonnefis : la charade et le joujou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 299, pp.169-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur La Bruyère : une biographie de la mélancolie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 976-977, pp.102-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires de Pierre Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 48, pp.5-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mon tout est mouton : une lecture de Mandiargues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Hors série n°5, pp.81-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bergounioux : la chambre du lettré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 60, pp.123-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les possédés et les dépossédés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 45, pp.11-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Quignard : cuisine et clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 44, pp.29-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : l'ogre et l'anthropologue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 9, pp.225-242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bergounioux : le lecteur blessé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du CERACC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 3, pp.En ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une chambre enclose dans le miroir&amp;quot; : mélancolie de l'enfance chez Sylvie Germain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Robinson</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 20, pp.45-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Goux : &amp;quot;une histoire sans voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 40, pp.109-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le diptyque effeuillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.63-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00531672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de séquence&amp;quot; sur Un an et Je m'en vais de Jean Echenoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 38, pp.37-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biographies orphelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 16, pp.155-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : une écriture en miroir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 35, pp.119-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Cie : les écrivains contemporains à l'ombre de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque: "Bouvard et Pécuchet : les " seconds volumes " possibles - Documentation, circulations, édition", ENS de Lyon, dir. Stéphanie Dord-Crouslé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00678938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire court</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gleizes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 355, 2024, Revue des sciences humaines</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature du procès, procès de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Barraband</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Viel : La Disparition de Jim Sullivan et Article 353 du Code Pénal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Decout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 74, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raconter, décrire, intervenir : la politique du reportage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Saignes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; Travaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Viel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1109-1110, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Rosenthal : un formalisme de l'intime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avenirs de Barthes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Chassain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Roland Barthes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02076854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches & Travaux, n°98/2021 : La politique du reportage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Saignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 114 (98), 2015, Recherches et Travaux,, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/recherchestravaux.3279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il racconto di filiazione. Emmanuel Carrère, Un roman russe (2007) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Claudio Milanesi (dir.), Effetti reali. La non fiction tra Italia, Francia, Spagna e America Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Caraba, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05471363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exofiction: a genre between mediatic and literary pratices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Routledge Companion to Biofiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction critique des représentations du hasard à l’heure de la dataification du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Saemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gefen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Nachtergael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Theval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le hasard en littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1980 to the Present: Chance in the Age of Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gefen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Nachtergael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Saemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Théval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Duprat, Fiona McIntosh Varjabédian, Anne-Gaëlle Weber. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures of Chance I : Chance in Literature and the Arts (16th–21st Centuries)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.391-420, 2024, 9781032358635. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003329053-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05139568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à Sylvain Prudhomme, nomadisme du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvain Prudhomme, nomadisme du roman (dir. Laurent Demanze et Pascale Roux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lettres Modernes Minard, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Je crois la sensation de fendre l’espace profondément jumelle de celle d’écrire. » Entretien avec Sylvain Prudhomme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mariette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvain Prudhomme, nomadisme du roman</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lettres Modernes Minard, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05416544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les cartographies imaginaires de Pierre Senges »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">État des lieux dans les récits français et francophones, des années 80 à nos jours - Sous la direction de Jean-Yves Laurichesse et Sylvie Vignes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p.49-60, 2019, Rencontres, n° 372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Enquêtes et contre-enquêtes de Didier Blonde »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biographies médiatisées – Mediatisierte Lebensgeschichten - Sous la direction de Maximilian Gröne etFlorian Henke</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2019, Romania Viva</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les secrets de lecture de Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claude Coste et Rhida Boulaâbi (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes de Gérard Macé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Bruit du temps/Le Temps qu'il fait, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une folie dans le savoir. L'encyclopédisme excentrique de Raymond Queneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile De Bary, Alain Schaffner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Oulipo et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Presses Universitaires du Nouveau Monde, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Camus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Senges, l'invention érudite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, Garnier, collection "écritures contemporaines", pp.13-21, 2018, 978-2-406-07235-5. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07235-5.p.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suites et poursuites. Une &amp;quot;écriture d'ébauches, de projets et de variations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Demanze et Audrey Camus. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Senges, l'invention érudite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, Garnier; collection "écritures contemporaines", pp.117-128, 2018, 978-2-406-07235-5. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07235-5.p.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ombre portée d'Emmanuel Carrère, entre littérature et journalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emmanuel Carrère : faire effraction dans le réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P.O.L, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les “formes impersonnelles” du style »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Chemins de Pierre Bergounioux - Sous la direction de Sylviane Coyault et Marie-Thérèse Jacquet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quodlibet Studio, 2016, « Ultracontemporanea »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Pensivement” : le suspens mélancolique chez Jean-Philippe Toussaint »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Vérités de Jean-Philippe Toussaint - Sous la direction de Stéphane Chaudier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Saint Étienne, p.251-260, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le texte-usine de Martine Sonnet »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire le travail au XXIe siècle : quelles implications politiques ? - Sous la direction de Maryline Heck et Aurélie Adler</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, p.83-92, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Éric Chevillard : meurtre en bas de page »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éric Chevillard dans tous ses états - Sous la direction de Pierre Jourde et Olivier Bessard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p.83-92, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« (Ré)générations contemporaines »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du « contemporain » à l'université : usages, configurations, enjeux - Sous la direction de Marie-Odile André et Mathilde Barraband</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, p.133-140, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La bibliothèque fantastique de Sylvie Germain »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvie Germain devant le mystère - Sous la direction d'Alain Goulet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Caen, p.69-78, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon : l’Histoire en personne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imagination et Histoire. Enjeux contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un homme qui lit »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures de Marguerite Yourcenar. Bruno Blanckeman (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vestiges du temps et restes de l’histoire selon Jean-Yves Jouannais »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Roman français contemporain face à l’Histoire - Sous la direction de Gianfranco Rubino et Dominique Viart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quodlibet Studio, p.105-118, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fictions encyclopédiques de Gustave Flaubert à Pierre Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Érudition et fiction - Sous la direction d'Éric Méchoulan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p.267-282, 2014, Fonds Paul-Zumthor, n° 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fictions encyclopédiques de Pierre Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Blanckeman et Barbara Havercroft. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Narrations d'un nouveau siècle. Romans et récits français (2001-2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de la Sorbonne nouvelle, p. 199-209, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00796627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue fantôme de Pierre Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'imaginaire spectral de la littérature narrative française contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Saint-Étienne, p. 265-273, 2013, Lire au présent</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00789715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon : l'épreuve de la grandeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-Marc de Biasi, Agnès Castiglione et Dominique Viart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Michon. La Lettre et son ombre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gallimard, pp.76-91, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00966133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apocalypse selon Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Demanze et Dominique Viart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fins de la littérature. Historicité de la littérature contemporaine, tome 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.211-220, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00801186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots de la fin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fins de la littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, p. 51-63, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dictionnaire palimpseste d'Annie Ernaux. Remarques en marge des &amp;quot;Années&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Viart et Gianfranco Rubino. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire le présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.51-61, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00808725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon au miroir de Velasquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La relecture de l'oeuvre par ses écrivains mêmes, tome III, Se relire par l'image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, p. 229-240, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00796619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Simon: &amp;quot;et à la fin il dit mélancolie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Nouveau roman en questions, 7, vers une ruine de l'écriture?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lettres modernes Minard, pp.129-142, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Quignard : le collectionneur mélancolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Il soggeto precario</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universita degli Studi di Cassino e del Lazio Maridionale, p. 1-12, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00789719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon : excès du minuscule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Excès, signe ou poncif de la modernité? Sous la direction de Lionel Verdier et Gilles Bonnet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, pp.325-337, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : une écriture du détour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Art du décentrage dans la poésie et le roman contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publisud, pp.59-69, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un héritage sans testament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transmission/héritage dans l'écriture de soi contemporaine. Sous la direction de Béatrice Jongy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.219-228, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des fantômes : hantise de l'héritage dans la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Héritage en question(s), Interlignes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICT, pp.79-88, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé et la hantise surréaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canon et anti-canon. A propos du surréalisme et de ses fantômes. Sous la direction de Catherine Maubon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alinéa, pp.167-178, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Germain : les plis du baroque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Univers de Sylvie Germain. Sous la direction d'Alain Goulet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC, pp.177-188, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Barthes : une écriture orpheline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filiations insolites. Sous la direction d'Aline Mura-Brunel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rodopi, pp.127-135, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Germain : les trois coffrets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvie Germain, regards croisés sur Immensités. Sous la direction de Mariska Koopman-Thurlings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.47-60, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélancolie des origines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations familiales dans les littératures française et francophone des XX et XXIèmes siècles. Sous la direction de Murielle Lucie Clément et Sabine Wesemael</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.315-323, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : une hantise biographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Madelénat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biographie et intimité, des Lumières à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.219-229, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les illustres et les minuscules : Pierre Michon, lecteur de Plutarque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fictions biographiques. Sous la direction de Anne-Marie Monluçon et d'Agathe Salha</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Mirail, pp.235-246, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écrits minuscules de Pierre Michon : l'oeuvre comme glose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Relecture de l'oeuvre par les écrivains mêmes. Sous la direction de Mireille Hilsum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, pp.197-210, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Barthes : &amp;quot;le goût de la division</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Relecture de l'oeuvre par les écrivains mêmes, tome II. Sous la direction de Mireille Hilsum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, pp.83-96, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Yourcenar : une géologie de soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diagonales du temps. Sous la direction de Bruno Blanckeman</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.197-210, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Germain : biographe de la voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacqueline Michel et Isabelle Dotan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sylvie Germain et son oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura EST, pp.79-87, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Macé : &amp;quot;un français orienté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylviane Coyault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ecrivain et sa langue : romans d'amour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.273-284, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00527000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bergounioux : le crépuscule des origines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ere du récit d'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, pp.215-228, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00526999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Maud Lecacheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05414801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partages de l'impersonnel&amp;quot;, Entretien avec Dominique Rabaté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05414805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Éric Fottorino et Claire Fercak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La littérature, entre imaginaire social et imagination sociologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Fanny Chiarello autour de Spécimens sensibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Célia Houdart et Agnès Hostache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Clara Arnaud autour de Et vous passerez comme des vents fous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écritures contemporaines du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les savoirs apocryphes de la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Ernaux, prix Nobel : pour une autre histoire littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation au documentaire &amp;quot;L’écrivain et l’assassin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Hélène Gaudy et Valentine Goby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récit de filiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Marianne Alphant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Pierre Bergounioux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Maryline Desbiolles et Sophie Divry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Ernaux à la recherche du commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de la littérature contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Philippe Artières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Florent Chavouet et Gérard Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Tanguy Viel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Réarmements critiques dans la littérature française contemporaine. Sous la direction de JUSTINE HUPPE, JEAN-PIERRE BERTRAND (†), FRÉDÉRIC CLAISSE. Liège: Presses universitaires de Liège, 252 pp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Michon et les proses contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Perrine Lamy-Quique autour de Dans leur nuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la littérature mène l’enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Podcast autour de Sarah Chiche, Saturne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Pierre Senges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Pierre Bergounioux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogue avec Camille de Toledo, autour d'Un nouvel âge de l'enquête et Detective Rooms, au sein du Festival du livre de Bron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Hélène Gaudy autour d’Un monde sans rivage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Jochen Mecke et Anne-Sophie Donnarieix (dir.), La Délocalisation du roman. Esthétiques néo-exotiques et redéfinition des espaces contemporaines, Berlin, Peter Lang, 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien autour d’Un nouvel âge de l’enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Pierre Ducrozet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Didier Blonde et Céline Minard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien autour des écritures d’enquête, avec Didier Blonde et Hélène Gaudy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature en quête d’enquêtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Tanguy Viel à l’occasion de la parution d’Icebergs (Minuit, 2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Violaine Schwartz autour de Papiers (P.O.L)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dégeler le roman : autour de &amp;quot;La Fonte des glaces&amp;quot; de Joël Baqué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livres et auteurs d’aujourd’hui, Livret pédagogique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe et ses frontières&amp;quot; Colloque international, Centre Marc Bloch, Berlin, 14-16 novembre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Philippe Vasset et Joy Sorman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Demanze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId234"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="041B4436"/>
+    <w:nsid w:val="D4BFCDF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-demanze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4104-837X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270877v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demanze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670728v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mac&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329497v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adler" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Baud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.9838" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772406v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Termite" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770502v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669178v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061389v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790486v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670726v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061398v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061394v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03975877v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rabat&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061371v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061363v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01068062v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801183v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Viart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407571v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/fins-de-la-litterature--9782200272807.htm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531679v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531695v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine-Emmanuelle Lapointe" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526907v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526903v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253193v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355637v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773259v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713245v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857213v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800352v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857211v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800354v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953459v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Decout" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857149v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857153v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857152v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857157v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857156v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857167v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857169v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857164v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857162v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857159v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857174v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857170v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857176v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857178v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01929795v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076743v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chassain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061208v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061198v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061182v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062330v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062298v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061191v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061178v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061316v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061211v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062176v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062278v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061315v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061216v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061323v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01068499v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01010564v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016356v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061519v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061510v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061498v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966138v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063113v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016357v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063119v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966135v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680105v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789667v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607264v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607266v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607262v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061486v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527510v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527529v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00579847v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527513v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527532v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527522v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527320v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527526v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527328v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531675v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531676v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527001v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531672v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527327v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527324v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527326v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527323v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678938v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770505v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gleizes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772400v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Barraband" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953456v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790456v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Saignes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790469v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790495v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gris" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076854v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615369v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.3279" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028205v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471363v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139568v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Nachtergael" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saemmer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Th&#233;val" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003329053-8" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316058v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Theval" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416544v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Marchand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mariette" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415967v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062287v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062309v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01915245v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01946718v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07235-5.p.0117" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01915270v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01962878v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01946722v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Camus" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07235-5.p.0013" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063126v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062267v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062209v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062230v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062223v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063122v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062197v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062234v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061329v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979756v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796627v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789715v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966133v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789719v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796619v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680108v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801186v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808725v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801179v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527007v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527011v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527334v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527010v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527013v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527321v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527006v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527009v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527331v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527329v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527005v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527322v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527325v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527004v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527002v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527000v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526999v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414801v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414805v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860352v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861987v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861990v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861975v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860348v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859788v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860350v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860349v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860360v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861979v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861977v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859786v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860359v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860347v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859785v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861973v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860346v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861971v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860345v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859783v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860344v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860340v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861986v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860357v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861985v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861983v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860343v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861967v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860252v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861982v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859789v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860250v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859782v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861966v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860251v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860354v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860253v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860249v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861961v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01946706v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-demanze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4104-837X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270877v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demanze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670728v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mac&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772406v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Termite" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329497v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Baud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.9838" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770502v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669178v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061389v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790486v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061398v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670726v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03975877v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rabat&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061394v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061371v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061363v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01068062v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407571v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Viart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/fins-de-la-litterature--9782200272807.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801183v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526907v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531679v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531695v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine-Emmanuelle Lapointe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526903v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253193v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355637v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05567451v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gleizes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773259v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713245v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800352v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857211v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857213v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800354v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953459v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Decout" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857149v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857152v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857157v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857156v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857153v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857162v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857164v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857159v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857169v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857167v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857170v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857176v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857178v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857174v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01929795v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076743v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chassain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062330v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061191v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062298v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061208v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061198v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061182v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061316v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061211v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061178v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062176v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061315v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061216v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062278v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061323v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061519v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016356v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01010564v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061510v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966138v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061498v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016357v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063113v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01068499v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063119v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966135v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680105v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789667v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607262v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607266v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607264v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527510v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061486v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00579847v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527529v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527513v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527522v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527320v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527526v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527532v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527328v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531675v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531676v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527001v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527327v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00531672v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527326v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527324v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527323v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678938v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770505v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772400v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Barraband" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953456v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790456v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Saignes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790469v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790495v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gris" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076854v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01615369v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.3279" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471363v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028205v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316058v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saemmer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Nachtergael" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Theval" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139568v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Th&#233;val" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003329053-8" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415967v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416544v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Marchand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mariette" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062287v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062309v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01915270v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01962878v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01946722v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Camus" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07235-5.p.0013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01946718v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07235-5.p.0117" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01915245v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062267v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062209v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063126v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062230v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063122v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062223v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979756v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061329v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062234v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062197v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796627v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789715v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966133v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801186v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680108v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808725v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796619v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801179v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789719v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527007v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527011v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527334v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527010v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527013v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527009v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527331v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527329v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527006v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527321v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527325v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527322v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527004v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527005v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527002v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00527000v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526999v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414801v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414805v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859788v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860348v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861990v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861975v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861987v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860352v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860350v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860349v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860360v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861979v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861977v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860359v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859786v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861973v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859785v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860346v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860347v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860345v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861971v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859783v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860340v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860344v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861986v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860357v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861985v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860252v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861967v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861982v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861983v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860343v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860250v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861966v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859782v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860251v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860354v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860253v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860249v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859789v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01946706v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861961v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>